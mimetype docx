--- v0 (2025-10-01)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8b7d72b" w14:textId="8b7d72b">
+    <w:p w14:paraId="53132f1" w14:textId="53132f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,186 +94,258 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуына тексеру парағын бекіту туралы" Қазақстан Республикасының Ұлттық экономика министрінің 2016 жылғы 1 ақпандағы № 49 бұйрығына өзгерістер енгізу және "Әлеуметтік маңызы бар азық-түлік тауарларына сауда үстемесі мен сыйақы мөлшерін сақтау бөлігінде Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 30 маусымдағы № 439-НҚ және Қазақстан Республикасы Ұлттық экономика министрінің 2021 жылғы 1 шілдедегі № 68 бірлескен бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2024 жылғы 30 қыркүйектегі № 344-НҚ және Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2024 жылғы 4 қазандағы № 86 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 7 қазанда № 35212 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2024 жылғы 30 қыркүйектегі № 344-НҚ және Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2024 жылғы 4 қазандағы № 86 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 7 қазанда № 35212 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Күші жойылды - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. "Әлеуметтік маңызы бар азық-түлік тауарларына сауда үстемесі мен сыйақы мөлшерін сақтау бөлігінде Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің 2021 жылғы 30 маусымдағы № 439-НҚ және Қазақстан Республикасы Ұлттық экономика министрінің 2021 жылғы 1 шілдедегі № 68 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23431 болып тіркелген) келесі өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тақырыбы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Әлеуметтік маңызы бар азық-түлік тауарларына шекті жол берілетін бөлшек сауда бағаларының мөлшері бөлігінде Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуын тексеру парағын бекіту туралы";</w:t>
+      "Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуына тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -289,488 +361,171 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
-[...284 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес баға белгілеу бөлігінде ішкі сауда субъектілеріне қатысты Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуын тексеру парағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бірлескен бұйрыққа 3-қосымшаға сәйкес сауда базарларына, сауда желілеріне және ірі сауда объектілеріне қатысты Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуын тексеру парағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бірлескен бұйрыққа 4-қосымшаға сәйкес көтерме-тарату орталықтарына қатысты Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуын тексеру парағы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -825,68 +580,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -901,150 +640,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 3 және 4-қосымшалармен толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті заңнамада белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірлескен бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бірлескен бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Сауда және интеграция вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бірлескен бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1671,1364 +1411,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 344-НҚ бірлескен бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...115 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="13"/>
-[...28 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
-[...1161 lines deleted...]
-                              лауазымы                               қолы</w:t>
+      Ескерту. 1-қосымшаның күші жойылды - ҚР Сауда және интеграция министрінің м.а. 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 327-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика министрінің 25.11.2025 № 124 (31.12.2025 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3431,57 +1894,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z70" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуының тәуекел дәрежесін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3536,1566 +1993,1487 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бектітілген "Тексеру парағының нысанын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын бекіту және "Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру қағидаларын және тексеру парақтарының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығына өзгерістер енгізу туралы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z72" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z73" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z73" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау субъектілері (объектілері) –қызметіне Қазақстан Республикасының Сауда қызметін реттеу туралы заңнамасының сақталуын бақылау жүзеге асырылатын дара кәсіпкерлер және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z74" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z74" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z75" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z75" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) болмашы бұзушылық – дайындаушы немесе өнім беруші (сатушы) ресімдеген азық–түлік тауарларына тауарлық-ілеспе құжаттардың болмауына байланысты бұзушылық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z76" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z76" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) деректерді қалыпқа келтіру – әртүрлі шкалада өлшенген мәндерді шартты түрде жалпы шкалаға келтіруді көздейтін статистикалық рәсім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z77" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z77" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) елеулі бұзушылықтар – Қазақстан Республикасының аумағында бағалар жапсырмасымен ресімделген, сауда объектісінің ішкі және (немесе) сыртқы витриналарында қойылған тауарды бағасын теңгемен көрсетіп өткізу не Қазақстан Республикасының аумағында құны бағалар жапсырмасымен ресімделген бағадан аспауы тиіс, сауда объектісінің ішкі және (немесе) сыртқы витриналарында қойылған тауарды өткізу не Қазақстан Республикасының аумағында жария шарт талаптары бойынша тауарды өткізген кезде оның бағасын теңгемен көрсетуге, тауардың атауын, оның сортын, тауардың салмағы немесе бірлігі үшін бағасын көрсете отырып, айқын ресімделген баға көрсеткіштерінің белгілерінің болуына, электрондық сауданы жүзеге асыруна, сауда базарларының сауда орындарын орналастыру схемасына сәйкес жабдықталуға, әкімшілік-тұрмыстық, қойма үй-жайларын және жалпы пайдаланатын орындармен жабдықталуын сақтауына, стационарлық сауда объектілерінде болуына, көтерме-тарату орталықтарында көтерме-тарату орталықтарын жарақтандыру талаптарына сәйкестігінің болуы, көтерме-тарату орталықтарының әкімшілігінің жұмыс регламентін бекітуге байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z78" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z78" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) өрескел бұзушылықтар – әлеуметтік маңызы бар азық-түлік тауарын беру шартында көрсетілген өндірушінің босату бағасының немесе көтерме сауда өнім берушінің сатып алу бағасының он бес пайызынан аспайтын шекті сауда үстемесінің мөлшерін белгілемеуге, ішкі сауда субъектісінің шекті сауда үстемесінің мөлшерін әлеуметтік маңызы бар азық-түлік тауарыннан жеткізу шартында көрсетілген өндірушінің сату бағасының және көтерме жеткізушінің сатып алу бағасынан он бес пайыздан артық асыруы, сауда желісін немесе ірі сауда объектілерін ұйымдастыру арқылы тауарларды сату жөніндегі қызметті жүзеге асыратын ішкі сауда субъектісінің тауарларды асырып жіберуіне байланысты бұзушылықтар, азық-түлік тауарларын берушімен азық-түлік тауарларын беру шартын жасасу кезінде сатып алынған азық-түлік тауарлары бағасынан алынатын сыйақының бес пайыздық мөлшерінен асуы, әлеуметтік маңызы бар азық-түлік тауарларын сатып алуға байланысты сыйақыны заңсыз талап ету, Қазақстан Республикасында өндірілетін, оған әкелінетін және (немесе) өткізілетін әлеуметтік маңызы бар азық-түлік тауарларына ең төмен көтерме сауда бағалардың сақталуына, тауарларды беру туралы шарт жасасудан негізсіз бас тартуда не шарт жасасуда көрініс табатын тауарларға қол жеткізуді шектеу, негізгі түрі ірі сауда объектілеріндегі, сондай-ақ сауда базарларындағы сауда орындарын жалға (пайдалануға) беру, мұндай объектілердің жұмыс істеуін қамтамасыз ету және олардың жұмысын ұйымдастыру болып табылатын дара кәсіпкерлер және (немесе) заңды тұлғалардың сақтамауы, сауда объектiлерiндегi, оның ішінде сауда базарларындағы сауда орындарын күнтiзбелiк ай шегiнде күнтiзбелiк үш күннен асатын мерзiмге жалға (пайдалануға) берген кезде жалға беру (пайдалану) жазбаша шартын жасасуын сақтамауы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z79" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z79" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тәуекел – бақылау субъектісінің (объектісінің) қызметі нәтижесінде салдарының ауырлық дәрежесі ескеріле отырып, жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z80" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z80" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі ықтимал дәрежесі мақсатында бақылау субъектісіне бару арқылы профилактикалық бақылауды кейіннен жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын азайтуға бағытталған, сондай-ақ нақты бақылау субъектісі (объектісі) үшін тәуекел деңгейін өзгертуге бағытталған басқарушылық шешімдерді қабылдау және (немесе) осындай бақылау субъектісін (объектісін) бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босату процесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z81" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z81" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) –Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасының сақталуына тәуекел дәрежесіне қарай бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын және жеке бақылау субъектісіне (объектісіне) тікелей байланысты емес тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z82" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z82" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бір бақылау субъектісі (объектісі) қызметінің нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z83" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z83" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тексеру парағы – бақылау субъектілерінің қызметіне қойылатын, олардың сақталмауы жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптарды қамтитын талаптар тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z84" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) іріктеме жиынтық (іріктеме) – Кодекстің 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылаудың нақты саласында бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын бағаланатын субъектілердің (объектілердің) тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z85" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау үшін тәуекел дәрежесін бағалау өлшемшарттары объективті және субъективті өлшемшарттар арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z86" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z86" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жоғары тәуекел дәрежесіне жатқызылған бақылау субъектісіне (объектісіне) қатысты қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z87" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z87" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылау, жүргізілген талдау және бағалау нәтижелері бойынша жартыжылдыққа қалыптастырылатын бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылау жүргізу тізімдері негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z88" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z88" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу тізімдері субъективті өлшемшарттар бойынша тәуекел дәрежесінің барынша жоғары көрсеткіші бар бақылау субъектісінің (объектісінің) басымдығы ескеріле отырып жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z89" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z89" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z90" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z90" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Әлеуметтік маңызы бар азық-түлік тауарларына сауда үстемесінің және сыйақының мөлшерін сақтау бөлігінде сауда қызметін реттеуде тәуекелдің жоғары дәрежесіне бақылау субъектілерінің жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне зиян келтіру ықтималдығының тәуекелдері жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z91" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z91" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне сауда объектілерінде қызметін жүзеге асыратын ішкі сауда субъектілері жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z92" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z92" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объективті өлшемшарттар бойынша жоғары тәуекел дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізу мақсатында субъективті өлшемшарттар қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z93" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z93" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коммуналдық базарларда қызметін жүзеге асыратын ішкі сауда субъектілері тәуекелдің төмен дәрежесіне жатады. Мұндай субъектілерге қатысты жоспардан тыс тексерулер жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z94" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z94" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z95" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z95" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субъективті өлшемшарттарды айқындау мынадай кезеңдерді қолдана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z96" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z96" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z97" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z97" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратты талдау және тәуекелдерді бағалау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z98" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z98" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тәуекел дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z99" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z99" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z100" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z100" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бақылау субъектісі кінәсінен туындаған қолайсыз жағдайлардың болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z101" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z101" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субъективті өлшемшарттар сауда қызметін реттеу туралы салалардағы субъектілердің тәуекел дәрежесін бағалаудың субъективті өлшемшарттарына сәйкес сақталмауы белгілі бір бұзушылық дәрежесіне сәйкес келетін тексеру парақтарының талаптары негізінде әзірленді. Әрбір талапқа қатысты тексеру парақтарынан бұзушылық дәрежесі айқындалады – өрескел, елеулі және болмашы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z102" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бақылау субъектілері қызметінің тәуекел дәрежесін бағалаудың субъективті өлшемшарттар осы Өлшемшарттарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> баяндалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z103" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткішін есептеу тәртібіне сәйкес қолданылатын ақпарат көздерінің басымдығын негізге ала отырып, 0-ден 100-ге дейінгі шәкіл бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткіші есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z104" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z104" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі (объектісі):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z105" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z105" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуекел дәрежесінің көрсеткіші 71-ден 100-ді қоса алғанға дейін болған кезде – тәуекелдің жоғары дәрежесіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z106" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z106" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәуекел дәрежесінің көрсеткіші 31-ден 70-ті қоса алғанға дейін болған кезде – тәуекелдің орташа дәрежесіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z107" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z107" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тәуекел дәрежесінің көрсеткіші 0-ден 30-ты қоса алғанға дейін болған кезде – тәуекелдің төмен дәрежесіне жатқызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z108" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қолданылатын ақпарат көздерінің басымдығы және субъективті өлшемшарттар көрсеткіштерінің маңыздылығы осы Өлшемшарттарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сауда қызметін реттеу саласындағы субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесіне сәйкес өлшемшарттарында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z109" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісін (объектісін) тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z110" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік орган осы Өлшемшарттардың 8 қосымшасына сәйкес көздерден субъективті өлшемшарттар бойынша ақпарат жинайды және деректер базасын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z111" w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z111" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін (R) есептеу алдыңғы тексерулер мен бақылау (SP) субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылау нәтижелері бойынша осы Өлшемшарттардың (SC) 11-тармағына сәйкес айқындалған субъективті өлшемшарттарға сәйкес бұзушылықтар бойынша тәуекел дәрежесінің көрсеткішін қорытындылау жолымен, деректер мәндерін 0-ден 100 баллға дейінгі диапозонға қалыпқа келтіре отырып, автоматтандырылған режимде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z112" w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z112" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rарал = SP + SC, мұнда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z113" w:id="53"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z113" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rарал – субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z114" w:id="54"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z114" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z115" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       SC – осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z116" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің (объектілерінің) біртекті тобының әрбір бақылау субъектісі (объектісі) бойынша жүргізіледі. Бұл ретте, мемлекеттік бақылау бір саласының бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын, бағаланатын бақылау субъектілерінің (объектілерінің) тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z117" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z117" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бір өрескел бұзушылық анықталған кезде бақылау субъектісіне (объектісіне) тәуекел дәрежесінің 100 көрсеткіші теңестіріледі және оған қатысты талаптарға сәйкестігіне немесе бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z118" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z118" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өрескел бұзушылықтар анықталмаған кезде тәуекел дәрежесінің көрсеткішін анықтау елеулі және болмашы дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z119" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z119" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Елеулі бұзушылықтар көрсеткішін айқындау кезінде 0,7 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z120" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z120" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз = (SР2 х 100/SР1) х 0,7,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z121" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z121" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z122" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z122" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР3 – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z123" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z123" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР1 - елеулі бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z124" w:id="63"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z124" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР2 - анықталған елеулі бұзушылықтардың саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z125" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z125" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Болмашы бұзушылықтардың көрсеткішін айқындау кезінде 0,3 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z126" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z126" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн = (SР2 х 100/SР1) х 0,3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z127" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z127" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z128" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z128" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅРн – болмашы бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z129" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z129" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР1 – болмашы бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z130" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z130" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЅР2 – анықталған болмашы бұзушылықтардың саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z131" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z131" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің жалпы көрсеткіші (SР) 0-ден 100-ге дейінгі шәкіл бойынша есептеледі және мына формула бойынша елеулі және болмашы бұзушылықтардың көрсеткіштерін қосу арқылы айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z132" w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z132" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SРз + SРн,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z133" w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z133" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z134" w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z134" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – тәуекел дәрежесінің жалпы көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z135" w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z135" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР3 – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z136" w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z136" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтардың көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z137" w:id="76"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z137" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 10-тармағына сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шәкіл бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z138" w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z138" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2514600" cy="762000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -5117,170 +3495,170 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="78"/>
+    <w:bookmarkStart w:name="z139" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       xi - субъективті өлшемшарт көрсеткіші,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z140" w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z140" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       wi - субъективті өлшем көрсеткішінің үлес салмағы xi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z141" w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z141" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – көрсеткіштер саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z142" w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z142" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 10-тармағына сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z143" w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z143" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z144" w:id="83"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z144" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1549400" cy="482600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -5302,168 +3680,151 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="84"/>
+    <w:bookmarkStart w:name="z145" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R – бақылау және қадағалау жеке субъектісінің (объектісінің) субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші (қорытынды),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z146" w:id="85"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z146" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер (объектілер) бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең жоғарғы ықтимал мән (шәкілдің жоғарғы шекарасы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z147" w:id="86"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z147" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер (объектілер) бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шекарасы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z148" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -5478,306 +3839,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="87"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z149" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізудің еселігі жылына екі реттен жиі емес тәуекел дәрежесін бағалау өлшемшарттарымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z150" w:id="88"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z150" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тәуекелдерді басқару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z151" w:id="89"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z151" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Адал бақылау субъектілерін (объектілерін) көтермелеу және бұзушыларға бақылауды шоғырландыру қағидатын іске асыру мақсатында бақылау субъектілері (объектілері) субъективті өлшемшарттарды қолдану арқылы реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарымен айқындалатын кезеңге бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z152" w:id="90"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z152" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Бақылау субъектілері (объектілері) ақпараттық жүйені қолдана отырып, бақылау субъектілері қызметінің тиісті салаларындағы жоғары тәуекел дәрежесінен орташа тәуекел дәрежесіне немесе орташа тәуекел дәрежесінен төмен тәуекел дәрежесіне мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z153" w:id="91"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z153" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер мұндай субъектілер (объектілер) Қазақстан Республикасының заңдарында белгіленген жағдайларда және тәртіппен үшінші тұлғалар алдында азаматтық-құқықтық жауапкершілікті сақтандыру шарттарын жасасcа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z154" w:id="92"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z154" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер Қазақстан Республикасының заңдарында және реттеуші мемлекеттік органдардың тәуекел дәрежесін бағалау өлшемшарттарында бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан немесе талаптарға сәйкестігіне тексерулер жүргізуден босату жағдайлары айқындалған болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z155" w:id="93"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z155" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер субъектілер (объектілер) өзін-өзі реттейтін ұйым қызметінің нәтижелерін тану туралы келісім жасалған, "Өзін-өзі реттеу туралы" Қазақстан Республикасының Заңына сәйкес ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелері болып табылса ауыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z156" w:id="94"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z156" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босату мақсатында реттеуші мемлекеттік органдар жеңілдететін индикаторларды ескереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z157" w:id="95"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z157" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңілдететін индикаторларға деректерді онлайн-режимде беретін аудио және (немесе) бейне жазбалардың болуы жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z158" w:id="96"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z158" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босатуды реттеуші мемлекеттік органдар, сондай-ақ мемлекеттік органдар олар бойынша деректер жеңілдететін индикаторларда көрсетілген тәсілдермен алынған талаптар бөлігінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z159" w:id="97"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z159" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының заңнамалық актілеріне сәйкес ерекшелік ескеріле отырып, ақпараттық жүйелерді пайдаланатын мемлекеттік органдарға арналған тәуекелдерді бағалау және басқару жүйесін қалыптастыру ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z160" w:id="98"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z160" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін (объектілерін) тәуекелдің нақты дәрежелеріне жатқызатын және бақылау іс-шараларын жүргізу тізімдерін қалыптастыратын ақпараттық жүйелерді пайдалана отырып жүргізіледі, сондай-ақ мемлекеттік статистикаға, ведомстволық статистикалық байқаудың қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z161" w:id="99"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z161" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде оларға қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүзеге асырылатын бақылау субъектілері (объектілері) санының ең аз жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің (объектілерінің) жалпы санының бес пайызынан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5882,68 +4244,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="100"/>
+    <w:bookmarkStart w:name="z163" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауда қызметін реттеу саласындағы талаптарды бұзу дәрежесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10773,68 +9135,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="101"/>
+    <w:bookmarkStart w:name="z231" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауда қызметін реттеу саласындағы субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -12291,68 +10653,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ бірлескен бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="102"/>
+    <w:bookmarkStart w:name="z234" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуына тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14815,68 +13177,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ бірлескен бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="103"/>
+    <w:bookmarkStart w:name="z272" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуына тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19046,68 +17408,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ бірлескен бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z350" w:id="104"/>
+    <w:bookmarkStart w:name="z350" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының сауда қызметін реттеу саласындағы заңнамасының сақталуына тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>