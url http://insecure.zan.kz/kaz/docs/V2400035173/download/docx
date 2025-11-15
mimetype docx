--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a57727a" w14:textId="a57727a">
+    <w:p w14:paraId="6a45a76" w14:textId="6a45a76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,281 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 30 қыркүйектегі № 392 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 30 қыркүйекте № 35173 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 30 қыркүйектегі № 392 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 30 қыркүйекте № 35173 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,211 +436,334 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) және 2-1) тармақшалары мен 30-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Еңбек және әлеуметтік әріптестік департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Еңбек және әлеуметтік әріптестік департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3) Осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1109,87 +1453,201 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 392 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік кодексі), 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1264,469 +1722,469 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) және 2-1) тармақшалары мен 30-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) арнаулы мобильді қосымша – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық кодексінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-1-параграфында белгіленген арнаулы салық режимін қолдану кезінде салық міндеттемелерін және әлеуметтік төлемдер бойынша міндеттемелерді орындаудың оңайлатылған тәртібін қолдану, дара кәсіпкер ретінде тіркеу есебіне қою (осындай тіркеу есебінен алу) мақсаттары үшін салықтардың және бюджетке төленетін басқа да міндетті төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті орган әзірлеген мобильді қосымша салық төлеушінің электрондық цифрлық қолтаңбасы арқылы куәландырылған құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік аударымдар (бұдан әрі – ӘА) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – ӘМСҚ) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бизнес-сәйкестендiру нөмiрi (бұдан әрі – БСН) – заңды тұлға (филиал мен өкiлдiк) және қызметiн бiрлескен кәсiпкерлiк түрiнде жүзеге асыратын дара кәсiпкер үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      3) әлеуметтік аударымдар (бұдан әрі – ӘА) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын және зейнетақы төлемдерін тарту жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – ӘМСҚ) – аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) интернет-платформа – интернет-платформа операторы, тапсырыс беруші мен орындаушы арасында қызметтер көрсету және жұмыстарды орындау бойынша өзара іс-қимылды жүзеге асыруға арналған интернет-ресурс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      5) бизнес-сәйкестендiру нөмiрi (бұдан әрі – БСН) – заңды тұлға (филиал мен өкiлдiк) және қызметiн бiрлескен кәсiпкерлiк түрiнде жүзеге асыратын дара кәсiпкер үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) интернет-платформа операторы (бұдан әрі – Оператор) – интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      6) Бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын және зейнетақы төлемдерін тарту жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жеке сәйкестендiру нөмiрi (бұдан әрі – ЖСН) – жеке тұлға үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      7) интернет-платформа – интернет-платформа операторы, тапсырыс беруші мен орындаушы арасында қызметтер көрсету және жұмыстарды орындау бойынша өзара іс-қимылды жүзеге асыруға арналған интернет-ресурс;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекмині ААЖ) – зейнетақы және әлеуметтік аударымдар мен төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      8) интернет-платформа операторы (бұдан әрі – Оператор) – интернет-платформада тіркелген орындаушылар мен тапсырыс берушілер арасында қызметтер көрсету және жұмыстарды орындау бойынша байланыстар орнату және мәмілелер жасасу үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық (оның ішінде жұмыстарды немесе қызметтерді көрсету үшін үшінші тұлғаларды тарта отырып көрсетілетін қызметтерді), ақпараттық және өзге де мүмкіндіктерді ұсыну жөніндегі қызметтерді интернет-платформаны пайдалана отырып көрсететін дара кәсіпкер немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ведомстволық ақпараттық жүйесі (бұдан әрі – МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      9) жеке сәйкестендiру нөмiрi (бұдан әрі – ЖСН) – жеке тұлға үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – МӘСҚ) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      10) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекмині ААЖ) – зейнетақы және әлеуметтік аударымдар мен төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мемлекеттік кіріс органы – өз құзыреті шегінде бюджетке салықтар мен төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      11) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ведомстволық ақпараттық жүйесі (бұдан әрі – МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) міндетті зейнетақы жарналары (бұдан әрі – МЗЖ) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Бірыңғай жинақтаушы зейнетақы қорына әлеуметтік кодекске сәйкес енгізілетін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) міндетті әлеуметтік медициналық сақтандыруға жарналар (бұдан әрі – МӘМСЖ) – Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жарналарды төлеушілер ӘМСҚ-ға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алуға құқық беретін ақша;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) орындаушы – арнаулы мобильді қосымшаны пайдалана отырып, арнаулы салық режимін қолданатын, дара кәсіпкерлер болып табылатын орындаушылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік аударымдардың, міндетті зейнетақы жарналарының және міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшермелерін орындаушының айқындауы тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Арнаулы мобильдік қосымшаны пайдалана отырып, арнаулы салық режимін қолданатын дара кәсіпкер болып табылатын орындаушы (бұдан әрі – орындаушы) МЗЖ, ӘА және МӘМСЖ мөлшерін (бұдан әрі – әлеуметтік төлемдер) дербес айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орындаушының әлеуметтік төлемдер мөлшерлемелерінің мөлшерін айқындауы орындаушының бейініндегі арнаулы мобильді қосымшада "Міндеттемелерді есептеу тәртібі" кіші бөлімінде "Салықтар мен әлеуметтік төлемдерді есептеуге арналған мәліметтер" салымында "Міндеттемелерді стандартты есептеу" немесе "4% мөлшерлемесі бойынша міндеттемелерді есептеу" тиісті опцияларының бірін таңдау жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1893,51 +2351,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушы арнаулы мобильді қосымшада әлеуметтік төлемдер ставкаларының таңдалған мөлшерін күнтізбелік ай ішінде бір рет 25-ші күннен кешіктірмей өзгертеді. Әлеуметтік төлемдерді есептеу белгіленген мөлшерлемеге сүйене отырып, әлеуметтік төлем ставкаларының мөлшерін өзгерту жүргізілген айдан кейінгі айдың 1-күнінен бастап жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке табыс салығы мөлшерлемесінің мөлшері Салық кодексінің 686-3-бабының 1-тармағына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Әлеуметтік кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1952,51 +2410,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Заңның 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес орындаушының көрсетілген қызметтер, орындалған жұмыстар үшін алған табысы жеке табыс салығы мен әлеуметтік төлемдерді есептеу объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте бір оператордан айына есептеу объектісі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2025,323 +2483,318 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘА есептеу үшін – республикалық бюджет туралы заңмен тиісті қаржы жылына белгіленген 7 еселенген жалақының ең төмен мөлшерінен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МӘМСЖ есептеу үшін – республикалық бюджет туралы заңмен тиісті қаржы жылына белгіленген ең төмен жалақының 10 еселенген мөлшерінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жеке табыс салығы мен әлеуметтік төлемдер сомасын есептеуді арнаулы мобильді қосымша ай сайын есепті айдан кейінгі айдың 15-күнінен кешіктірмей жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды, міндетті әлеуметтік медициналық сақтандыруға жарналарды және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды оператордың ұстап қалуы мен аударуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Оператор ай сайын есепті айдан кейінгі айдың 5-күнінен кешіктірмей орындаушылардың қызметтер көрсетуі және (немесе) жұмыстарды орындауы кезінде алған табыстары туралы мәліметтерді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – ҚР Қаржымині МКК) арнаулы мобильді қосымша арқылы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Берілген мәліметтер негізінде, оның ішінде фискалдық деректер операторлары белгіленген тәртіппен беретін бақылау-касса машиналарының чектері бойынша ҚР ҚМ МКК жеке табыс салығы мен әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін (теңгеге дейін дөңгелектелген) өсімпұлдың сомаларын есептеуді ең жоғары шек пен орындаушылардың МЗЖ және ӘА төлеуден босатылған адамдарға, осы Қағидалардың 11-тармағына сәйкес мемлекет МӘМСЖ төлейтін адамдарға тиесілігін ескере отырып, орындаушылар айқындаған мөлшерлемелердің мөлшеріне сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушылардың МЗЖ және ӘА төлеуден босатылған адамдарға және мемлекет МӘМСЖ төлейтін адамдарға тиесілігі туралы мәліметтер жеке табыс салығы мен әлеуметтік төлемдерді төлеуге орындаушылардың табысынан ұстап қалуға арналған сомаларды дұрыс есептеуді қамтамасыз ету үшін ҚР Еңбекмині ААЖ-дан МКК АЖ-ға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. ҚР ҚМ МКК өзектендіру режимінде интеграциялық өзара іс-қимыл сервистері арқылы жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың есептелген сомалары, сондай-ақ осы Қағидалардың 3-тармағына сәйкес орындаушылардың таңдаған опциялары туралы мәліметтерді береді: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - ұстап қалу және аудару үшін – Операторға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - ҚР ЕХӘҚМ ААЖ-да – Мемлекеттік корпорацияның оператор аударған әлеуметтік төлемдер сомасымен салыстыруды жүзеге асыруы үшін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Жеке табыс салығының, оның ішінде оның уақтылы және (немесе) толық төленбегені үшін берешектің және (немесе) өсімпұлдың ұсталған (есептелген) сомаларын Оператор екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы орындаушының орналасқан жері бойынша мемлекеттік кіріс органына қолма-қол ақшасыз тәсілмен аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлемдердің, оның ішінде олардың уақтылы және (немесе) толық төленбегені үшін берешектің және (немесе) өсімпұлдың ұсталған (есептелген) сомаларын Оператор "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының талаптарын сақтай отырып, екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы мемлекеттік корпорацияның банк шотына қолма-қол ақшасыз тәсілмен аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке табыс салығы мен әлеуметтік төлемдер және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін өсімпұл сомаларын аударуды Оператор ай сайын, есепті айдан кейінгі айдың 25-күнінен кешіктірмей, кезеңді (айды, жылды) көрсете отырып, "ААЖЖЖЖ" форматында орындаушылар бойынша ақпаратты қоса бере отырып жекелеген төлем тапсырмаларымен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Оператор Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген адамдар үшін әлеуметтік аударымдарды төлеуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оператор Әлеуметтік кодекстің 248-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2374,148 +2827,148 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Оператор Заңның 28-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған адамдар үшін міндетті әлеуметтік медициналық сақтандыруға жарналарды төлеуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Оператор жеке табыс салығын және әлеуметтік төлемдерді уақтылы аудармаған жағдайда, аударым әр ай үшін орындаушылар бойынша ақпаратты көрсете отырып, төлем тапсырмасымен жеке жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдың сомаларын аудару жүргізілетін орындаушылар бойынша ақпарат әрбір орындаушы бойынша: оператордың БСН/ЖСН, орындаушының жеке сәйкестендіру нөмірі; тегі, аты, әкесінің аты (бар болса); кезеңі (айы, жылы "ААЖЖЖЖ" форматында), ол үшін ҚР ҚМ МКК есептелген аударылатын сомасы төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Оператор орындаушылар үшін жеке табыс салығы мен әлеуметтік төлемдердің сомаларын уақтылы төлемеген кезде Мемлекеттік кіріс органдары Қазақстан Республикасының салық заңнамасында көзделген тәртіппен және мерзімдерде өндіріп алу тәсілдері мен шараларын қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кіріс органына, МӘСҚ, БЖЗҚ, ӘМСҚ-ға жеке табыс салығы мен әлеуметтік төлемдердің сомаларын уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын төлеген кезде Оператор Екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға кезеңге (ай, жыл) төлем тағайындаудың тиісті кодын көрсете отырып, төлем тапсырмасын "ААЖЖЖЖ" форматында ұсынады.).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдың сомаларын Оператор бастама жасаған күні мемлекеттік кіріс органдарына және Мемлекеттік корпорацияға аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар қалыптастыратын төлем тапсырмасында жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың "ААЖЖЖЖ" форматында уақтылы және (немесе) толық төленбегені үшін өсімпұлдың сомалары төленетін кезең, Әлеуметтік кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2548,107 +3001,107 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес МЗЖ мөлшері үшін – *10%*, ӘА бойынша стандартты салық мөлшерлемелері үшін – *3,5%*, МӘМСЖ бойынша стандартты салық мөлшерлемелері үшін – *5%* форматында орындаушыға қолданылатын мөлшерлеме көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген ставка сәйкес келмеген және (немесе) орындаушылар бойынша әлеуметтік төлем тағайындауларында болмаған жағдайларда Мемлекеттік корпорация тиісті себебін көрсете отырып, сомаларды операторға толық қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Оператор заңнамада белгіленген тәртіппен жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдың есептелген және төленген сомалары туралы, оның ішінде әлеуметтік төлемдердің қате (артық) төленген сомаларын және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлды қайтару туралы мәліметтердің сақталуын қамтамасыз етеді бухгалтерлік есеп және қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз жеткізгіштерде төлеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператордың қызметі тоқтатылған кезде жеке табыс салығының және әлеуметтік төлемдердің және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдың сомаларын есептеу және төлеу туралы құжаттар мемлекеттік мұрағатқа беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың артық (қате) төленген сомаларын бөлу және аудару, сондай-ақ қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Әлеуметтік төлемдер және (немесе) өсімпұлдар сомаларын МӘСҚ, БЖЗҚ және ӘМСҚ-ға уақтылы және (немесе) толық төлемегені үшін бөлуді және аударуды Мемлекеттік корпорация әлеуметтік Кодекстің 17-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2663,89 +3116,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес келіп түскен күннен бастап үш жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушылар үшін оператор жүргізген ЖТС және әлеуметтік төлемдерді төлеу ҚР ҚМ МКК-нің әлеуметтік төлемдердің есептелген сомалары бойынша мәліметтері негізінде орындаушылардың жеке шоттарына бөлінуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Мемлекеттік корпорация деректемелерінде қателіктер жіберілген Орындаушы үшін, сондай-ақ осы Қағидалардың 11-тармағында көрсетілген әлеуметтік төлемдерді төлеуден босатылған орындаушылар үшін Оператордың банк шотына қайтару себебін көрсете отырып, үш жұмыс күні ішінде әлеуметтік төлемдерді қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушылар бойынша әлеуметтік төлемдер сомалары төленген жағдайларда ҚР ҚМ МКК деректері бойынша төленуге есептелген әлеуметтік төлемдер сомаларынан аз, Мемлекеттік корпорация тиісті себебін көрсете отырып, сомаларды операторға толық қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3430,68 +3883,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                               (тегі, аты, әкесінің аты (бар болса) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН_______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оператор қызметтер көрсету және (немесе) орындаушылардың жұмыстарды орындауы кезінде алған табыстары туралы беретін мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4147,55 +4600,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>