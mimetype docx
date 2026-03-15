--- v1 (2025-11-15)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a45a76" w14:textId="6a45a76">
+    <w:p w14:paraId="d747aab" w14:textId="d747aab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,694 +76,452 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидаларын бекіту туралы</w:t>
+        <w:t>Интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, әлеуметтік аударымдар мен міндетті әлеуметтік медициналық сақтандыру жарналарын ұстап қалу және аудару қағидалары, сондай-ақ интернет-платформа операторы төлеген сомаларды Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына бөлу және аудару қағидалары мен талаптары, сондай-ақ Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына және төлеушінің орналасқан жері бойынша тиісті бюджетке аударымдар мен жарналардың мөлшерінен асатын төлем сомасын бірыңғай төлемді төлеушіге, интернет-платформа операторына қайтару қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2024 жылғы 30 қыркүйектегі № 392 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 30 қыркүйекте № 35173 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+        <w:t>№ 319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
-[...157 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 22-1) және 22-2) тармақшаларына, </w:t>
+        <w:t xml:space="preserve"> 22-1) тармақшасына, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>102-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тармағына, Қазақстан Республикасы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Кодексінің </w:t>
-[...61 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 5-тармағына, "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 2-1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған Интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, әлеуметтік аударымдар мен міндетті әлеуметтік медициналық сақтандыру жарналарын ұстап қалу және аудару қағидалары, сондай-ақ интернет-платформа операторы төлеген сомаларды Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына бөлу және аудару қағидалары мен талаптары, сондай-ақ Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына және төлеушінің орналасқан жері бойынша тиісті бюджетке аударымдар мен жарналардың мөлшерінен асатын төлем сомасын бірыңғай төлемді төлеушіге, интернет-платформа операторына қайтару қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
+        <w:t>№ 319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
-[...29 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Еңбек және әлеуметтік әріптестік департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1453,1842 +1211,1480 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 392 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, әлеуметтік аударымдар мен міндетті әлеуметтік медициналық сақтандыру жарналарын ұстап қалу және аудару қағидалары, сондай-ақ интернет-платформа операторы төлеген сомаларды Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына бөлу және аудару қағидалары мен талаптары, сондай-ақ Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына аударымдар мен жарналардың мөлшерінен асатын төлем сомасын бірыңғай төлемді төлеушіге, интернет-платформа операторына қайтару туралы қағидалар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 16.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 319</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - </w:t>
-[...51 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидалары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z43" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, әлеуметтік аударымдар мен міндетті әлеуметтік медициналық сақтандыру жарналарын ұстап қалу және аудару қағидалары, сондай-ақ интернет-платформа операторы төлеген сомаларды Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына бөлу және аудару қағидалары мен талаптары, сондай-ақ Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына аударымдар мен жарналардың мөлшерінен асатын төлем сомасын бірыңғай төлемді төлеушіге, интернет-платформа операторына қайтару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік кодекс), 17-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22-1) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-1-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына, "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 2-1) тармақшасына сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z44" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z45" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы мобильді қосымша – мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z47" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзін-өзі жұмыспен қамтығандарға арналған арнаулы салық режимін қолданатын жеке тұлғалардың салықтық міндеттемелерді және әлеуметтік төлемдер бойынша міндеттемелерді орындау тәртібін қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z48" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оңайлатылған декларация негізінде арнаулы салық режимдерін қолданатын дара кәсіпкерлердің жеке табыс салығын және әлеуметтік төлемдерді есептеуі, оларды төлеуі және декларацияны ұсынуы бойынша салықтық міндеттемелерді орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z49" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық төлеушінің электрондық цифрлық қолтаңбасы арқылы куәландырылған электрондық құжат негізінде дара кәсіпкер ретінде тіркеу (мұндай тіркеуден алып тастау);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z50" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнаулы мобильді қосымшаның чегін қалыптастыру мақсаттары үшін салықтық мобильді қосымша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z51" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік аударымдар (бұдан әрі – ӘА) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z52" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі - ӘМСҚ) - аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z53" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бизнес-сәйкестендiру нөмiрi (бұдан әрі – БСН) – заңды тұлға (филиал мен өкiлдiк) және қызметiн бiрлескен кәсiпкерлiк түрiнде жүзеге асыратын дара кәсiпкер үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z54" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z55" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) интернет-платформа – интернет-платформа операторының, көрсетілетін қызметтерге тапсырыс берушінің және интернет-платформада тіркелген және көрсетілетін қызметтерге тапсырыс берушілерге интернет-платформаны пайдалана отырып қызметтер көрсететін тұлғаның өзара іс-қимылын қамтамасыз ететін электрондық интернет-алаң;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z56" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) интернет-платформа операторы (бұдан әрі – оператор) – интернет-платформада тіркелген және көрсетілетін қызметтерге тапсырыс берушілерге интернет-платформаны пайдалана отырып қызметтер көрсететін тұлға арасында қызметтер көрсету (оның ішінде қызметтер көрсету үшін үшінші тұлғаларды тарта отырып қызметтер көрсету) бойынша байланыстарды орнату үшін ақпараттық технологиялар мен жүйелерді қолдана отырып, техникалық, ұйымдастырушылық, ақпараттық және өзге де мүмкіндіктер беретін дара кәсіпкер немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z57" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жеке сәйкестендiру нөмiрi (бұдан әрі – ЖСН) – жеке тұлға үшiн қалыптастырылатын бiрегей нөмiр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жұмыс берушінің міндетті зейнетақы жарналары (бұдан әрі – ЖБМЗЖ) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен агенттер меншікті қаражаты есебінен шартты зейнетақы шотына аударған ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" мемлекеттік автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР ЕХӘҚМ ААЖ) – зейнетақы және әлеуметтік аударымдар мен төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі қолжетiмдiлiгi шектелген ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің мемлекеттік ақпараттық жүйесі (бұдан әрі – МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін қолжетiмдiлiгi шектелген ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Мемлекеттік кіріс органы – өз құзыреті шегінде салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган салық органы болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) міндетті зейнетақы жарналары (бұдан әрі – МЗЖ) – Әлеуметтік кодекске сәйкес Қазақстан Республикасының заңнамасында белгіленген тәртіппен БЖЗҚ енгізілетін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z64" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) міндетті әлеуметтік медициналық сақтандыру жарналары (бұдан әрі – жарналар) – Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағында көрсетілген жарналарды төлеушілер ӘМСҚ төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z65" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) орындаушы – интернет-платформада тіркелген, жария шарт негізінде интернет-платформаны пайдалана отырып, тапсырыс берушілерге қызметтер көрсететін немесе жұмыстарды орындайтын жеке тұлға, дара кәсіпкер немесе заңды тұлға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z66" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+        <w:t xml:space="preserve"> 2-тарау. Интернет-платформа операторы жеке табыс салығын, міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, әлеуметтік аударымдар мен міндетті әлеуметтік медициналық сақтандыру жарналарын ұстап қалу және аудару тәртібі, сондай-ақ интернет-платформа операторы төлеген сомаларды Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына бөлу және аудару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z67" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Оператор есепті айдан кейінгі айдың 5-іне дейін көрсетілген қызметтер мен (немесе) орындалған жұмыстардан орындаушылар алған табыстар туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетіне (бұдан әрі – ҚР ҚМ МКК) осы Қағидаларға қосымшаға сәйкес нысан бойынша арнайы мобильдік қосымша арқылы интеграциялық өзара іс-қимыл арқылы ай сайын жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z68" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Орындаушының әлеуметтік аударымдардың, міндетті зейнетақы жарналардың, міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшерлемелерін айқындауы, интернет-платформа операторының жеке табыс салығын, міндетті зейнетақы жарналарын, әлеуметтік аударымдарды және міндетті әлеуметтік медициналық сақтандыруға жарналарды ұстап қалуы және аударуы, сондай-ақ интернет-платформа операторы төлеген сомаларды бөлу және аудару, қате (артық) төленген әлеуметтік аударымдардың, міндетті зейнетақы жарналарының, міндетті әлеуметтік медициналық сақтандыруға жарналардың сомаларын және (немесе) интернет-платформа операторына уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік кодексі), 17-бабы </w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+      4. Берілген мәліметтер негізінде, соның ішінде арнайы мобильдік қосымшаның чектері бойынша, ҚР ҚМ МКК жеке табыс салығының, ӘА, МЗЖ, ЖБМЗЖ және жарналардың (бұдан әрі – әлеуметтік төлемдер) сомаларын және (немесе) оларды уақтылы және (немесе) толық төленбегені үшін есептелетін өсімпұлды (теңгеге дейін дөңгелектеп) есептейді. Есептеу Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-1-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>720-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Салық кодексі) белгіленген мөлшерлемелерге сәйкес, сондай-ақ осы Қағидалардың 7-тармағына сәйкес МЗЖ, ЖБМЗЖ, ӘА мен жарналарды төлеуден босатылған орындаушылар санаттарының және ең жоғарғы шекті мөлшерлердің ескерілуімен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z69" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МЗЖ, ЖБМЗЖ, ӘА мен жарналарды төлеуден босатылған орындаушылар санаттары туралы мәліметтер МКК АЖ-нен ҚР ЕХӘҚМ ААЖ-не табыс салығын және әлеуметтік төлемдерді ұстауға жататын сомаларды дұрыс есептеу мақсатында беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. ҚР ҚМ МКК интеграциялық өзара іс-қимыл сервистері арқылы деректерді өзектендіру режимінде ай сайын есепті айдан кейінгі айдың 15-інен кешіктірмей жеке табыс салығының және әлеуметтік төлемдердің есептелген сомалары және уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұл туралы келесі мәліметтерді жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) операторға – ұстап қалу және аудару үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҚР ЕХӘҚМ ААЖ – Мемлекеттік корпорация оператор тарапынан аударған әлеуметтік төлемдер сомаларымен салыстыруды жүргізу үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұсталған (есептелген) әлеуметтік төлемдердің сомалары, соның ішінде оларды уақтылы және (немесе) толық төлемегені үшін есептелген берешек және (немесе) өсімпұл, "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының талаптарын сақтай отырып, оператор арқылы қолма-қол ақшасыз тәсілмен екінші деңгейдегі банктер немесе жекелеген банк операцияларын жүзеге асыратын ұйымдар арқылы Мемлекеттік корпорацияның банктік шотына аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) арнаулы мобильді қосымша – </w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+      Әлеуметтік төлемдердің сомаларын және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлдарды аудару оператор тарапынан есепті кезеңнен кейінгі айдың 25-інен кешіктірілмей Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 қаулысымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген нысан бойынша жиынтық төлем тапсырмасын қалыптастыру арқылы жүзеге асырылады (бұдан әрі – Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидалары), төлемдер форматтары оператор немесе төлем жүйелерінің операциялық орталығы бекіткен форматтарға сәйкес болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15) міндетті әлеуметтік медициналық сақтандыруға жарналар (бұдан әрі – МӘМСЖ) – Заңның 14-бабының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+      7. Оператор Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>207-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағында көрсетілген тұлғалар үшін ӘА төлеуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оператор Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>248-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағында айқындалған тұлғалар үшін МЗЖ төлеуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оператор Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>248-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағында айқындалған тұлғалар үшін ЖБМЗЖ төлеуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z78" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор Заңның 28-бабының 7-тармағында айқындалған адамдар үшін МӘМС жарналарын төлеуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Әлеуметтік төлемдер уақтылы аударылмаған жағдайда, оператор әр ай үшін жеке-жеке төлем жүргізеді және Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларына сәйкес бөлек жиынтық төлем тапсырмасын қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z80" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әлеуметтік төлемдердің сомалары және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұл аударылатын орындаушылар туралы ақпарат әрбір орындаушы бойынша мынадай деректерді қамтиды: оператордың БСН/ЖСН, орындаушының ЖСН, тегі, аты, әкесінің аты (болған жағдайда), кезеңі (айы, жылы) — Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларымен бекітілген нысан бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z81" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Әлеуметтік төлемдер уақтылы төленбеген жағдайда, мемлекеттік кірістер органдары Салық кодексінде көзделген тәртіппен және мерзімдерде өндіріп алу тәсілдері мен шараларын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z82" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік төлемдердің сомаларын уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлды мемлекеттік кірістер органына, Қорға, БЖЗҚ-ға, ӘМСҚ-ға төлеу кезінде оператор Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында белгіленген тәртіппен тиісті төлем мақсатының кодын және кезеңін (айы, жылы) көрсете отырып, екінші деңгейдегі банкке немесе жекелеген банктік операция түрлерін жүзеге асыратын ұйымдарға жиынтық төлем тапсырмасын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z83" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Екінші деңгейдегі банктер немесе жекелеген банктік операция түрлерін жүзеге асыратын ұйымдар әлеуметтік төлемдердің сомаларын және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлды оператор бастама жасаған күні Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында белгіленген тәртіппен мемлекеттік кірістер органдарына және Мемлекеттік корпорацияға аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z84" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте, екінші деңгейдегі банктер немесе жекелеген банктік операция түрлерін жүзеге асыратын ұйымдар қалыптастыратын жиынтық төлем тапсырмасында, Қолма-қол ақшасыз төлемдерді жүзеге асыру қағидаларында белгіленген тәртіпке сәйкес, жеке табыс салығы мен әлеуметтік төлемдердің және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлдың төленетін кезеңі (айы, жылы), сондай-ақ төлемнің мақсаты ретінде әлеуметтік төлемдерге арналған мөлшерлемелер көрсетіледі. Бұл мөлшерлемелер Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Заңның 28-бабының 3-тармағына сәйкес: МЗЖ үшін - 1%, ЖМЗЖ үшін - 1%, ӘА үшін - 1%, жарналар үшін - 1%.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z85" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке табыс салығына қатысты мөлшерлеме Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>720-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес 0 деп көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z86" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушылар бойынша әлеуметтік төлемдердің төлем мақсаттарында көрсетілген мөлшерлеме сәйкес келмеген және (немесе) болмаған жағдайларда, Мемлекеттік корпорация операторға тиісті себепті көрсете отырып, аударылған сомаларды толық көлемде қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z87" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Оператор заңнамада белгіленген тәртіппен әлеуметтік төлемдердің және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлдың есептелген және төленген сомалары туралы, соның ішінде қате (артық) төленген әлеуметтік төлемдер мен (немесе) өсімпұл сомаларын қайтару туралы мәліметтердің сақталуын қамтамасыз етеді. Бұл мәліметтер бухгалтерлік есеп пен қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз түріндегі тасымалдағыштарда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z88" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператордың қызметі тоқтатылған жағдайда, әлеуметтік төлемдердің және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлдың есептелуі мен төленуіне қатысты құжаттар Мемлекеттік архивке өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z89" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Әлеуметтік төлемдердің және (немесе) оларды уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұлдың сомаларын Қорға, БЖЗҚ-ға және ӘМСҚ-ға бөлу және аудару Мемлекеттік корпорация арқылы олар түскен күннен бастап үш жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z90" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор орындаушылар үшін төлеген әлеуметтік төлемдер ҚР ҚМ МКК әлеуметтік төлемдердің есептелген сомалары туралы деректері негізінде орындаушылардың жеке есепшоттарына бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z91" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әлеуметтік төлемдер сомалары сәйкес болған жағдайда, Мемлекеттік корпорация әлеуметтік төлем және (немесе) әлеуметтік төлемді уақтылы және (немесе) толық төлемегені үшін есептелген өсімпұл сомалары Мемлекеттік корпорацияның шотына келіп түскен күннен бастап үш жұмыс күннен кешіктірмей, оларды бөледі және БЖЗҚ, ӘМСҚ, Қордың шоттарына аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z92" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік аударымдардың, міндетті зейнетақы жарналарының және міндетті әлеуметтік медициналық сақтандыруға жарналардың мөлшермелерін орындаушының айқындауы тәртібі</w:t>
-[...1126 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік әлеуметтік сақтандыру қорына, Әлеуметтік медициналық сақтандыру қорына, Бірыңғай жинақтаушы зейнетақы қорына аударымдар мен жарналардың мөлшерінен асатын төлем сомасын бірыңғай төлемді төлеушіге, интернет-платформа операторына қайтару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z93" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мемлекеттік корпорация деректемелерінде қателіктер жіберілген орындаушы үшін, сондай-ақ осы Қағидалардың 7-тармағында көрсетілген әлеуметтік төлемдерді төлеуден босатылған орындаушылар үшін оператордың банк шотына қайтару себебін көрсете отырып, үш жұмыс күні ішінде әлеуметтік төлемдерді қайтаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z94" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушылар бойынша әлеуметтік төлемдер сомалары ҚР ҚМ МКК деректері бойынша есептелген әлеуметтік төлемдер сомаларынан төмен болған жағдайда, Мемлекеттік корпорация тиісті себебін көрсете отырып, операторға төленген сомаларды толық қайтаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z95" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушылар бойынша әлеуметтік төлемдер сомалары ҚР ҚМ МКК деректері бойынша есептелген әлеуметтік төлемдер сомаларынан артық төленген жағдайларда, Мемлекеттік корпорация тиісті себебін көрсете отырып, төленген сомадан асатын соманы операторға ішінара қайтаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z96" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушылар бойынша ҚР ҚМ МКК төлеуге жататын әлеуметтік төлемдер сомалары бойынша деректер болмағанда, әлеуметтік төлем сомалары төленген жағдайларда Мемлекеттік корпорация тиісті себептерін көрсете отырып, операторға төленген сомаларды толық көлемде қайтаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z97" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация әлеуметтік төлемдерді оператордың банктік шотына қайтаруды жүзеге асырған жағдайда, оператор үш жұмыс күні ішінде жіберілген қателерді түзету бойынша шаралар қабылдайды және ҚР ҚМ МКК деректері бойынша төлеуге есептелген әлеуметтік төлем сомаларын аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3322,415 +2718,389 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орындаушының әлеуметтік</w:t>
+              <w:t>Интернет-платформа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аударымдардың, міндетті </w:t>
+              <w:t>операторының жеке табыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зейнетақы жарналардың, </w:t>
+              <w:t>салығын, міндетті зейнетақы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>жарналарын, жұмыс берушінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>міндетті зейнетақы жарналарын,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік аударымдар мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>міндетті әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық сақтандыруға</w:t>
+              <w:t>медициналық сақтандыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жарналардың мөлшерлемелерін</w:t>
+              <w:t>жарналарын ұстап қалу және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айқындауы, интернет-платформа</w:t>
+              <w:t>аудару қағидалары, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">операторының жеке табыс </w:t>
+              <w:t>интернет-платформа операторы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">салығын, міндетті зейнетақы </w:t>
+              <w:t>төлеген сомаларды Мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жарналарын, әлеуметтік </w:t>
+              <w:t>әлеуметтік сақтандыру қорына,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аударымдарды және міндетті </w:t>
+              <w:t>Әлеуметтік медициналық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әлеуметтік медициналық </w:t>
+              <w:t>сақтандыру қорына, Бірыңғай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сақтандыруға жарналарды ұстап </w:t>
+              <w:t>жинақтаушы зейнетақы қорына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалуы және аударуы, сондай-ақ</w:t>
+              <w:t>бөлу және аудару қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>интернет-платформа операторы</w:t>
+              <w:t>мен талаптары, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>төлеген сомаларды бөлу және</w:t>
+              <w:t>Мемлекеттік әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудару, қате (артық) төленген</w:t>
+              <w:t>сақтандыру қорына, Әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әлеуметтік аударымдардың, </w:t>
+              <w:t>медициналық сақтандыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">міндетті зейнетақы </w:t>
+              <w:t>қорына, Бірыңғай жинақтаушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жарналарының, міндетті </w:t>
+              <w:t>зейнетақы қорына аударымдар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік медициналық</w:t>
+              <w:t>мен жарналардың мөлшерінен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сақтандыруға жарналардың</w:t>
+              <w:t>асатын төлем сомасын бірыңғай</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сомаларын және (немесе) </w:t>
+              <w:t>төлемді төлеушіге, интернет-платформа операторына қайтару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">интернет-платформа </w:t>
-[...64 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>туралы қағидаларына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3757,194 +3127,168 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...125 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z100" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оператор туралы мәліметтер________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z101" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (атауы/тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z102" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН/ЖСН __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z103" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы (егер оператор заңды тұлға болса, толтырылады)___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z104" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса)  ЖСН_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z105" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оператор қызметтер көрсету және (немесе) орындаушылардың жұмыстарды орындауы кезінде алған табыстары туралы беретін мәліметтер</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve"> Орындаушылардың жұмыстарды орындауы кезінде алған табыстары туралы беретін мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3959,245 +3303,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Орындаушының атауы / тегі, аты, әкесінің аты (бар болса)</w:t>
+Орындаушының атауы / тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Орындаушының БСН / ЖСН</w:t>
+Орындаушының БСН / ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Орындаушының алған табысының кезеңі (айы, жылы)</w:t>
+Орындаушының алған табысының кезеңі (айы, жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Орындаушының қызметтер көрсеткені және (немесе) жұмыстарды орындағаны үшін табыс сомасы</w:t>
+Орындаушының қызметтер көрсеткені және (немесе) жұмыстарды орындағаны үшін табыс сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4497,102 +3791,140 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z106" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператордың жауаптылығы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z107" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен (біз) осы қосымшада көрсетілген мәліметтердің дұрыстығы мен толықтығы үшін жауаптымын (жауаптымыз).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Мәліметтерді ұсыну күні 202__ ж. "____" ____________.</w:t>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z108" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәліметтерді ұсыну күні _______ж. "____" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -4600,55 +3932,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>