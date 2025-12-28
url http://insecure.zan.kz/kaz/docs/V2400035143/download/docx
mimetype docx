--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8592ac9" w14:textId="8592ac9">
+    <w:p w14:paraId="4418564" w14:textId="4418564">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5257,52 +5257,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік сәулет-құрылыс бақылауын жүзеге асыратын орган электрондық цифрлық қолтаңбаны қолдана отырып, веб-портал арқылы ұсынылған өнім берушілердің өтініштері негізінде жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      жобаларға ведомстводан тыс кешенді сараптаманың оң қорытындысы бөлігінде жобаларға ведомстводан тыс кешенді сараптаманың бірыңғай порталы арқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      жобаларға ведомстводан тыс кешенді сараптаманың оң қорытындысы бөлігінде жобаларға ведомстводан тыс кешенді сараптаманың бірыңғай порталы арқылы;</w:t>
+      2015 жылғы 1 сәуірге дейін жобаларға ведомстводан тыс мемлекеттік кешенді сараптаманың оң қорытындысы берілген жағдайда, әлеуетті өнім берушінің сұрау салуын веб-портал арқылы жіберу және жобаларға ведомстводан тыс мемлекеттік кешенді сараптаманың оң жауабын алу арқылы осындай сараптаманы растауға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z246" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуетті өнім берушінің жұмыс тәжірибесін растайтын құжаттардың осы Қағидалардың 46-тармағына сәйкес талаптарға сәйкестігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5326,51 +5344,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Қаржы министрінің м.а. 06.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 425</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қаржы министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z129" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6309,70 +6347,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z141" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Егер объектілерді пайдалануға қабылдау актісінде функционалдық мақсаттың бірнеше түрі көзделген жағдайда, онда әлеуетті өнім берушінің мұндай жұмыс тәжірибесі жұмыс тәжірибесінің тізіліміне функционалдық мақсаттың әрбір түрі бойынша бөлек енгізіледі.</w:t>
+      50. Егер тұрғын үй-азаматтық мақсаттағы объектілерді қоспағанда, объектілерді пайдалануға қабылдау актісінде функционалдық мақсаттың бірнеше түрі көзделген жағдайда, онда әлеуетті өнім берушінің мұндай жұмыс тәжірибесі жұмыс тәжірибесінің тізіліміне функционалдық мақсаттың әрбір түрі бойынша бөлек енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер ведомствадан тыс кешенді сараптаманың оң қорытындысында функционалдық мақсаттың бірнеше түрі көзделген жағдайда, әлеуетті өнім берушінің жобалау (жобалау-сметалық) құжаттаманы әзірлеу бойынша жұмыс тәжірибесі жұмыс тәжірибесінің тізіліміне функционалдық мақсаттың әрбір түрі бойынша бөлек енгізіледі.</w:t>
+      Егер ведомстводан тыс кешенді сараптаманың оң қорытындысында функционалдық мақсаттың бірнеше түрі көзделген жағдайда, тұрғын үй-азаматтық мақсаттағы объектілерді қоспағанда, әлеуетті өнім берушінің жобалау (жобалау-сметалық) құжаттаманы әзірлеу бойынша жұмыс тәжірибесі жұмыс тәжірибесінің тізіліміне функционалдық мақсаттың әрбір түрі бойынша бөлек енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Қаржы министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z142" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Әлеуетті өнім берушінің бірігу, қосылу және қайта құру жолымен қайта ұйымдастыру нәтижесінде алынған жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды жұмыс тәжірибесінің тізіліміне енгізу туралы өтінімі қайта ұйымдастырылатын заңды тұлғалардың қаржылық орнықтылығы көрсеткіштерін веб-порталда жаңартқаннан (біріктіргеннен) кейін қаралады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6489,126 +6589,326 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 3), 5), 6) және 7) тармақшаларында көзделген шектеулері бар болса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:bookmarkStart w:name="z147" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) егер әлеуетті өнім берушінің мәлімделген жұмыс тәжірибесі қайта ұйымдастырылатын заңды тұлғалардың бірі мемлекеттік сатып алу нысанасына сәйкес келетін қызмет түрлерін жүзеге асыруға лицензиясынан (рұқсатынан) айырылған заңды тұлғалардың қайта ұйымдастырылуы (бірігу, қосылу, қайта құру) нәтижесінде алынған болса, жұмыс тәжірибесінің тізіліміне енгізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z148" w:id="151"/>
+    <w:bookmarkStart w:name="z256" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1. Жұмыс тәжірибесі тізіліміне заңды тұлғалардың уақытша бірлестіктері (консорциум) жұмыс тәжірибесін растайтын мәліметтер мен құжаттар енгізілген жағдайда, консорциумның консорциалдық келісімде айқындалған негізгі қатысушысына қатысты мәліметтер мен құжаттар қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, консорциумның негізгі қатысушысы ретінде Жұмыс тәжірибесі тізіліміне бірнеше заңды тұлғадан мәліметтер мен құжаттарды енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 51-1-тармақпен толықтырылды - ҚР Қаржы министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Уәкілетті органның ведомствосы және оның аумақтық бөлімшелері толтырылған мәліметтердің растайтын құжаттарға сәйкестігін ескере отырып, әлеуетті өнім берушілердің өтінімдерін қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлеуетті өнім берушінің өтінімдерін қарау кезінде уәкілетті органның ведомствосы және оның аумақтық бөлімшелері мәлімделген жұмыс тәжірибесінен кешіктірмей Рұқсаттар және хабарламалар туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілген рұқсаттың, хабарламаны жіберудің болуы тұрғысынан мәліметтер мен құжаттарды тексереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның ведомствосы және оның аумақтық бөлімшелері әлеуетті өнім берушілердің өтінімдерінде қамтылған мәліметтер мен құжаттарды нақтылау мақсатында тиісті жеке немесе заңды тұлғалардан, мемлекеттік органдардан қажетті ақпаратты сұратады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тармақтың екінші бөлігінде көзделген жағдайда әлеуетті өнім берушінің өтінімін қарау мерзімі ұзартылады, ол туралы осындай әлеуетті өнім берушіге хабарланады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="152"/>
+      Осы тармақтың үшінші бөлігінде көзделген жағдайда әлеуетті өнім берушінің өтінімін қарау мерзімі ұзартылады, ол туралы осындай әлеуетті өнім берушіге хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Қаржы министрінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Веб-портал арқылы Жұмыс тәжірибесінің тізіліміне енгізілетін, оның жұмыс тәжірибесін растайтын мәліметтер мен құжаттардың дұрыстығын растау туралы әлеуетті өнім берушілердің өтінімдерін қарау нәтижелері бойынша әлеуетті өнім берушінің әрбір жұмыс тәжірибесі бөлінісінде мынадай шешімдердің бірі қабылданады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) мәліметтер мен құжаттар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6979,130 +7279,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="153"/>
+    <w:bookmarkStart w:name="z152" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>53-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасында көзделген шешім қабылданған жағдайда "Расталды" мәртебесімен жұмыс тәжірибесінің тізіліміне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z153" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z153" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Әлеуетті өнім берушілер Жұмыс тәжірибесінің тізілімін қалыптастыру және жүргізу кезінде белгіленген әлеуетті өнім берушінің жұмыс тәжірибесін растайтын құжаттар бойынша дұрыс емес ақпарат ұсынған жағдайда, уәкілетті органның ведомствосы осындай факті туралы білген күннен бастап 30 (отыз) күнтізбелік күннен кешіктірмей осындай әлеуетті өнім берушіні мемлекеттік сатып алуға жосықсыз қатысушы деп тану туралы сотқа талап-арызбен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z154" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z154" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Жұмыс тәжірибесінің тізіліміне енгізілген мәліметтерді, оның ішінде "Расталды" мәртебесі бар мәліметтерді түзету жұмыс тәжірибесінің тізілімінде толтырылған мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7383,151 +7683,151 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Растайтын құжаттарды қоса бере отырып, дәлелді негіздемелер веб-порталда әлеуетті өнім берушіге хабарлама келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Түзетуді уәкілетті органның ведомствосы веб-портал арқылы берілген өтінімдер (шағымдар) келіп түскен күннен бастап 10 (он) жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="156"/>
+    <w:bookmarkStart w:name="z155" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Уәкілетті органның ведомствосы мәлімделген түзетулер шегінде Жұмыс тәжірибесінің тізіліміне енгізілген мәліметтерді түзету туралы әлеуетті өнім берушілердің өтінімдерін қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z156" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z156" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Веб-портал арқылы Жұмыс тәжірибесінің тізіліміне енгізілген мәліметтерді түзету туралы әлеуетті өнім берушілердің өтінімдерін қарау нәтижелері бойынша әлеуетті өнім берушінің әрбір жұмыс тәжірибесі бөлінісінде мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z157" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z157" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әлеуетті өнім берушінің өтінімінде көрсетілген ұсынылатын түзетулер Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 28 ақпандағы № 165 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10666 болып тіркелген) бекітілген Ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидаларының (бұдан әрі – Ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидалары) талаптарына сәйкес келген жағдайда қабылданатын түзетулерді растау туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z158" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z158" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуетті өнім берушінің өтінімінде көрсетілген ұсынылатын түзетулер Ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидаларының талаптарына сәйкес келмеген жағдайда қабылданатын түзетуді растаудан бас тарту туралы шешімдердің бірі қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z159" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z159" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7542,231 +7842,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>58-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген шешімдер Қазақстан Республикасының заңнамасына сәйкес сот тәртібімен шағымдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z160" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z160" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Жұмыс тәжірибесінің тізілімінде қамтылған әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды, оның ішінде "Расталды" мәртебесі бар мәліметтерді бұғаттауды уәкілетті органның ведомствосы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z161" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z161" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуетті өнім берушінің жұмыс тәжірибесін растайтын құжаттар бойынша дұрыс емес ақпарат беру фактісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z162" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z162" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуетті өнім берушінің жұмыс тәжірибесін растайтын объектісі бойынша мәліметтер мен құжаттардың қайталануы фактісі анықталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z163" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z163" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттар болмаған жағдайларда жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z164" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z164" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Жұмыс тәжірибесінің тізілімінде қамтылған әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды, оның ішінде "Расталды" мәртебесі бар мәліметтерді бұғаттауды уәкілетті органның ведомствосы веб-портал арқылы жіберілген бұғаттауға өтінімдер келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде растайтын құжаттарды қоса бере отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z165" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z165" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасында көзделген жағдайларда, оның ішінде тапсырыс беруші, ұйымдастырушы, бірыңғай ұйымдастырушы, әлеуетті өнім беруші мемлекеттік сатып алуды жүзеге асырудың кез келген сатысында ұсынған мәліметтер мен құжаттар негізінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z166" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z166" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында көзделген жағдайларда, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұйымдастырушылардың, бірыңғай ұйымдастырушылардың өтінімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7777,128 +8077,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуетті өнім берушілердің шағымдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі мемлекеттік аудит органдарының өтінімдері негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="168"/>
+    <w:bookmarkStart w:name="z167" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Жұмыс тәжірибесінің тізілімінде дұрыс емес ақпарат және объект бойынша мәліметтердің қайталануы фактілерін растайтын құжаттарсыз қамтылған әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды бұғаттауға арналған өтінімдерді уәкілетті органның ведомствосы дәлелді негіздемелерді көрсете отырып, кері қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z168" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z168" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Жұмыс тәжірибесінің тізіліміндегі әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды бұғаттаудан шығаруды уәкілетті органның ведомствосы бұғатталған мәліметтер мен құжаттарды дұрыс деп тану туралы заңды күшіне енген сот шешімдерінің негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс тәжірибесі тізілімінде қамтылған әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттарды бұғаттаудан шығаруды уәкілетті органның ведомствосы тиісті сот актісінің көшірмесін алған күннен бастап 5 (бес) жұмыс күні ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="170"/>
+    <w:bookmarkStart w:name="z169" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Уәкілетті органның ведомствосы әлеуетті өнім берушіні немесе өнім берушіні Жұмыс тәжірибесінің тізіліміндегі мәліметтер мен құжаттар бойынша дұрыс емес ақпарат беру фактісінің анықталуы себебінен мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізген күннен бастап бес жұмыс күні ішінде мұндай мәліметтер мен құжаттарды Жұмыс тәжірибесінің тізілімінен алып тастайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8068,68 +8368,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="171"/>
+    <w:bookmarkStart w:name="z171" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуетті өнім берушілердің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -10727,70 +11027,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="172"/>
+    <w:bookmarkStart w:name="z172" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘАБЖ – әкімшілік-аумақтық бірлестіктердің жіктеуіші;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11068,68 +11368,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="173"/>
+    <w:bookmarkStart w:name="z174" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тапсырыс берушілер тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -13745,70 +14045,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="174"/>
+    <w:bookmarkStart w:name="z175" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘАБЖ – әкімшілік-аумақтық бірлестіктердің жіктеуіші;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14086,68 +14386,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z177" w:id="175"/>
+    <w:bookmarkStart w:name="z177" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік сатып алу туралы шарттардың тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -20526,70 +20826,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="176"/>
+    <w:bookmarkStart w:name="z178" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20831,68 +21131,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="177"/>
+    <w:bookmarkStart w:name="z180" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік сатып алуға жосықсыз қатысушылар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -23877,70 +24177,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген соманы енгізбеу жолымен жалтарған жағдайда 1-19-тармақтар толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** Сот шешімі бойынша өнім берушіні мемлекеттік сатып алуға жосықсыз қатысушылар тізіліміне енгізген жағдайда 14, 15, 16, 17 және 18-тармақтар толтырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="178"/>
+    <w:bookmarkStart w:name="z181" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24707,68 +25007,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орыс тілінде басып шығарылған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="179"/>
+    <w:bookmarkStart w:name="z183" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 8-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25057,159 +25357,159 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мекенжайы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="180"/>
+    <w:bookmarkStart w:name="z184" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z185" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z185" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағына сәйкес______Заңда белгіленген мерзімде ______ тәсілмен өткізілген № ____сатып алу бойынша № ______ мемлекеттік сатып алу туралы шартқа қол қоймауына/не:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алу туралы шарттың орындалуын қамтамасыз етуді (егер шартта аванс көзделген жағдайда) және (немесе) тәсілмен өткізілген ____лот бойынша Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген №____ күні/айы/жылы шарт бойынша соманы енгізбеуге байланысты _________ мемлекеттік сатып алу туралы шарт жасасудан жалтарды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="182"/>
+    <w:bookmarkStart w:name="z186" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Заңның 8-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25224,71 +25524,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес мемлекеттік сатып алудың жосықсыз қатысушысы деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z187" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік сатып алудың жосықсыз қатысушылары тізіліміне әлеуетті өнім беруші туралы мынадай мәліметтер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25849,128 +26149,128 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:bookmarkStart w:name="z188" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тізілімде болу кезеңі бұйрық бекітілген күннен бастап 24 ай болып белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z189" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бұйрық қол қойылған күнінен бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті адамның Т.А.Ә. (электрондық цифрлық қолтаңба)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="186"/>
+    <w:bookmarkStart w:name="z190" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды таратып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28095,68 +28395,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z201" w:id="187"/>
+    <w:bookmarkStart w:name="z201" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -30520,70 +30820,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z202" w:id="188"/>
+    <w:bookmarkStart w:name="z202" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31366,178 +31666,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орыс тілінде басып шығарылған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="189"/>
+    <w:bookmarkStart w:name="z204" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінен алып тастау туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z205" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z205" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының 3) тармақшасына сәйкес, "Әлеуетті өнім берушіні мемлекеттік сатып алуға жосықсыз қатысушылар тізілімінен алып тастау туралы" ______ № ____ өтінішті келісу комиссиясының қарау қорытындысы бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z206" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z206" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Мемлекеттік сатып алуға жосықсыз қатысушылардың тізіліміне енгізу туралы" ______ жылғы "___" _____№ ______ "Уәкілетті органның атауы" бұйрығының күші жойылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z207" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z207" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тармағының төртінші бөлігіне сәйкес әлеуетті өнім беруші мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінен алып тасталсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32098,108 +32398,108 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="193"/>
+    <w:bookmarkStart w:name="z208" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бұйрық қол қойылған сәтінен бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті адамның Т.А.Ә. (электрондық цифрлық қолтаңба)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="194"/>
+    <w:bookmarkStart w:name="z209" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды таратып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -32358,68 +32658,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:bookmarkStart w:name="z211" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуетті өнім берушінің жұмыс тәжірибесінің тізілімі қалыптастырылатын жұмыстардың, қызметтердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32852,68 +33152,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z213" w:id="196"/>
+    <w:bookmarkStart w:name="z213" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуетті өнім берушінің жұмыс тәжірибесін растайтын мәліметтер мен құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 10-қосымша жаңа редакцияда - ҚР Қаржы министрінің м.а. 06.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36344,402 +36644,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 646 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="197"/>
+    <w:bookmarkStart w:name="z217" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрлігінің күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z218" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z218" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12618 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z219" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z219" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2016 жылғы 2 ақпандағы № 46 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13393 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z220" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z220" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мемлекеттік сатып алу алдын ала біліктілік іріктеуі арқылы конкурс тәсілімен жүзеге асырылатын тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесін бекіту және "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2016 жылғы 29 ақпандағы № 91 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13553 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z221" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z221" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 бұйрығына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары – Қазақстан Республикасы Қаржы министрінің 2019 жылғы 1 наурыздағы № 160 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18363 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z222" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z222" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2022 жылғы 13 қаңтардағы № 28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26557 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z223" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z223" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мемлекеттік сатып алу саласында тізілімдерді қалыптастырудың және жүргізудің қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2015 жылғы 28 желтоқсандағы № 694 бұйрығына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қаржы министрінің 2022 жылғы 20 маусымдағы № 601 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28579 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z224" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z224" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Қаржы министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Қаржы министрінің 2024 жылғы 21 маусымдағы № 385 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 34544 болып тіркелген) бекітілген Қазақстан Республикасы Қаржы министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>