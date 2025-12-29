--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2440a77" w14:textId="2440a77">
+    <w:p w14:paraId="8d29b30" w14:textId="8d29b30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,233 +93,401 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Таңбалануға жататын тауарлар тізбесін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2024 жылғы 27 қыркүйектегі № 343-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 27 қыркүйекте № 35129 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2024 жылғы 27 қыркүйектегі № 343-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 27 қыркүйекте № 35129 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырыбы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының 7- бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Таңбалануға жататын тауарлар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрықтың қосымшасына сәйкес айқындасын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті заңнамада белгіленген тәртіппен мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Сауда және интеграция вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -813,78 +981,176 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 343-НҚ бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тізбе жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалануға жататын тауарлар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7007,71 +7273,220 @@
               </w:rPr>
               <w:t>
 2024 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 шілде***</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0507 90 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңделмеген немесе бастапқы өңдеуден өткен, бірақ пішінге келтірілмеген тасбақалардың сауыттары, киттің мұрты және кит мұртынан жасалған қылтанақтар, мүйіздер, бұғы мүйіздері, тұяқтар, тырнақтар, аяқ тырнақтары мен тұмсықтары; осы өнімдердің ұнтағы мен қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2025 жылғы 1 желтоқсан****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * көтерме сауданы жүзеге асыратын ішкі сауда субъектілерін қоспағанда, бөлшек өткізу кезінде таңбаланған тауарларды айналымнан міндетті түрде шығара отырып, Қазақстан Республикасына әкелінген немесе Қазақстан Республикасының аумағында өндірілген аяқ киім тауарларына қатысты міндетті таңбалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19967,55 +20382,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>