--- v1 (2025-12-29)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d29b30" w14:textId="8d29b30">
+    <w:p w14:paraId="2de5080" w14:textId="2de5080">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,124 +76,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Таңбалануға жататын тауарлар тізбесін айқындау туралы</w:t>
+        <w:t>Таңбалануға жататын тауарлар тізбесін және оны енгізу күнін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2024 жылғы 27 қыркүйектегі № 343-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 27 қыркүйекте № 35129 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Тақырыбы жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -212,282 +174,230 @@
         <w:t xml:space="preserve">
       "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының 7- бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы бұйрыққа қосымшаға сәйкес таңбалануға жататын тауарлардың тізбесі және оны енгізу күні айқындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...12 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті заңнамада белгіленген тәртіппен мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Сауда және интеграция вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -977,180 +887,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 343-НҚ бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Таңбалануға жататын тауарлар тізбесі және оларды енгізу күндері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Тізбе жаңа редакцияда көзделген – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда – ҚР Сауда және интеграция министрінің 22.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> (01.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1166,51 +1000,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1238,51 +1090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауардың атауы</w:t>
+Позиция атауылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1572,69 +1424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2020 жылғы</w:t>
-[...17 lines deleted...]
-1 қазан</w:t>
+2020 жылғы 1 қазан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1739,69 +1573,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1906,69 +1722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1 сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2073,69 +1871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1 сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,69 +2020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1 сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2407,69 +2169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1 сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2574,69 +2318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 сәуір</w:t>
+2021 жылғы 1 сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2741,69 +2467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 қараша *</w:t>
+2021 жылғы 1 қараша*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2908,69 +2616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 қараша *</w:t>
+2021 жылғы 1 қараша*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3075,69 +2765,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 қараша *</w:t>
+2021 жылғы 1 қараша*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3242,69 +2914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 қараша *</w:t>
+2021 жылғы 1 қараша*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3409,69 +3063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021 жылғы</w:t>
-[...17 lines deleted...]
-1 қараша *</w:t>
+2021 жылғы 1 қараша*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3540,51 +3176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа иммундық және адамнан шыққан сарысулар қан фракциялары</w:t>
+басқа иммундық және адамнан шыққан сарысулар қан фракциялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5097,51 +4733,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 шілде***</w:t>
+1 шілде**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5264,51 +4900,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 шілде***</w:t>
+1 шілде**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5340,52 +4976,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 2208 90-дан </w:t>
+              <w:t>
+2208 90-дан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5431,51 +5067,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 шілде***</w:t>
+1 шілде**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5507,52 +5143,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 3002-ден </w:t>
+              <w:t>
+3002-дан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5598,51 +5234,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 шілде***</w:t>
+1 шілде**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6176,51 +5812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3006 70 000</w:t>
+3006 70 000 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6509,52 +6145,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 3304, 3305, 3306, 3307-ден </w:t>
+              <w:t>
+3304, 3305, 3306, 3307-ден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7422,105 +7058,7404 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 жылғы 1 желтоқсан****</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2202 91 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+алкогольсіз сыра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан *****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2203 00 010 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөтелкедегі сыйымдылығы 10 л немесе одан аз ыдыстардағы уыт сырасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан *****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2203 00 090 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыйымдылығы 10 л немесе одан аз ыдыстардағы уыт сырасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан *****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2203 00 100 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыйымдылығы 10 литрден асатын ыдыстардағы уыт сырасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан *****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 710 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы өңдеу процестеріне арналған жағармайлар және өзге де майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 қыркүйек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 750 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 710 0 кіші субпозициясында көрсетілгендерден басқа, процестердегі химиялық өзгерістерге арналған жағармайлар және өзге де майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 820 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мотор майлары, компрессорлық жағармай, турбиналық жағармай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан******</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2710 19 840 0 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гидравликалық мақсаттарға арналған сұйықтықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 860 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ашық түсті майлар, вазелин майы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 880 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тісті дөңгелектерге арналған майлар мен редукторларға арналған майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 920 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Металдарды өңдеуге арналған құрамдар, қалыптарды майлауға арналған майлар, тотығуға қарсы майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 940 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрлік оқшаулағыш майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2710 19 980 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге мақсаттарға арналған өзге де жағармайлар және өзге де майлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3403 19 100 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрамында негізгі компонент ретінде емес 70 салм. %-дан немесе одан да көп мұнай немесе битуминоздық жыныстардан алынған мұнай өнімдері бар майлау материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан ******</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3403 19 900 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрамында негізгі компонент ретінде 70 салм. %-дан немесе одан да көп мұнай немесе битуминоздық жыныстардан алынған мұнай өнімдері барлардан басқа, өзге майлау материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан ******</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3403 99 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрамында мұнай немесе битуминозды жыныстардан алынған мұнай өнімдері жоқ өзге майлау материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 ақпан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3819 00 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Битуминоздық жыныстардан алынған құрамында салмағы 70%-дан аспайтын мұнай немесе мұнай өнімдері болатын немесе болмайтын гидравликалық тежегіштік сұйықтықтар және гидравликалық берілістерге арналған өзге де дайын сұйықтықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3820 00 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Антифриздер және мұздауға қарсы дайын сұйықтықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4203 10 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза теріден немесе композициялы теріден жасалған киім заттары және киім керек-жарағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4304 00 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасанды тері және одан жасалатын бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6113 00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5903, 5906 немесе 5907 тауар позицияларының машинамен немесе қолмен тоқылған трикотаж матадан жасалған киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылғы 1 желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5602, 5603, 5903, 5906 немесе 5907 тауар позицияларының материалдарынан жасалған киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 20 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаңғы костюмдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақта-мата жібінен жасалған ерлер немесе ұлдарға арналған өзге киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 39 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де тоқыма материалдардан жасалған ерлер немесе ұлдарға арналған өзге де киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақта-мата жібінен жасалған әйелдер немесе қыздарға арналған өзге киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 49 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де тоқыма материалдардан жасалған әйелдер немесе қыздарға арналған өзге де киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төсек жаймалары, асхана, туалет және асүй жаулықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2026 жылғы 1 желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдерге немесе қыз балаларға арналған машинамен немесе қолмен тоқылған трикотаж блузкалар, блузалар және блузондар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Машинамен немесе қолмен тоқылған свитерлер, пуловерлер, кардигандар, кеудешелер және ұқсас трикотаж бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6204 тауар позициясының бұйымдарынан басқа әйелдерге немесе қыз балаларға арналған пальто, қысқа пальто, желбегей, плащтар, күртелер (шаңғы тебетін киімді қоса алғанда), жадағайлар, шекпендер және ұқсас бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6204 тауар позициясының бұйымдарынан басқа әйелдерге немесе қыз балаларға арналған пальто, қысқа пальто, желбегей, плащтар, күртелер (шаңғы тебетін киімді қоса алғанда), жадағайлар, шекпендер және ұқсас бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерлер немесе ұл балаларға арналған жейделер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдер немесе қыз балаларға арналған блузкалар, блузалар және блузондар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерлер немесе ұл балаларға арналған химиялық жіптерден жасалған өзге де киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6211 43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдер немесе қыз балаларға арналған химиялық жіптерден жасалған өзге де киім заттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орамалдар, шарфтар, мойын орамалдар, мантильялар, бетперделер және ұқсас бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Галстуктер, мойынтақтар және мойын орамалдар.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 наурыз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6103 тауар позициясының бұйымдарынан басқа, ерлерге немесе ұл балаларға арналған, машинамен немесе қолмен тоқылған трикотаж пальто, қысқа пальто, желбегей, плащтар, күртелер (шаңғы тебетін киімді қоса алғанда), жадағайлар, шекпендер және ұқсас бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6104 тауар позициясының бұйымдарынан басқа, әйелдерге немесе қыз балаларға арналған, машинамен немесе қолмен тоқылған трикотаж пальто, қысқа пальто, желбегей, плащтар, күртелер (шаңғы тебетін киімді қоса алғанда), жадағайлар, шекпендер және ұқсас бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерлерге немесе ұл балаларға арналған машинамен немесе қолмен тоқылған трикотаж костюмдер, комплектілер, пиджактар, блайзерлер, шалбарлар, көкірекшесі және баулары бар комбинезондар, бриджилер және шолақ шалбарлар (суға түсетін киімдерден басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдерге немесе қыз балаларға арналған машинамен немесе қолмен тоқылған трикотаж костюмдер, комплектілер, жакеттер, блайзерлер, көйлектер, белдемшелер, белдемше-шалбарлар, шалбарлар, көкірекшесі және баулары бар комбинезондар, бриджилер және шолақ шалбарлар (суға түсетін киімдерден басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерлерге немесе ұл балаларға арналған машинамен немесе қолмен тоқылған трикотаж жейделер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6112 11 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақта-мата жібінен жасалған спорттық костюмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6112 12 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синтетикалық жіптерден жасалған спорттық костюмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6112 19 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге тоқыма материалдардан жасалған спорттық костюмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6112 20 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық костюмдер, шаңғы костюмдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерлерге немесе ұл балаларға арналған костюмдер, комплектілер, пиджактар, блайзерлер, шалбарлар, көкірекшесі және бауы бар комбинезондар, бриджилер және шолақ шалбарлар (суға түсетіндерден басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдерге немесе қыз балаларға арналған костюмдер, комплектілер, жакеттер, блайзерлер, көйлектер, белдемшелер, белдемше-шалбарлар, шалбарлар, көкірекшесі және бауы бар комбинезондар, бриджилер және шолақ шалбарлар (суға түсетіндерден басқа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2027 жылғы 1 қазан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * көтерме сауданы жүзеге асыратын ішкі сауда субъектілерін қоспағанда, бөлшек өткізу кезінде таңбаланған тауарларды айналымнан міндетті түрде шығара отырып, Қазақстан Республикасына әкелінген немесе Қазақстан Республикасының аумағында өндірілген аяқ киім тауарларына қатысты міндетті таңбалау;</w:t>
+      * - көтерме сауданы жүзеге асыратын ішкі сауда субъектілерін қоспағанда, Қазақстан Республикасына әкелінген немесе Қазақстан Республикасының аумағында өндірілген аяқ киім тауарларына қатысты бөлшек саудада өткізу кезінде таңбаланған тауарларды айналымнан міндетті түрде шығара отырып, міндетті таңбалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ** 2022 жылғы 1 шілдеден бастап өндірілген дәрілік заттар:</w:t>
+      ** - 2022 жылғы 1 шілдеден бастап өндірілген дәрілік заттар:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7608,236 +14543,236 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саудадағы атауы</w:t>
-[...35 lines deleted...]
-Дәрілік нысаны</w:t>
+Сауда атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәрілік түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1</w:t>
-[...107 lines deleted...]
- 4</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8019,51 +14954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-белсендірілген эптаког альфа</w:t>
+эптаког альфа белсендірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8168,51 +15103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-белсендірілген эптаког альфа</w:t>
+эптаког альфа белсендірілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8389,51 +15324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 10 мг/мл, 10 мл, 1-өлшеп-орау</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 10 мг / мл, 10 мл, 1-өлшеп-орау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8538,51 +15473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 10 мг/мл, 10 мл, 2-өлшеп-орау</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 10 мг / мл, 10 мл, 2-өлшеп-орау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8836,51 +15771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 25 мг/мл, 16 мл, 1-өлшеп-орау</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 25 мг / мл, 16 мл, 1-өлшеп-орау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9509,123 +16444,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-трипторелин</w:t>
-[...71 lines deleted...]
-0,1 мг/мл инъекцияға арналған 1 мл 7 ерітінді</w:t>
+терипаратид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форстео®</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+тері астына енгізуге арналған 250 мкг/мл ерітінді, 2,4 мл картриджде 1 шприц-қалам </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9658,123 +16593,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-терипаратид</w:t>
-[...71 lines deleted...]
-тері астына енгізуге арналған 250 мкг/мл ерітінді, 2,4 мл картриджде 1 шприц-қалам</w:t>
+трипторелин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+декапептил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+0.1 мг / мл инъекцияға арналған 1 мл 7 ерітінді, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9807,123 +16742,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-эпоэтин бета</w:t>
-[...71 lines deleted...]
-инъекцияға арналған 2000 МЕ/0,3 мл ерітінді 6 шприц-тюбикте</w:t>
+эпросартан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теветен®</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 мг таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9956,123 +16891,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дексмедетомидин</w:t>
-[...71 lines deleted...]
-инфузияға ерітінді дайындауға арналған концентрат, 100 мкг/мл</w:t>
+эпоэтин бета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+рекормон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инъекцияға арналған 2000 МЕ/0,3 мл ерітінді 6 шприц-тюбикте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10105,123 +17040,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-рецакадротил</w:t>
-[...71 lines deleted...]
-қатты желатин капсулалар</w:t>
+дексмедетомидин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дексдор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 100 мкг / мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10326,51 +17261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ішу үшін суспензия дайындауға арналған түйіршіктер</w:t>
+қатты желатин капсулалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10403,123 +17338,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дабигатран этексилаты</w:t>
-[...71 lines deleted...]
-капсулалар, 75 мг</w:t>
+рецакадротил</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+гидрасек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ішу үшін суспензия дайындауға арналған түйіршіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10552,123 +17487,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оланзапин</w:t>
-[...71 lines deleted...]
-үлбірлі қабықпен қапталған 10 мг таблеткалар</w:t>
+дабигатрана этексилат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+прадакса®</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+капсулалар, 75 мг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10701,123 +17636,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-эпросартан</w:t>
-[...71 lines deleted...]
-500 мг таблеткалар</w:t>
+оланзапин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+зипрекса®</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үлбірлі қабықпен қапталған 10 мг таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10886,51 +17821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-иматиниб-адамед</w:t>
+иматиниб -адамед</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11035,51 +17970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-иматиниб-адамед</w:t>
+иматиниб -адамед</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11219,52 +18154,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-0,25 мг таблеткалар</w:t>
+              <w:t xml:space="preserve">
+0,25 мг таблеткалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11517,52 +18452,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-10 мг капсулалар</w:t>
+              <w:t xml:space="preserve">
+10 мг капсулалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11666,52 +18601,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-5 мг таблеткалар</w:t>
+              <w:t xml:space="preserve">
+5 мг таблеткалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11815,52 +18750,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-10 мг таблеткалар</w:t>
+              <w:t xml:space="preserve">
+10 мг таблеткалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11964,52 +18899,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2,5 мг таблеткалар</w:t>
+              <w:t xml:space="preserve">
+2,5 мг таблеткалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12191,123 +19126,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-каптоприл</w:t>
-[...71 lines deleted...]
-таблеткалар</w:t>
+ципрофлоксацин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ципрофлоксацин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инфузияға арналған 0,2 % ерітінді, 100 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12340,123 +19275,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ципрофлоксацин</w:t>
-[...71 lines deleted...]
-инфузияға арналған 0,2 % ерітінді, 100 мл</w:t>
+каптоприл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+каптоприл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12859,51 +19794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-таблеткалар</w:t>
+таблетки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13979,51 +20914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-урсодезоксихол қышқылы</w:t>
+урсодезоксихолевая кислота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14200,51 +21135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 0,9 % ерітінді, 100 мл</w:t>
+инфузияға арналған 0,9% ерітінді, 100 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14349,51 +21284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 0,9 % ерітінді, 200 мл</w:t>
+инфузияға арналған 0,9% ерітінді, 200 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14498,51 +21433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 0,9 % ерітінді, 250 мл</w:t>
+инфузияға арналған 0,9% ерітінді, 250 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14647,51 +21582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 0,9 % ерітінді, 400 мл</w:t>
+инфузияға арналған 0,9 % ерітінді , 400 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14795,52 +21730,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-инфузияға арналған 0,9 % ерітінді, 500 мл</w:t>
+              <w:t xml:space="preserve">
+инфузияға арналған 0,9% ерітінді, 500 мл </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14945,51 +21880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 10 % ерітінді, 200 мл</w:t>
+инфузияға арналған 10% ерітінді, 200 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15094,51 +22029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған 10 % ерітінді, 400 мл</w:t>
+инфузияға арналған 10% ерітінді, 400 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16137,51 +23072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған ерітінді, 2 мг/мл 100 мл</w:t>
+инфузияға арналған 2 мг / мл, 100 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16286,51 +23221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға арналған ерітінді, 5 мг/мл 100 мл</w:t>
+инфузияға арналған 5 мг / мл, 100 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17329,51 +24264,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инъекцияға арналған ерітінді, 7,5 мг/0,75 мл</w:t>
+инъекцияға арналған ерітінді, 7,5 мг / 0,75 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18223,51 +25158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 30 мг/5 мл</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 30 мг / 5 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18372,51 +25307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 300 мг/50 мл</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 300 мг / 50 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18521,51 +25456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған 100 мг лиофилизат</w:t>
+инфузияға ерітінді дайындауға арналған лиофилизат, 100 мг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18670,51 +25605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған 500 мг лиофилизат</w:t>
+инфузияға ерітінді дайындауға арналған лиофилизат, 500 мг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19117,51 +26052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көктамырға енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
+көктамыр ішіне енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19266,51 +26201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 10 мг/5 мл</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 10 мг / 5 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19713,51 +26648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 50 мг/50 мл</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 50 мг / 50 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20011,51 +26946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-инфузияға ерітінді дайындауға арналған концентрат, 50 мг/50 мл</w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 50 мг / 50 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20088,123 +27023,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заледрон қышқылы</w:t>
-[...71 lines deleted...]
-инфузияға ерітінді дайындауға арналған концентрат, 4 мг/5 мл</w:t>
+заледроновая кислота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+золедрон қышқылы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инфузияға ерітінді дайындауға арналған концентрат, 4 мг / 5 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20330,51 +27283,155 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *** ветеринарияда қолданылатын дәрілік заттар мен вакциналарды қоспағанда, 2024 жылғы 1 шілдеден бастап өндірілген, дозаланған дәрілік нысандар түрінде (трансдермалық жүйелер нысанындағы дәрілік заттарды қоса алғанда) немесе бөлшек саудаға арналған қалыптарға немесе орамдарға өлшеп оралған дәрілік заттарға қатысты міндетті таңбалау.</w:t>
+      ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** - ветеринарияда қолданылатын дәрілік заттар мен вакциналарды қоспағанда, 2024 жылғы 1 шілдеден бастап өндірілген, дозаланған дәрілік нысандар түрінде (трансдермалдық жүйелер нысанындағы дәрілік заттарды қоса алғанда) немесе бөлшек саудаға арналған нысандарға немесе қаптамаларға өлшеп оралған дәрілік заттарға қатысты міндетті таңбалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      **** - тек ақбөкеннің туындылары (мүйіздер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ***** - 2027 жылғы 1 қантардан бастап өндірілген және кегтер мен бөтелкелерде жеткізілетін, 2026 жылғы 1 ақпаннан бастап банкаларға құйылған сыра мен сыра сусындарына қатысты міндетті таңбалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ****** - 2026 жылғы 1 ақпаннан бастап өндірілген мотор майларына қатысты. ЕАЭО СЭҚ ТН көрсетілген позицияларында жіктелетін тауарларға қатысты ЕАЭО СЭҚ ТН кодын да, тауардың атауын да басшылыққа алу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -20382,55 +27439,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>