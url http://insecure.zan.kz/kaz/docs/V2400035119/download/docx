--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7a8f8a" w14:textId="d7a8f8a">
+    <w:p w14:paraId="9d14f26" w14:textId="9d14f26">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -408,139 +408,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ғылым және жоғары білім министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2099,1907 +2087,2103 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қазақ немесе орыс тілдеріндегі бағдарламасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11) үміткерде бар екенін растайтын белгіленген үлгідегі құжаттардың көшірмелері:</w:t>
+        <w:t xml:space="preserve">
+      11) үміткерде: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...15 lines deleted...]
-      ғылым және техника саласындағы халықаралық және (немесе) мемлекеттік сыйлықтардың лауреаты атақтары;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыныптауышқа сәйкес "Әскери ғылымдар және ұлттық қауіпсіздік" ғылыми бағыты бойынша ұйымдар ұсынған үміткерлерді қоспағанда, ғылым және техника саласындағы халықаралық және (немесе) мемлекеттік сыйлықтардың лауреаты атақтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыныптауышқа сәйкес "Әскери ғылымдар және ұлттық қауіпсіздік" ғылыми бағыты бойынша ұйымдар ұсынған үміткерлерді қоспағанда, халықаралық ғылыми ұйымдар және (немесе) Қазақстан Республикасының салалық уәкілетті органдары тағайындаған ғылым және техника саласындағы стипендия (стипендиялар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кемінде 3 (үш) философия докторы (PhD) және (немесе) ғылым кандидаттары немесе ғылым докторлары (дипломдардың, тағайындау туралы бұйрықтардың көшірмелері және (немесе) үміткер ғылыми басшылықты жүзеге асырған ұйымдардың хаты) жетекшісі мәртебесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шет елдердің ұлттық (мемлекеттік) ғылым академияларындағы мүшелігі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инновациялардың жаһандық индексінің өзекті рейтингінде интегралдық микросхемалардың өнертабысына, өнеркәсіптік үлгісіне, пайдалы моделіне, селекциялық жетістігіне немесе топологиясына арналған Қазақстан Республикасының қорғау құжаты (гуманитарлық ғылымдар үшін – зияткерлік меншік объектісіне белгіленген үлгідегі құжаттың болуы) және күзет құжаттарына лицензиялық шарттардың көшірмелері (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жаһандық инновациялар индексінің өзекті рейтингінде көшбасшы орын алатын 30 (отыз) елдің бірінің өнертабысына, пайдалы моделіне, селекциялық жетістігіне немесе интегралдық микросхемалар топологиясына шет елдің қорғау құжаты (гуманитарлық ғылымдар үшін – зияткерлік меншік объектісіне белгіленген үлгідегі құжаттың болуы) және күзет құжаттарына лицензиялық шарттардың көшірмелері (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конструкторлық және (немесе) технологиялық құжаттамалар (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңға сәйкес толық ғылыми цикл жобасы (бар болса) бар екенін растайтын белгіленген үлгідегі құжаттардың көшірмелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Құжаттарды қабылдау мерзімі 10 (он) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының халықаралық ғылыми ұйымдары және (немесе) салалық уәкілетті органдары тағайындаған ғылым және техника саласындағы стипендия (стипендиялар);</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Үміткердің өтініші, сондай-ақ өтінішке қатысты барлық хат-хабарлар мен құжаттар қазақ немесе орыс тілдерінде қағаз форматта жасалады және ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
-[...15 lines deleted...]
-      кемінде 3 (үш) философия докторы (PhD) және (немесе) ғылым кандидаттары немесе ғылым докторлары (дипломдардың, тағайындау туралы бұйрықтардың көшірмелері және (немесе) үміткер ғылыми басшылықты жүзеге асырған ұйымдардың хаты) (бар болса);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш брошюра (тығыз түптеу) нысанында әрбір беттің тізімдемесі мен нөмірленуімен ұсынылады, оның соңғы бетінде парақтардың санын көрсете отырып қорытынды жазба жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
-[...15 lines deleted...]
-      шет елдердің ұлттық (мемлекеттік) ғылым академияларындағы мүшелігі (бар болса);</w:t>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Үміткер шет тілдінде ілеспе құжаттама мен баспа әдебиетін ұсынған жағдайда оларға қазақ немесе орыс тілдеріндегі тиісті бөлімдердің нотариалды куәландырған аудармасы қоса берілген жағдайда рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      инновациялардың жаһандық индексінің өзекті рейтингінде интегралдық микросхемалардың өнертабысына, өнеркәсіптік үлгісіне, пайдалы моделіне, селекциялық жетістігіне немесе топологиясына арналған Қазақстан Республикасының қорғау құжаты (гуманитарлық ғылымдар үшін – зияткерлік меншік объектісіне белгіленген үлгідегі құжаттың болуы) және күзет құжаттарына лицензиялық шарттардың көшірмелері (бар болса);</w:t>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интерпретация қазақ немесе орыс тілдерінде жасалған құжаттар артықшылыққа ие болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...195 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың 12-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген үміткердің құжаттарының нотариалды куәландырған аудармасы қазақ немесе орыс тілінде ұсынылмаған құжаттар қаралмайды және қараусыз қалдырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Академия өтінімге түгендеу нөмірін береді және өтінім Академияда тіркелген күннен бастап 5 (бес) жұмыс күні ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген ұсынылған құжаттардың толықтығын тексеруді ұйымдастырады және үміткердің өлшемдерге сәйкестігін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ұйым ұсынған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       екінші деңгейдегі бір ғылыми бағыт бойынша үміткерлердің екі және одан да көп өтінімдерін Академия осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкессіздікті жою үшін 1 (бір) жұмыс күні ішінде үміткерлердің өтінімдерін ұйымға қайтарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       екінші деңгейдегі 2 (екі) және одан да көп ғылыми бағыттар бойынша үміткердің (лердің) өтінімдері немесе екінші деңгейдегі ғылыми бағытты көрсете отырып, үміткердің өтінішінде деректер жоқ болса, Академия 1 (бір) жұмыс күні ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкессіздікті жою үшін үміткерлердің өтінімдерін ұйымға қайтарады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үміткердің 12-тармақта және өлшемшарттарда көзделген талаптарға және (немесе) қолданылу мерзімі өткен құжаттарға сәйкестігін растайтын құжаттардың толық емес тізбесін Академия құжаттар Академияда тіркелген күннен бастап 5 (бес) жұмыс күні ішінде кемшіліктерді жою туралы ұйымға хабарлама жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеру барысында анық емес деп танылған немесе дұрыстығын бағалау мүмкін болмаған құжаттарды Академия 3 (үш) жұмыс күні ішінде ұйымға құжаттарды еркін нысанда қараудан бас тарту туралы жазбаша дәлелді жауап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ұйым хабарламаны алған күннен бастап 1 (бір) жұмыс күні ішінде Академияға хабарламада көрсетілген жоқ құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламада көрсетілмеген құжаттар қабылданбайды және қараусыз қалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Жетіспейтін құжаттар қайтадан ұсынылмаса, Академия ұйымға хабарлама жіберілген күннен бастап 3 (үш) жұмыс күні ішінде ұйымға құжаттарды еркін нысанда қараудан бас тарту туралы жазбаша дәлелді жауап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жетіспейтін құжаттар осы тармақта белгіленген мерзімді бұза отырып ұсынылса, өтінім қараусыз қалдырылады, ол туралы ұйымға тиісті хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Үміткерлердің ұсынылған құжаттары жоғарыда көрсетілген талаптарға сәйкес келсе Академия құжаттарды қабылдау аяқталғаннан кейін 7 (жеті) жұмыс күні ішінде Академияның корпоративтік веб-ресурсында келесі кезеңге жіберілген үміткерлердің тізімі орналастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
-[...15 lines deleted...]
-      үміткердің 12-тармақта және өлшемшарттарда көзделген талаптарға және (немесе) қолданылу мерзімі өткен құжаттарға сәйкестігін растайтын құжаттардың толық емес тізбесін Академия құжаттар Академияда тіркелген күннен бастап 5 (бес) жұмыс күні ішінде кемшіліктерді жою туралы ұйымға хабарлама жібереді;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Құжаттарды қабылдау мерзімі өткеннен кейін алынған үміткерлердің барлық өтініштері қабылданбайды, ашылмайды және оларды ұсынған ұйымдарға қайтарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
-[...15 lines deleted...]
-      тексеру барысында анық емес деп танылған немесе дұрыстығын бағалау мүмкін болмаған құжаттарды Академия 3 (үш) жұмыс күні ішінде ұйымға құжаттарды еркін нысанда қараудан бас тарту туралы жазбаша дәлелді жауап жібереді.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Балдық жүйе бойынша сараптамалық комиссиясының үміткерлерді бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
-[...15 lines deleted...]
-      18. Ұйым хабарламаны алған күннен бастап 1 (бір) жұмыс күні ішінде Академияға хабарламада көрсетілген жоқ құжаттарды ұсынады.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Үміткерлерді бағалау үшін Академияда сараптау комиссиясы құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
-[...15 lines deleted...]
-      Хабарламада көрсетілмеген құжаттар қабылданбайды және қараусыз қалады.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Сараптама комиссиясының құрамын Академия төралқасы конкурс жарияланғанға дейін 5 (бес) жұмыс күнінен кешіктірілмейтін мерзімде бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
-[...15 lines deleted...]
-      19. Жетіспейтін құжаттар қайтадан ұсынылмаса, Академия ұйымға хабарлама жіберілген күннен бастап 3 (үш) жұмыс күні ішінде ұйымға құжаттарды еркін нысанда қараудан бас тарту туралы жазбаша дәлелді жауап жібереді.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Сараптама комиссиясы кемінде 5 (бес) адамнан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
-[...15 lines deleted...]
-      Жетіспейтін құжаттар осы тармақта белгіленген мерзімді бұза отырып ұсынылса, өтінім қараусыз қалдырылады, ол туралы ұйымға тиісті хабарлама жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама комиссиясының құрамына төраға, орынбасар және оның мүшелері кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
-[...15 lines deleted...]
-      20. Үміткерлердің ұсынылған құжаттары жоғарыда көрсетілген талаптарға сәйкес келсе Академия құжаттарды қабылдау аяқталғаннан кейін 7 (жеті) жұмыс күні ішінде Академияның корпоративтік веб-ресурсында келесі кезеңге жіберілген үміткерлердің тізімі орналастырылады.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама комиссиясының төрағасы сараптамалық комиссияның қызметіне басшылық жасайды, отырыстарда төрағалық етеді, жұмысты жоспарлайды, жалпы бақылауды жүзеге асырады және қызметі мен қабылданатын шешімдері үшін жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
-[...15 lines deleted...]
-      21. Құжаттарды қабылдау мерзімі өткеннен кейін алынған үміткерлердің барлық өтініштері қабылданбайды, ашылмайды және оларды ұсынған ұйымдарға қайтарылады.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама комиссиясының хатшысы оның мүшесі болып табылмайды және Академия қызметкерлерінің арасынан тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-параграф. Балдық жүйе бойынша сараптамалық комиссиясының үміткерлерді бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хатшы сараптама комиссиясының жұмыс істеуін қамтамасыз етеді, комиссия отырысының қорытындысы бойынша хаттама ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
-[...15 lines deleted...]
-      22. Үміткерлерді бағалау үшін Академияда сараптау комиссиясы құрылады.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Сарапшылар ретінде Академия қызметкерлері, сондай-ақ мемлекеттік қызметші болып табылмайтын және ғылыми саладағы функционалдық бағыттарға сәйкес салаларда жұмыс тәжірибесі бар адамдар әрекет етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
-[...15 lines deleted...]
-      23. Сараптама комиссиясының құрамын Академия төралқасы конкурс жарияланғанға дейін 5 (бес) жұмыс күнінен кешіктірілмейтін мерзімде бекітеді.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академия төралқасының шешімі бойынша сараптама комиссиясының құрамына шетелдік ғалымдар және (немесе) сараптама қоғамдастығының өкілдері енгізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
-[...15 lines deleted...]
-      24. Сараптама комиссиясы кемінде 5 (бес) адамнан тұрады.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Сараптама комиссиясының жоқ мүшелерін алмастыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
-[...15 lines deleted...]
-      Сараптама комиссиясының құрамына төраға, орынбасар және оның мүшелері кіреді.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Сараптама комиссиясы қызметінің негізгі мақсаты үміткердің 12-тармақтарда және өлшемшарттарда белгіленген талаптарға сәйкестігі тұрғысынан ұсынылған құжаттарға және үміткердің ғылымды дамытуға қосқан үлесін бағалау болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
-[...15 lines deleted...]
-      Сараптама комиссиясының төрағасы сараптамалық комиссияның қызметіне басшылық жасайды, отырыстарда төрағалық етеді, жұмысты жоспарлайды, жалпы бақылауды жүзеге асырады және қызметі мен қабылданатын шешімдері үшін жауапты болады.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама комиссиясы сараптама жүргізу кезінде үміткерден және (немесе) ұйымнан, сондай-ақ мемлекеттік органдар мен ұйымдардан қосымша ақпарат сұратады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған құжаттарға сараптаманы жүзеге асыру кезінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бағалау (балдар) шкаласы бойынша балдық жүйе негізінде бағалау жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z110" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Сараптама 15 (он бес) жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Сараптама жүргізілгеннен кейін 3 (үш) жұмыс күні ішінде әрбір үміткер бойынша сараптама комиссиясының қорытындысын және балдарды саралаудың кему жүйесі бойынша әрбір ғылыми бағыт бойынша үміткерлердің рейтингін қамтитын сараптама комиссиясының хаттамасы дайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z112" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама комиссиясының хаттамасына сараптама комиссиясының төрағасы мен хатшысы қол қояды және 1 (бір) жұмыс күні ішінде Академия төралқасына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z113" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Егер үміткер бағалау нәтижелері бойынша шекті деңгейден төмен балл санын алса, оның өтінімі қабылданбайды және ол келесі кезеңге жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z114" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академия сараптама комиссиясының жоғарыда көрсетілген қорытындысына сәйкес ұйымға 3 (үш) жұмыс күні ішінде тиісті хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z115" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-параграф. Қазақстан Республикасы Ұлттық ғылым академиясы төралқасының үміткердің бағдарламасын бағалау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z116" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Академия төралқасы үміткердің бағдарламасын бағалауды оның өзектілігін, жаңашылдық деңгейін (оның ішінде жоспарланатын зерттеулер мен әзірлемелерді), тиімділігін (ұлттық даму мақсаттарына қол жеткізуге және ғылыми-технологиялық даму басымдықтарын іске асыруға қосқан үлесі бөлігінде), нысаналы көрсеткіштерге қол жеткізуді және бағдарламаның ресурстық қамтамасыз етілуін, шекті деңгейін Академия төралқасы айқындайтын тәртіппен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      28. Сараптама 15 (он бес) жұмыс күні ішінде жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Сараптама комиссиясының хаттамасын алған күннен бастап 10 (он) жұмыс күні ішінде Академия төралқасының отырысы ұйымдастырылады, онда үміткерлердің бағдарламасын қорғау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      29. Сараптама жүргізілгеннен кейін 3 (үш) жұмыс күні ішінде әрбір үміткер бойынша сараптама комиссиясының қорытындысын және балдарды саралаудың кему жүйесі бойынша әрбір ғылыми бағыт бойынша үміткерлердің рейтингін қамтитын сараптама комиссиясының хаттамасы дайындалады.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміткерлердің бағдарламасын қорғау Академия төралқасының отырысында жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      Сараптама комиссиясының хаттамасына сараптама комиссиясының төрағасы мен хатшысы қол қояды және 1 (бір) жұмыс күні ішінде Академия төралқасына беріледі.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміткер келмеген жағдайда бағдарлама қабылданбайды, ол туралы ұйымға 3 (үш) жұмыс күні ішінде тиісті хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      30. Егер үміткер бағалау нәтижелері бойынша шекті деңгейден төмен балл санын алса, оның өтінімі қабылданбайды және ол келесі кезеңге жіберілмейді.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үміткердің бағдарламасын қорғауды өткізу кестесін Академия төралқасы бекітеді және Академияның корпоративтік веб-ресурсында Академия төралқасының отырысы басталғанға дейін кемінде 3 (үш) жұмыс күні бұрын орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      Академия сараптама комиссиясының жоғарыда көрсетілген қорытындысына сәйкес ұйымға 3 (үш) жұмыс күні ішінде тиісті хабарлама жібереді.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Үміткердің бағдарламасын бағалау нәтижесі қорытынды балдарының орташа сомасынан құралады және Академия төралқасының шешімімен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5-параграф. Қазақстан Республикасы Ұлттық ғылым академиясы төралқасының үміткердің бағдарламасын бағалау тәртібі</w:t>
+    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Бағдарлама қарапайым көпшілік дауыс пен ең көп дауыс алған болса, үміткер бағдарламасын бағалау нәтижелеріне қол жеткізілді деп саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Егер бағдарлама көпшілік дауыс алмаса және оған осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген шекті мәннен төмен баға қойылса, үміткердің бағдарламасын бағалау нәтижелері қол жетімсіз болып саналады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер үміткердің бағдарламасын бағалау нәтижелері қолжетімсіз деп танылса, оның өтінімі қабылданбайды және ол келесі кезеңге жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академия жоғарыда көрсетілген нәтижеге сәйкес ұйымға тиісті хабарламаны 3 (үш) жұмыс күні ішінде жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z126" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-параграф. Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z127" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Академия академиктеріне сайлау Академия академиктерінің жалпы санының кемінде үштен екісі кворумы болған кезде жалпы жиналыстың отырысында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Жалпы жиналыс келесі шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Академияның нақты академик мүшесін сайлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Академия академигі болып сайлануға үміткерді қабылдамау.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
-[...15 lines deleted...]
-      Егер үміткердің бағдарламасын бағалау нәтижелері қолжетімсіз деп танылса, оның өтінімі қабылданбайды және ол келесі кезеңге жіберілмейді.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Егер конкурс нәтижесінде жалпы жиналыс Академияның академигі болып сайлануға кандидаттарды анықтамаса, конкурс мынадай негіздердің бірі бойынша өтпеді деп танылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
-[...15 lines deleted...]
-      Академия жоғарыда көрсетілген нәтижеге сәйкес ұйымға тиісті хабарламаны 3 (үш) жұмыс күні ішінде жібереді.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкурсқа қатысуға ұсынылған өтінімдер болмаған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) егер үміткер сараптама комиссиясының қорытындысына сәйкес шекті балл жинамаса және (немесе) бағдарламаны барынша бағалаумен бағалаудың қол жеткізуге болатын нәтижелерін алмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үміткерге жалпы жиналысқа қатысқан академиктердің жалпы санының үштен екісінен азы дауыс берсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z135" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Академияның нақты мүшесі болып – бағдарламаны қорғау нәтижелері бойынша бағалаудың ең жоғары көрсеткішін алған және жалпы жиналысқа қатысқан академиктердің жалпы санының кемінде үштен екісі дауыс берген сараптамалық комиссияның қорытындысына сәйкес ең көп балл жинаған үміткер саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Академия академигі болып сайлануға қабылданбаған үміткер деп Жалпы жиналысқа қатысқан академиктердің жалпы санының үштен екісінен аспайтын дауыс берген үміткер танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Жалпы жиналыс отырысында балдарды есептеуді жалпы жиналыс қалыптастыратын және 3 (үш) адамнан тұратын есеп комиссиясы жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Есеп комиссиясына Академияның төралқасы мен атқарушы органының мүшелері кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Академияның нақты – академик мүшелері олардың мәртебесін куәландыратын куәлік пен төсбелгілер алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Академия мүшелері Академия бөлімшелерінің бірінде тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Академия мүшелерінің басты мақсаты ғылымды жаңа біліммен және жетістіктермен байыту болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z142" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Сайланған академиктер ғылымды байыту және білімді тарату мақсатында ғылыми бағыт бойынша кеңес береді және Академия жүргізетін Академия академиктерінің тізіліміне енгізіледі, онда ғылыми еңбек, еңбек өтілі, электрондық мекенжай туралы ақпарат қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z143" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Академия төралқасының шешімі бойынша зейнеткерлік жасқа толған және мынадай талаптардың біріне сәйкес келетін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z337" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми қоғамдастық мойындаған ғылымның тиісті саласында ұлттық және (немесе) халықаралық деңгейдегі ғылыми жетістіктері бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z338" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отандық ғылымның дамуына елеулі үлес қосқан және оны әлемдік аналогтар деңгейінде байытқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z339" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми қоғамдастықта, оның ішінде шетелде белгілі жоғары білікті ғылыми кадрларды даярлау мектебі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z340" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми ұйымдарда және (немесе) жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында ғылыми-зерттеу қызметін дамытуға үлес қосқан Академияның толық мүшелері-академиктер Академияның құрметті академигі атағын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...303 lines deleted...]
-      45. Академия мүшелерінің басты мақсаты ғылымды жаңа біліммен және жетістіктермен байыту болып табылады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 47-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Академия төралқасының ұсынысы бойынша "Қазақстан Республикасының Ұлттық ғылым академиясы" республикалық қоғамдық бірлестігінің нақты мүшелері (академиктері) Академияның жалпы жиналысының шешімімен Академияның құрметті академигі болып сайланады және оларға құрметті академик атағы беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
-[...15 lines deleted...]
-      46. Сайланған академиктер ғылымды байыту және білімді тарату мақсатында ғылыми бағыт бойынша кеңес береді және Академия жүргізетін Академия академиктерінің тізіліміне енгізіледі, онда ғылыми еңбек, еңбек өтілі, электрондық мекенжай туралы ақпарат қамтылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Академияның құрметті академигі атағын беру адамның ғылыми және (немесе) ғылыми-техникалық қызметі саласындағы еңбегін, қабілеттерін, бастамашылығы мен жауапкершілігін мойындаудың көрінісі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
-[...15 lines deleted...]
-      47. Академия Президиумының шешімі бойынша зейнеткерлік жасқа толған және мынадай талаптардың біріне сәйкес келетін Академияның толық мүшелері-академиктер:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. "Құрметті академик" атағы өмір бойына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
-[...15 lines deleted...]
-      1) ғылымның тиісті саласында ұлттық және (немесе) халықаралық деңгейдегі ғылыми жетістіктері бар, ғылыми қоғамдастық мойындаған;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Осы Қағидалардың 48-тармағына сәйкес Академияның құрметті академигі атағы берілген адамдар Академия төралқасының шақыруы бойынша Академиктердің жалпы жиналысының отырыстарына қатысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 26.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 135</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 51-тармақпен толықтырылды - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4234,68 +4418,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық ғылым академиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:bookmarkStart w:name="z155" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ілеспе хат </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "________________________________________________________________" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4957,2301 +5141,2440 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орнынан кейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымының толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="146"/>
+    <w:bookmarkStart w:name="z178" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық ғылым академиясы академиясының академигі болып сайлануға арналған конкурсқа қатысуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маған _____________________________ тегі, аты, әкесінің аты (бар болған жағдайда) Қазақстан Республикасы Ұлттық ғылым академиясының академигі болып сайлануға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осымен Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау қағидалары мен өлшемшарттарының талаптарына өзімнің сәйкестігімді растаймын және өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="940"/>
+        <w:gridCol w:w="11226"/>
+        <w:gridCol w:w="134"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басын куәландыратын құжаттың деректері (нөмірі, қашан және кім берді, жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Туған күні және жері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс орны (қысқартуларсыз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымның штаттық кестесіне сәйкес атқаратын лауазымның атауы (қысқартуларсыз) растайтын құжаттарды қоса отыра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білімі (қай жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми дәрежесі / атағы (атауы, қашан және кім берді)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марапаттар, көтермелеулер (мемлекеттік, ведомстволық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми бағыттардың Жіктеуішіне сәйкес деңгейі мен коды көрсетілген таңдалған ғылыми бағыт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таңдалған ғылыми бағыт бойынша жарияланымдар мен монографиялар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атақтардың, наградалардың, стипендиялардың, қорғау құжатының болуы (қашан және кім тағайындалды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет елдердің ұлттық (мемлекеттік) ғылым академияларына мүшелігінің болуы (қай кезеңнен бастап және қай деңгейде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми кеңесші және (немесе) басшы ретінде тиісті құжаттың мерзімі мен нөмірін көрсете отырып, кемінде 3 (үш) философия докторы (PhD), бейіні бойынша доктор, ғылым кандидаттары немесе ғылым докторларының даярлау тәжірибесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ORCHID (ОРСИД) (ғылыми авторларды сәйкестендірудің әріптік-цифрлық коды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Researcherid (Рисечерайди) (Web of Science (Веб оф Сайнс) базасындағы ғалымның идентификаторы базасындағы ғалымның идентификаторы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Author ID (Автор айди) (Scopus (Скопус) базасындағы автордың бірегей нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Толтыру датасына Scopus (Скопус) Хирш Индексі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Толтыру датасына Web of Science (Веб оф Сайнс) Хирш Индексі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрондық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген мекенжайы және тұрғылықты мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11226" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байланыс телефоны (үй, ұялы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жоғарыда көрсетілген барлық мәліметтердің дұрыстығын растаймын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7427,68 +7750,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық ғылым академиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="147"/>
+    <w:bookmarkStart w:name="z186" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7519,370 +7842,370 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Ұлттық ғылым академияға (бұдан әрі – Академия) және үшінші тұлғаларға, яғни қазіргі уақытта да, болашақта да академияның менің (мен туралы) дербес деректерімді жинау, өңдеу және қорғау жөніндегі мән- жайлармен немесе құқықтық қатынастармен, осы келісіммен регламенттелген мақсаттарда және дереккөздерде заңнамаға қайшы келмейтін тәсілдермен жинауға, өңдеуге және трансшекаралық беруге байланысты, оның ішінде Академияның қалауы бойынша Академияда бұрыннан бар немесе болашақта туындайтын кез келген еңбек, азаматтық-құқықтық және (немесе) құқықтық қатынастардың, менің (мен туралы) дербес деректерімде, сондай-ақ қолданыстағы заңнамаға сәйкес болашақта оларда болып жатқан электрондық, қағаз және (немесе) материалдық жеткізгіште тіркелген өзгерістер және (немесе) толықтырулардың туындауына байланысты тұлғаларға келісім беремін. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Академия академигі болып сайлануға арналған конкурсқа қатысу кезеңі ішінде Академияға тиісті растайтын құжаттарды ұсына отырып, менің (мен туралы) дербес деректерімнің кез келген өзгерістері және (немесе) толықтырулары туралы Академияға жазбаша хабарлауға міндеттенемін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z190" w:id="148"/>
+    <w:bookmarkStart w:name="z190" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Академия үміткердің дербес деректерін жинауды, өңдеуді және трансшекаралық беруді мынадай мақсаттар үшін жүзеге асырады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z191" w:id="149"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z191" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Академияны ішкі бақылау және есепке алу үшін, сондай-ақ үміткердің және Академияның өз міндеттемелерін, оның ішінде тиісті конкурстар (шарттар, келісімдер) бойынша тиісінше орындауын бақылау және растау үшін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z192" w:id="150"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z192" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Академияның құқықтарын қорғаудың сот және соттан тыс нысаны үшін: тиісті мәмілелер (шарттар, келісімдер) бойынша міндеттемелер бұзылған жағдайда; үшінші тұлғалармен даулы жағдайларды қоса алғанда, даулы жағдайлар туындаған жағдайда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z193" w:id="151"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z193" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) бұқаралық ақпарат құралдарында және жалпыға қолжетімді дереккөздерде деректерді орналастыру үшін жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z194" w:id="152"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z194" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы келісіммен: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z195" w:id="153"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z195" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы келісім Академиямен барлық қатынастарға, оның ішінде осы келісім берілген кезде қалыптасқан және (немесе) туындайтын, оның ішінде болашақта туындайтын қатынастарға қолданылатынын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z196" w:id="154"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z196" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы келісіммен Академияға үшінші тұлғалардың менің дербес деректеріме қол жеткізу шарттарын дербес айқындауын; заңнамаға сәйкес дербес деректердің жалпыға қолжетімді көздерінде дербес деректерді таратуын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z197" w:id="155"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z197" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Академия дербес деректерді жинау, өңдеу және трансшекаралық беру кезінде үміткердің хабарламасын талап етпейтінін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z198" w:id="156"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z198" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы келісім Академияда үміткердің дербес деректерін жинауға, өңдеуге және трансшекаралық беруге қажетті өкілеттіктердің бар екендігінің дәлелі ретінде үшінші тұлғаларға берілетінін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z199" w:id="157"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z199" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы келісім Қазақстан Республикасының заңнамасында регламенттелген жағдайларда жазбаша нысанда ресімделген тиісті өтініштің негізінде кері қайтарылатынын, ол академияға осы келісім кері қайтарылған күнге дейін кемінде 15 (он бес) жұмыс күні бұрын жіберілетінін. Бұл ретте, осы келісім </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда, сондай-ақ Академия алдында мен орындамаған міндеттемелер болған кезде кері қайтарылмайтынын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z200" w:id="158"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z200" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) егер мен және академия арасында жасалған тиісті шартта немесе мәмілелерде Академияның дербес деректерді ашық байланыс арналары арқылы беруі көзделген немесе көзделсе, мен оларды үшінші тұлғалардың рұқсатсыз алу тәуекелін түсінемін және осындай тәуекелді өзіме қабылдаймын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z201" w:id="159"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z201" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) тегі, аты, әкесінің аты (бар болса), лауазымы, байланыс ақпараты (телефон нөмірлері, электрондық пошта мекенжайы), портреттік бейнесі (фотосуреті) бар дербес деректер жалпыға қолжетімді, яғни оларға қол жеткізу еркін болып табылатынын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z202" w:id="160"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z202" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Академия Қазақстан Республикасының заңнамасында белгіленген жағдайларда үміткердің келісімінсіз дербес деректерді жинауды, өңдеуді және трансшекаралық беруді жүргізетінін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z203" w:id="161"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z203" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) дербес деректерді жинау, өңдеу тізбесі мен тәртібін белгілейтін Академия актілерімен танысқанымды және осындай тәртіппен келісетінімді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z204" w:id="162"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z204" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) Академия заң талаптарын және (немесе) осы келісімде қол жеткізген шарттарды сақтаған жағдайда, болашақта менің (мен туралы) дербес деректерімді жинауға, өңдеуге және трансшекаралық беруге қатысты Академияға қандай да бір наразылықтарым болмайтынын растаймын. Осы келісімнің мәтінін мен толық түсінемін, толықтырулар, ескертулер мен қарсылықтар жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________                               _________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8105,156 +8428,136 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6539"/>
+        <w:gridCol w:w="5761"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6539" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮМІТКЕРДІҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПОСЛУЖНОЙ СПИСОК ПРЕТЕНДЕНТА</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 I. ЖЕКЕ МӘЛІМЕТТЕР </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЛИЧНЫЕ ДАННЫЕ
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="5761" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фото 3х4</w:t>
@@ -8296,61 +8599,68 @@
               <w:t>
 ____________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8530,64 +8840,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4729"/>
+        <w:gridCol w:w="5080"/>
+        <w:gridCol w:w="2491"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8597,71 +8906,78 @@
               <w:t>
 Туылған күні (күнi, айы, жылы) / Дата рождения (число, месяц, год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8671,71 +8987,78 @@
               <w:t>
 Меняли ли фамилию/имя/отчество с указанием предыдщуего, номера и даты соответствующего решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8745,71 +9068,78 @@
               <w:t>
 Туылған жерi/Место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8819,71 +9149,78 @@
               <w:t>
 Ұлты/Национальность *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8893,1597 +9230,1739 @@
               <w:t>
 Семейное положение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бiлiмi/Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары және (немесе) жоғары оқу орныан кейінгі білім беру ұйымдарын бітірген жылы/ Год окончания организации высшего и (или) послевузовского образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандығы бойынша бiлiктiлiгi/ Квалификация по специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу орнын атауы/ Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми дәрежесi, ғылыми атағы/ Ученая степень, ученое звание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование ученой степени/ ученого звания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Когда и кем присуждена с указанием номера и даты решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шет тiлдерiн бiлуi/ Владение иностранными языками </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатиялық дәрежесi/ Дипломатический ранг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әскери, арнайы атақтары, сыныптық шенi/ Воинское, специальное звание, классный чин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк наградалары, құрметтi атақтары/ Государственные награды, почетные звания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәртiптiк жазалар туралы мәлiмет/ Сведения о дисциплинарных взысканиях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыбайлас жемқорлық құқық бұзушылық жасағаны үшiн тәртiптiк жазалар қолданылғаны туралы мәлiмет/ Сведения о дисциплинарных взысканиях за совершение коррупционного правонарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аттестациядан өткен күнi және нәтижелерi/ Дата и результаты аттестации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайта даярлау (қайта мамандану) және біліктілігін арттыру курстарынан өткен күні/</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата прохождения курсов переподготовки (переквалификации) и повышения квалификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет елдердің ұлттық (мемлекеттік) Ғылым Академияларына мүшелігінің болуы/ Наличие членства в национальных (государственных) академиях наук зарубежных стран</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z214" w:id="163"/>
+    <w:bookmarkStart w:name="z214" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       II. ЕҢБЕК ЖОЛЫ ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="5331"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="2434"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5331" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазымы, жұмыс орны, ұйымның орналасқан жерi / Должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № и дата документа о приеме на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2434" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № и дата документа об освобождении от должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қабылданған/ приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10519,1921 +10998,2166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2434" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="164"/>
+    <w:bookmarkStart w:name="z215" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       III. ҒЫЛЫМ ЖОЛЫ НАУЧНАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4121"/>
+        <w:gridCol w:w="4591"/>
+        <w:gridCol w:w="3588"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наградалар/ Награды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы/Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың нөмірі мен күні /</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гранттар/ Гранты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы, іске асыру мерзімі, кім берді</w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование, срок реализации, кем присуждены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование, срок реализации, кем присуждены</w:t>
-[...34 lines deleted...]
-              <w:t>
 Берілген құжаттың нөмірі мен күні</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата документа о присуждении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жетістіктер/ Достижения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4591" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы, кім берді</w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование, кем присуждено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование, кем присуждено</w:t>
-[...34 lines deleted...]
-              <w:t>
 Берілген құжаттың нөмірі мен күні</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата документа о присуждении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарияланған жұмыстар/ Опубликованные работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми тағылымдамалар/ Научные стажировки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқытушылық қызмет тәжірибесі/ Опыт преподавательской деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4121" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зерттеу қызметінің тәжірибесі/ Опыт исследовательской деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________ (лауазымы/должность) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -12684,1408 +13408,1408 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="165"/>
+    <w:bookmarkStart w:name="z228" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық ғылым академиясының академиктеріне сайлануға үміткердің бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z229" w:id="166"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z229" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қазақстан Республикасы Ұлттық ғылым академиясының академиктеріне сайлануға үміткердің бағдарламасы Қазақстан Республикасы Ұлттық ғылым академиясының академиктері сайланған жағдайда үміткердің өткізуі болжанатын 5 (бес) жылдық кезеңге арналған іс-шаралардың қысқаша сипаттамасы мен тізбесін қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z230" w:id="167"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z230" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әрбір іс-шара бойынша үміткердің іс-қимыл жоспарын, аяқталу нысанын және оны іске асыру мерзімін көрсету қажет. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z231" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама мазмұны келесі бөлімдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z232" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бағдарламаның жалпы тұжырымдамасы (750 (жеті жүз елу) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z233" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Кіріспе бөлім (200 (екі жүз) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z234" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарлама идеясының қысқаша сипаттамасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z235" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Бағдарламаның мақсаты (50 (елу) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z236" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсат қысқаша және нақты баяндалады, бағдарлама тақырыбына және бағдарлама әзірленген стратегиялық міндетке сәйкес, қол жеткізуге болатын болуы және бағдарламаны іске асыру нәтижесінде күтілетін шешімнің сипатын көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z237" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Бағдарламаның міндеттері (500 (бес жүз) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z231" w:id="168"/>
-[...15 lines deleted...]
-      Бағдарлама мазмұны келесі бөлімдерді қамтиды:</w:t>
+    <w:bookmarkStart w:name="z238" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл бөлімде логикалық өзара байланысты, дәйекті тапсырмалар арқылы бағдарламаның мақсатына жету жолы сипатталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z232" w:id="169"/>
-[...15 lines deleted...]
-      1. Бағдарламаның жалпы тұжырымдамасы (750 (жеті жүз елу) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z239" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қойылған міндеттердің тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z233" w:id="170"/>
-[...15 lines deleted...]
-      1) Кіріспе бөлім (200 (екі жүз) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z240" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) міндеттерді шешудің өлшенетін көрсеткіштерімен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z234" w:id="171"/>
-[...15 lines deleted...]
-      Бағдарлама идеясының қысқаша сипаттамасы көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағдарламаның мақсатына жетудегі міндеттердің әрқайсысының рөлін және міндеттермен және бағдарламаның күтілетін нәтижелерімен өзара байланысын қысқаша негіздеумен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z235" w:id="172"/>
-[...15 lines deleted...]
-      2) Бағдарламаның мақсаты (50 (елу) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z242" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үміткердің пікірінше маңызды параметрлермен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z236" w:id="173"/>
-[...15 lines deleted...]
-      Мақсат қысқаша және нақты баяндалады, бағдарлама тақырыбына және бағдарлама әзірленген стратегиялық міндетке сәйкес, қол жеткізуге болатын болуы және бағдарламаны іске асыру нәтижесінде күтілетін шешімнің сипатын көрсетеді.</w:t>
+    <w:bookmarkStart w:name="z243" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бағдарламаның ғылыми жаңалығы мен маңыздылығы (2000 (екі мың) сөзден аспайды).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z237" w:id="174"/>
-[...15 lines deleted...]
-      3) Бағдарламаның міндеттері (500 (бес жүз) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z244" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім келесі ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z238" w:id="175"/>
-[...15 lines deleted...]
-      Бұл бөлімде логикалық өзара байланысты, дәйекті тапсырмалар арқылы бағдарламаның мақсатына жету жолы сипатталған.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағдарламаны әзірлеуге ғылыми негіздеме, бағдарлама тақырыбына қатысты әлемде және Қазақстан Республикасында жүргізілген алдыңғы ғылыми зерттеулерге міндетті шолу жасай отырып, ғылыми жаңалықтың негіздемесі және олардың осы бағдарламамен өзара байланысы (шолуда пайдаланылған әдебиетке сілтемелер көрсетіледі, оның толық транскрипциясы "Библиография" бөлімінде ұсынылады), (болған жағдайда бағдарламаның тақырыбына қатысты алдын ала нәтижелер және (немесе) үміткер бұрын алған нәтижелер көрсетіледі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z239" w:id="176"/>
-[...15 lines deleted...]
-      Қойылған міндеттердің тізбесі:</w:t>
+    <w:bookmarkStart w:name="z246" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағдарламаның өзі шешілетін стратегиялық маңызды мемлекеттік міндетке сәйкестігі, нәтижелердің стратегиялық маңызды мемлекеттік міндетті шешу үшін қолданылуы, бағдарламаның ұлттық және халықаралық ауқымдағы маңыздылығы, күтілетін нәтижелердің ғылым мен технологиялардың дамуына әсері, күтілетін әлеуметтік және экономикалық әсер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z240" w:id="177"/>
-[...15 lines deleted...]
-      1) міндеттерді шешудің өлшенетін көрсеткіштерімен;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағдарлама нәтижелерінің маңыздылығын негіздейтін ғылыми және технологиялық мұқтаждықтар (бар болса, әлеуметтік сұранысты және (немесе) экономикалық және индустриялық мүдделілікті, растайтын деректерді қоса алғанда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z241" w:id="178"/>
-[...15 lines deleted...]
-      2) бағдарламаның мақсатына жетудегі міндеттердің әрқайсысының рөлін және міндеттермен және бағдарламаның күтілетін нәтижелерімен өзара байланысын қысқаша негіздеумен;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағдарламаның күтілетін нәтижелерінің бәсекеге қабілеттілігі, оларды Қазақстан Республикасында және әлемде бар белгілі аналогтармен салыстыру, әлемде ұқсас міндеттерді шешу тәжірибесі, оны бағдарлама шеңберінде қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z242" w:id="179"/>
-[...15 lines deleted...]
-      3) үміткердің пікірінше маңызды параметрлермен жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағдарлама идеясының қолданыстағы аналогтардан немесе бәсекелес идеялардан түбегейлі айырмашылықтары. Егер зерттеу идеясы немесе нәтижесі әлемде және (немесе) Қазақстанда бұрыннан бар болса, бағдарламаға инвестициялар неге әлі де тиімді екенін негіздеу қажет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z243" w:id="180"/>
-[...15 lines deleted...]
-      2. Бағдарламаның ғылыми жаңалығы мен маңыздылығы (2000 (екі мың) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z250" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бағдарламаның түпкілікті нәтижелерінің бірі өнім болып табылса, қазіргі уақытта бағдарламаның пәндік саласында қалыптасқан техника деңгейін сипатталады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z244" w:id="181"/>
+    <w:bookmarkStart w:name="z251" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) егер бағдарлама үміткер бұрын жүргізген ғылыми зерттеулердің жалғасы болып табылса немесе бұрын қаржыландырылған және аяқталған ғылыми зерттеулердің элементтерін қамтыса, бағдарламаның бұрын жүргізілген ғылыми зерттеулермен өзара байланысын және оның олардан айырмашылығын нақты баяндау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z252" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Зерттеу әдістері және әдеп мәселелері (1500 (мың бес жүз) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z253" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім келесі ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z247" w:id="184"/>
-[...15 lines deleted...]
-      3) бағдарлама нәтижелерінің маңыздылығын негіздейтін ғылыми және технологиялық мұқтаждықтар (бар болса, әлеуметтік сұранысты және (немесе) экономикалық және индустриялық мүдделілікті, растайтын деректерді қоса алғанда);</w:t>
+    <w:bookmarkStart w:name="z254" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағдарламаның негізгі ғылыми мәселелері мен гипотезаларының сипаттамасы, зерттеу стратегиясы мен тәсілдерінің негіздемесі, бағдарламада қолданылатын зерттеу түрлері (сипаттамалық, корреляциялық және/немесе эксперименттік), зерттеу жүргізудің кезектілігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z248" w:id="185"/>
-[...15 lines deleted...]
-      4) бағдарламаның күтілетін нәтижелерінің бәсекеге қабілеттілігі, оларды Қазақстан Республикасында және әлемде бар белгілі аналогтармен салыстыру, әлемде ұқсас міндеттерді шешу тәжірибесі, оны бағдарлама шеңберінде қолдану;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ең маңызды эксперименттердің қысқаша сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z249" w:id="186"/>
-[...15 lines deleted...]
-      5) бағдарлама идеясының қолданыстағы аналогтардан немесе бәсекелес идеялардан түбегейлі айырмашылықтары. Егер зерттеу идеясы немесе нәтижесі әлемде және (немесе) Қазақстанда бұрыннан бар болса, бағдарламаға инвестициялар неге әлі де тиімді екенін негіздеу қажет;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағдарламада қойылған мақсаттарға қол жеткізу тәсілдерінің негіздемесі ретінде пайдаланылатын зерттеу әдістерінің сипаттамасы, олардың бағдарлама мақсаттары мен міндеттерімен өзара, бір-бірімен байланысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z250" w:id="187"/>
-[...15 lines deleted...]
-      6) бағдарламаның түпкілікті нәтижелерінің бірі өнім болып табылса, қазіргі уақытта бағдарламаның пәндік саласында қалыптасқан техника деңгейін сипатталады;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алғашқы (бастапқы) ақпаратты жинау әдістері, оның көздері және бағдарламаның міндеттерін шешу үшін қолданылуы, деректерді өңдеу тәсілдері, сондай-ақ олардың дұрыстығы мен жаңғыртылуын қамтамасыз етуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z251" w:id="188"/>
-[...15 lines deleted...]
-      7) егер бағдарлама үміткер бұрын жүргізген ғылыми зерттеулердің жалғасы болып табылса немесе бұрын қаржыландырылған және аяқталған ғылыми зерттеулердің элементтерін қамтыса, бағдарламаның бұрын жүргізілген ғылыми зерттеулермен өзара байланысын және оның олардан айырмашылығын нақты баяндау қажет.</w:t>
+    <w:bookmarkStart w:name="z258" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) зияткерлік меншік құқықтарын ресімдеу және зерттеу нәтижелеріне бөлу шарттары (зияткерлік меншікті қорғаудың қандай әдісі таңдалатынын көрсету, таңдауды негіздеу қажет).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z252" w:id="189"/>
-[...15 lines deleted...]
-      3. Зерттеу әдістері және әдеп мәселелері (1500 (мың бес жүз) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z259" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Зерттеу (көпсалалы) тобы және бағдарламаны басқару.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z253" w:id="190"/>
+    <w:bookmarkStart w:name="z260" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарламаны басқару схемасы, зерттеу тобының құрамы, оның ішінде орындаушылар арасындағы өзара іс-қимыл тәртібі, олардың жұмысын үйлестіру және бағдарламаны іске асыру мәселелері бойынша шешімдер қабылдау тәсілдері сипатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z261" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Зерттеу ортасы (1000 (мың) сөзден аспайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z262" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім келесі ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z256" w:id="193"/>
-[...15 lines deleted...]
-      3) бағдарламада қойылған мақсаттарға қол жеткізу тәсілдерінің негіздемесі ретінде пайдаланылатын зерттеу әдістерінің сипаттамасы, олардың бағдарлама мақсаттары мен міндеттерімен өзара, бір-бірімен байланысы;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әрбір орындаушының бағдарламаның мақсатына қол жеткізуге қосқан үлесін және олардың рөлін негізге ала отырып, бағдарламаға қатысуының негіздемесі (бағдарламаны орындаушылар бүкіл кезең ішінде бағдарламаны іске асыруға қатысатын ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып саналады);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z257" w:id="194"/>
-[...15 lines deleted...]
-      4) алғашқы (бастапқы) ақпаратты жинау әдістері, оның көздері және бағдарламаның міндеттерін шешу үшін қолданылуы, деректерді өңдеу тәсілдері, сондай-ақ олардың дұрыстығы мен жаңғыртылуын қамтамасыз етуі;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әрбір ұйымды тарту қажеттілігі негізделе отырып, оның бағдарламадағы рөлін, орындалатын жұмыстың сипатын және мақсатын, күтілетін нәтижелерге қол жеткізуге қосқан үлесін сипаттай отырып, бөгде ұйымдарды бағдарламаны іске асыруға тарту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z258" w:id="195"/>
-[...15 lines deleted...]
-      5) зияткерлік меншік құқықтарын ресімдеу және зерттеу нәтижелеріне бөлу шарттары (зияткерлік меншікті қорғаудың қандай әдісі таңдалатынын көрсету, таңдауды негіздеу қажет).</w:t>
+    <w:bookmarkStart w:name="z265" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағдарламаны іске асыру үшін тікелей пайдаланылатын, оны пайдалану бағытын және ғылыми-зерттеу жабдықтарымен жұмыс істеу дағдылары бар зерттеу тобының мүшелерін көрсете отырып, орындаушыларда бар материалдық-техникалық базаның (жабдық, аспаптар, мүкәммал, көлік, ғимараттар, құрылыстар және т. б.) сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z259" w:id="196"/>
-[...15 lines deleted...]
-      4. Зерттеу (көпсалалы) тобы және бағдарламаны басқару.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бағдарламаны іске асыру үшін пайдаланылатын негізгі отандық және халықаралық байланыстар (коллабораторлар мен әріптестер), оларды пайдаланудың сипаты мен негіздемесі көрсетіле отырып, отандық және шетелдік ұйымдардың (зертханалардың) инфрақұрылымын негіздемемен пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z260" w:id="197"/>
-[...15 lines deleted...]
-      Бағдарламаны басқару схемасы, зерттеу тобының құрамы, оның ішінде орындаушылар арасындағы өзара іс-қимыл тәртібі, олардың жұмысын үйлестіру және бағдарламаны іске асыру мәселелері бойынша шешімдер қабылдау тәсілдері сипатталады.</w:t>
+    <w:bookmarkStart w:name="z267" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ұтқырлықтың негіздемесі: (1) ғылыми іссапарлар және олардың бағдарламаны іске асыруға әсері, (2) әріптес ұйымдар базасындағы жұмыс кезеңдері және олардың бағдарламаны іске асыруға әсері. Әрбір шетелдік іссапар үшін іссапардың мақсаты, күтілетін нәтижесі және орындаушының бағдарлама мақсатына қол жеткізуге қосқан үлесі қысқаша көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z261" w:id="198"/>
-[...15 lines deleted...]
-      5. Зерттеу ортасы (1000 (мың) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z268" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сұралған қаржыландырудың негіздемесі (2000 (екі мың) сөзден аспайды).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z262" w:id="199"/>
+    <w:bookmarkStart w:name="z269" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлім келесі ақпаратты қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z263" w:id="200"/>
-[...15 lines deleted...]
-      1) әрбір орындаушының бағдарламаның мақсатына қол жеткізуге қосқан үлесін және олардың рөлін негізге ала отырып, бағдарламаға қатысуының негіздемесі (бағдарламаны орындаушылар бүкіл кезең ішінде бағдарламаны іске асыруға қатысатын ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып саналады);</w:t>
+    <w:bookmarkStart w:name="z270" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағдарлама бойынша жиынтық есеп (бюджет).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z264" w:id="201"/>
-[...15 lines deleted...]
-      2) әрбір ұйымды тарту қажеттілігі негізделе отырып, оның бағдарламадағы рөлін, орындалатын жұмыстың сипатын және мақсатын, күтілетін нәтижелерге қол жеткізуге қосқан үлесін сипаттай отырып, бөгде ұйымдарды бағдарламаны іске асыруға тарту;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бағдарламаның мақсатына, міндеттеріне және күтілетін нәтижелеріне қол жеткізу үшін олардың қажеттілігін міндетті негіздей отырып, шығыстардың әрбір бабының мазмұны мен шамасын есептеуге қысқаша түсініктемелер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z265" w:id="202"/>
-[...15 lines deleted...]
-      3) бағдарламаны іске асыру үшін тікелей пайдаланылатын, оны пайдалану бағытын және ғылыми-зерттеу жабдықтарымен жұмыс істеу дағдылары бар зерттеу тобының мүшелерін көрсете отырып, орындаушыларда бар материалдық-техникалық базаның (жабдық, аспаптар, мүкәммал, көлік, ғимараттар, құрылыстар және т. б.) сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бағдарламаны іске асыру жоспары (750 (жеті жүз елу) сөзден аспайды).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z266" w:id="203"/>
-[...15 lines deleted...]
-      4) бағдарламаны іске асыру үшін пайдаланылатын негізгі отандық және халықаралық байланыстар (коллабораторлар мен әріптестер), оларды пайдаланудың сипаты мен негіздемесі көрсетіле отырып, отандық және шетелдік ұйымдардың (зертханалардың) инфрақұрылымын негіздемемен пайдалану;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлім бағдарламаның әр жылы бөлінісінде бағдарламаны іске асыру жөніндегі жұмыстардың егжей-тегжейлі, дәйекті жоспарын қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z267" w:id="204"/>
-[...15 lines deleted...]
-      5) ұтқырлықтың негіздемесі: (1) ғылыми іссапарлар және олардың бағдарламаны іске асыруға әсері, (2) әріптес ұйымдар базасындағы жұмыс кезеңдері және олардың бағдарламаны іске асыруға әсері. Әрбір шетелдік іссапар үшін іссапардың мақсаты, күтілетін нәтижесі және орындаушының бағдарлама мақсатына қол жеткізуге қосқан үлесі қысқаша көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z274" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бағдарламаның күтілетін нәтижелері (1000 (мың) сөзден аспайды).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z268" w:id="205"/>
-[...15 lines deleted...]
-      6. Сұралған қаржыландырудың негіздемесі (2000 (екі мың) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z275" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күтілетін нәтижелер, стратегиялық маңызды мемлекеттік міндеттің барлық аспектілеріне ықпал етуді көздейтін кешенді шешімді қамтамасыз етуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z269" w:id="206"/>
-[...15 lines deleted...]
-      Бөлім келесі ақпаратты қамтиды:</w:t>
+    <w:bookmarkStart w:name="z276" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарламаның нәтижелері сандық және сапалық сипаттамалары мен іске асыру нысаны көрсетіле отырып сипатталады. Бағдарламаның мақсаты мен міндеттеріне сәйкес нәтиженің негіздемесі келтіріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z270" w:id="207"/>
-[...15 lines deleted...]
-      1) бағдарлама бойынша жиынтық есеп (бюджет).</w:t>
+    <w:bookmarkStart w:name="z277" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағдарламаны іске асыру нәтижесінде қамтамасыз етіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z271" w:id="208"/>
-[...15 lines deleted...]
-      2) бағдарламаның мақсатына, міндеттеріне және күтілетін нәтижелеріне қол жеткізу үшін олардың қажеттілігін міндетті негіздей отырып, шығыстардың әрбір бабының мазмұны мен шамасын есептеуге қысқаша түсініктемелер.</w:t>
+    <w:bookmarkStart w:name="z278" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бағдарламаның бағыты (бағыттары) бойынша Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша Q1-Q2 журналдарында кемінде 3 (үш) мақала жариялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z272" w:id="209"/>
-[...15 lines deleted...]
-      7. Бағдарламаны іске асыру жоспары (750 (жеті жүз елу) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z279" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шетелдік және (немесе) Қазақстандық баспалардың кітаптарында кемінде 1 (бір) монографияны, кітаптарды және (немесе) тарауларды жариялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z273" w:id="210"/>
-[...15 lines deleted...]
-      Бөлім бағдарламаның әр жылы бөлінісінде бағдарламаны іске асыру жөніндегі жұмыстардың егжей-тегжейлі, дәйекті жоспарын қамтиды.</w:t>
+    <w:bookmarkStart w:name="z280" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қазақстандық және шетелдік патенттік бюроларда өтінім беру және/немесе патенттер алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z274" w:id="211"/>
-[...15 lines deleted...]
-      8. Бағдарламаның күтілетін нәтижелері (1000 (мың) сөзден аспайды).</w:t>
+    <w:bookmarkStart w:name="z281" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми-техникалық, конструкторлық құжаттаманы әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z275" w:id="212"/>
-[...15 lines deleted...]
-      Күтілетін нәтижелер, стратегиялық маңызды мемлекеттік міндеттің барлық аспектілеріне ықпал етуді көздейтін кешенді шешімді қамтамасыз етуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z282" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бағдарлама нәтижелерін пилоттық енгізу және (немесе) бағдарламаны іске асыру кезінде алынған білім мен нәтижелерді әлеуетті пайдаланушылар, ғалымдар қауымдастығы және қалың жұртшылық арасында тарату жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z276" w:id="213"/>
-[...15 lines deleted...]
-      Бағдарламаның нәтижелері сандық және сапалық сипаттамалары мен іске асыру нысаны көрсетіле отырып сипатталады. Бағдарламаның мақсаты мен міндеттеріне сәйкес нәтиженің негіздемесі келтіріледі.</w:t>
+    <w:bookmarkStart w:name="z283" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) үміткердің тікелей басшылығымен кемінде 1 (бір) көпсалалы зерттеу тобының қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z277" w:id="214"/>
-[...15 lines deleted...]
-      Бағдарламаны іске асыру нәтижесінде қамтамасыз етіледі:</w:t>
+    <w:bookmarkStart w:name="z284" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кемінде 2 (екі) отандық ғылыми кадрларды (PhD философия докторларын, бейіні бойынша докторларды және (немесе) ғылым кандидаттарын немесе ғылым докторларын) даярлау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z278" w:id="215"/>
-[...15 lines deleted...]
-      1) бағдарламаның бағыты (бағыттары) бойынша Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша Q1-Q2 журналдарында кемінде 3 (үш) мақала жариялау;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ғылым мен техниканың түрлі салаларында кемінде 3 (үш) ғылыми зерттеулер жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z279" w:id="216"/>
-[...15 lines deleted...]
-      2) шетелдік және (немесе) Қазақстандық баспалардың кітаптарында кемінде 1 (бір) монографияны, кітаптарды және (немесе) тарауларды жариялау;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ғылымды танымал етуге қатысу (оның ішінде теледидарда және (немесе) радиохабарларда кемінде 5 (бес) сұхбат, ғылыми-танымал мақалалар, республикалық деңгейдегі баспа бұқаралық ақпарат құралдарында кемінде 5 (бес) мақала (жарияланымдар) жариялау, кемінде 5 (бес) ғылыми-танымал дәрістер оқу жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында аудиторияны кеңінен қамти отырып, интернет-ресурстарда кемінде 5 (бес) бейнематериал (бейнеәдістер, фильмдер, репортаждар, бейне-подкасттар) құру және орналастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z280" w:id="217"/>
-[...15 lines deleted...]
-      3) қазақстандық және шетелдік патенттік бюроларда өтінім беру және/немесе патенттер алу;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бағдарламаның ерекшеліктеріне сәйкес өлшенетін нәтижелер. Бөлімде қосымша көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z281" w:id="218"/>
-[...15 lines deleted...]
-      4) ғылыми-техникалық, конструкторлық құжаттаманы әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолдану саласы, нысаналы тұтынушылар, әлеуметтік, экономикалық, экологиялық, ғылыми-техникалық, мультипликативтік және (немесе) стратегиялық маңызды мемлекеттік міндетке сәйкес күтілетін нәтижелердің әрқайсысының әсері, оны шешу үшін негіздемесі бар бағдарлама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z282" w:id="219"/>
-[...15 lines deleted...]
-      5) бағдарлама нәтижелерін пилоттық енгізу және (немесе) бағдарламаны іске асыру кезінде алынған білім мен нәтижелерді әлеуетті пайдаланушылар, ғалымдар қауымдастығы және қалың жұртшылық арасында тарату жөніндегі іс-шаралар;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күтілетін нәтижелердің ғылым мен технологияның негізгі ғылыми бағыты мен сабақтас салаларының дамуына әсері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z283" w:id="220"/>
-[...15 lines deleted...]
-      6) үміткердің тікелей басшылығымен кемінде 1 (бір) көпсалалы зерттеу тобының қызметі;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алынған ғылыми нәтижелердің қолданылуы және (немесе) коммерцияландыру мүмкіндігі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z284" w:id="221"/>
-[...15 lines deleted...]
-      7) кемінде 2 (екі) отандық ғылыми кадрларды (PhD философия докторларын, бейіні бойынша докторларды және (немесе) ғылым кандидаттарын немесе ғылым докторларын) даярлау;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бағдарламаның сапалық және сандық сипаттамаларын көрсете отыра тікелей және жанама нәтижелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z285" w:id="222"/>
-[...15 lines deleted...]
-      8) ғылым мен техниканың түрлі салаларында кемінде 3 (үш) ғылыми зерттеулер жүргізу;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Библиография</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z286" w:id="223"/>
-[...15 lines deleted...]
-      9) ғылымды танымал етуге қатысу (оның ішінде теледидарда және (немесе) радиохабарларда кемінде 5 (бес) сұхбат, ғылыми-танымал мақалалар, республикалық деңгейдегі баспа бұқаралық ақпарат құралдарында кемінде 5 (бес) мақала (жарияланымдар) жариялау, кемінде 5 (бес) ғылыми-танымал дәрістер оқу жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында аудиторияны кеңінен қамти отырып, интернет-ресурстарда кемінде 5 (бес) бейнематериал (бейнеәдістер, фильмдер, репортаждар, бейне-подкасттар) құру және орналастыру;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлімде басылымдар, пайдаланылған әдебитеттер және сілтемелер толық таратып жазылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z287" w:id="224"/>
-[...15 lines deleted...]
-      10) бағдарламаның ерекшеліктеріне сәйкес өлшенетін нәтижелер. Бөлімде қосымша көрсетіледі:</w:t>
+    <w:bookmarkStart w:name="z294" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір жарияланымда журналдың толық атауы, басылым нөмірі, шыққан жылы, бет нөмірлері, мақаланың толық атауы, мақаланың барлық авторларының аты-жөні болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z288" w:id="225"/>
-[...15 lines deleted...]
-      қолдану саласы, нысаналы тұтынушылар, әлеуметтік, экономикалық, экологиялық, ғылыми-техникалық, мультипликативтік және (немесе) стратегиялық маңызды мемлекеттік міндетке сәйкес күтілетін нәтижелердің әрқайсысының әсері, оны шешу үшін негіздемесі бар бағдарлама;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда), күні және қолы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z289" w:id="226"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="232"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14177,3167 +14901,3324 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="233"/>
+    <w:bookmarkStart w:name="z297" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Қазақстан Республикасы Ұлттық ғылым академиясының академигі болып сайлануға үміткер бойынша сараптама комиссиясының қорытындысы  ________________________________________________________________________  (Тегі, аты, әкесінің аты (бар болған жағдайда), жеке сәйкестендіру нөмірі )  ________________________________________  (ғылыми бағыттың атауы)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="233"/>
+        <w:t xml:space="preserve">  Қазақстан Республикасы Ұлттық ғылым академиясының академигі болып сайлануға үміткер бойынша сараптама комиссиясының қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаға өзгеріс енгізілді - ҚР Ғылым және жоғары білім министрінің м.а. 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________  (Тегі, аты, әкесінің аты (бар болған жағдайда), жеке сәйкестендіру нөмірі )  ________________________________________  (ғылыми бағыттың атауы)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="791"/>
+        <w:gridCol w:w="3887"/>
+        <w:gridCol w:w="3445"/>
+        <w:gridCol w:w="2894"/>
+        <w:gridCol w:w="1283"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсеткіштің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-параметр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-параметр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балдардың жалпы жиыны (3 баған+4 баған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде ғылым және техника саласындағы мемлекеттік сыйлықтың лауреаты атағының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 (бір) мемлекеттік сыйлық болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (екі) және одан да көп мемлекеттік сыйлық болса</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде ғылым және техника саласындағы халықаралық сыйлықтың лауреаты атағының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 (бір) халықаралық сыйлық болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (екі) және одан да көп халықаралық сыйлық болса</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде ғылым және техника саласындағы мемлекеттік стипендиялардың лауреаты атағының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 (бір) мемлекеттік стипендия болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (екі) және одан да көп мемлекеттік стипендиялар болса</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде ғылым және техника саласындағы халықаралық стипендиялардың лауреаты атағының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 (бір) халықаралық стипендия болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (екі) және одан да көп халықаралық стипендиялар болса</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткердің шет елдерде ұлттық (мемлекеттік) ғылым академияларына мүшелігінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 (бір) ұлттық немесе мемлекеттік ғылым академияларына мүшелігі болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (екі) және одан да көп академияларда мүшелігі болса 3 (үш) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми кеңесші және (немесе) басшы ретінде кемінде 3 (үш) философия докторын (PhD), бейіні бойынша докторларды, ғылым кандидаттарын немесе ғылым докторларын даярлау тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (үш) философия докторын (PhD), бейіні бойынша докторларды, ғылым кандидаттарын немесе ғылым докторларын даярлаған болса 2 (екі) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (үш) және одан көп философия докторын (PhD), бейіні бойынша докторларды, ғылым кандидаттарын немесе ғылым докторларын даярлаған болса</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) балға дейін беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде Қазақстан Республикасының қорғау құжатының және Еуразиялық патенттік агенттіктің өнертабысқа, пайдалы модельге, селекциялық жетістікке, интегралдық микросхемалар топологиясына болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патенттер болған жағдайда (гуманитарлық ғылымдар үшін – зияткерлік меншік объектісіне қорғау құжатының болуы) 2 (екі) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патенттерді пайдалануға лицензиялық шарттар болған жағдайда (гуманитарлық ғылымдар үшін – ғылым, әдебиет және өнер туындыларын пайдалану туралы, зияткерлік меншік объектілерінің қорғау құ жаттарына авторлық шарт)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткердің жаһандық инновациялар индексінің өзекті рейтингінде көшбасшы орын алатын 30 (отыз) елдің бірінің өнертабысқа, пайдалы модельге, селекциялық жетістікке немесе интегралдық микросхемалар топологиясына қорғау құжатының болуы (гуманитарлық ғылымдар үшін зияткерлік меншік объектісіне қорғау құжатының болуы);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патент болған жағдайда (гуманитарлық ғылымдар үшін зияткерлік меншік объектісіне қорғау құжатының болуы) 3 (үш) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Патенттерді пайдалануға лицензиялық шарттар болған жағдайда (гуманитарлық ғылымдар үшін – ғылым, әдебиет және өнер туындыларын пайдалану туралы, зияткерлік меншік объектілерінің қорғау құжаттарына авторлық шарт)</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде конструкторлық және (немесе) технологиялық құжаттаманың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлтттық деңгейде (Қазақстан Республикасы) конструкторлық және (немесе) технологиялық құжаттаманың болған жағдайда 2 (екі) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халықаралық деңгейде конструкторлық және (немесе) технологиялық құжаттаманың болған жағдайда</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 (бес) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үміткерде толық ғылыми цикл жобасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми мазмұны бар өнімдер (тауарлар, жұмыстар, көрсетілетін қызметтер) болған жағдайда 3 (үш) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми мазмұны бар өнімдер (тауарлар, жұмыстар, қызметтер) өндірілетін және өткізілетін болған жағдайда</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 (он) бал беріледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балдардың жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2894" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жаратылыстану ғылымдары", "Инжиниринг және технологиялар", "Медицина және денсаулық сақтау" және "Ауыл шаруашылығы және ветеринария ғылымдары" ғылыми бағыттары бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жаратылыстану ғылымдары", "Инжиниринг және технологиялар", "Медицина және денсаулық сақтау" және "Ауыл шаруашылығы және ветеринария ғылымдары" ғылыми бағыттары бойынша</w:t>
-[...70 lines deleted...]
-              <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Әлеуметтік ғылымдар", "Гуманитарлық ғылымдар және өнер", "Әскери ғылымдар және Ұлттық қауіпсіздік" ғылыми бағыттары бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Әлеуметтік ғылымдар", "Гуманитарлық ғылымдар және өнер", "Әскери ғылымдар және Ұлттық қауіпсіздік" ғылыми бағыттары бойынша</w:t>
-[...70 lines deleted...]
-              <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2894" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Жаһандық инновациялар индексінің өзекті рейтингінде көшбасшы орындарға ие елдердің тізбесі конкурс жарияланған күні айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ** Бұл көрсеткіштер үміткерлерді "Әлеуметтік ғылымдар", "Гуманитарлық ғылымдар және өнер" ғылыми бағыттары бойынша бағалау кезінде ескерілмейді</w:t>
+      ** Бұл көрсеткіштер үміткерлерді "Әлеуметтік ғылымдар", "Гуманитарлық ғылымдар және өнер", "Әскери ғылымдар және ұлттық қауіпсіздік" ғылыми бағыттары бойынша бағалау кезінде ескерілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сараптама комиссиясының төрағасы ________________ Тегі, аты, әкесінің аты </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17534,328 +18415,328 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 457 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z319" w:id="234"/>
+    <w:bookmarkStart w:name="z319" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z320" w:id="235"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z320" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Үміткерлерге қойылатын өлшемшарттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z321" w:id="236"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z321" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматтығының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z322" w:id="237"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z322" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соттылықтың болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z323" w:id="238"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z323" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "ғылым кандидаты", "ғылым докторы" немесе "философия докторы (PhD) дәрежесі", "бейіні бойынша доктор" және "қауымдастырылған профессор", "профессор" ғылыми атағының болуы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z324" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) үміткерде ғылыми-техникалық қызмет субъектісі аккредиттелген ғылыми ұйымда немесе жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымында (бұдан әрі – ұйым), штаттық кестеге сәйкес толық ставкада қызмет атқаратын және еңбек шарты бойынша өз міндеттерін іске асыру мақсатында лауазымдық өкілеттіктері мен функцияларын жүзеге асыратын, ұйымдарда кемінде 10 (он) жыл еңбек өтілінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z325" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соңғы 10 (он) жылда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z326" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жаратылыстану ғылымдары", "Инжиниринг және технологиялар", "Медицина және денсаулық сақтау" және "Ауыл шаруашылығы және ветеринария ғылымдары" ғылыми бағыттары бойынша халықаралық рецензияланатын ғылыми журналдарда жарияланған және импакт-фактор бойынша 1 (бірінші) және (немесе) 2 (екінші) квартильге кіретін жарияланған жылдағы жағдай бойынша кемінде 10 (он) жарияланымның;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z327" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Әскери ғылымдар және ұлттық қауіпсіздік" ғылыми бағыты бойынша Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым және жоғары білім саласындағы сапаны қамтамасыз ету комитеті ұсынған журналдарда жарияланған кемінде 10 (он) мақала мен шолулардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z328" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Әлеуметтік ғылымдар" және "Гуманитарлық ғылымдар және өнер" ғылыми бағыттары бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z329" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      халықаралық рецензияланатын ғылыми журналдарда және (немесе) Scopus (Скопус) Дерекқорында жарияланған жылы citescore (СайтСкор) бойынша процентиль көрсеткіші кемінде 50 (елу) болатын журналдарда және (немесе) сенімді баспалар жариялаған монографияларда және (немесе) кітаптарда тарауларда кемінде 4 (төрт) жарияланымның;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z330" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұйымның алқалы органы ұсынған кемінде 1 (бір) монографияның (үміткердің үлесі кемінде 6 (алты) баспа парағы) болуы болып табылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z324" w:id="239"/>
-[...15 lines deleted...]
-      4) үміткерде ғылыми-техникалық қызмет субъектісі аккредиттелген ғылыми ұйымда немесе жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымында (бұдан әрі – ұйым), штаттық кестеге сәйкес толық ставкада қызмет атқаратын және еңбек шарты бойынша өз міндеттерін іске асыру мақсатында лауазымдық өкілеттіктері мен функцияларын жүзеге асыратын, ұйымдарда кемінде 10 (он) жыл еңбек өтілінің болуы;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Монографиялар мен кітаптарға конференция, сессиялар, семинарлар және өзге де іс-шаралар материалдары бар жинақтар жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z325" w:id="240"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="246"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17960,188 +18841,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 457 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="247"/>
+    <w:bookmarkStart w:name="z333" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ғылым және жоғары білім министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z334" w:id="248"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z334" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау қағидалары мен өлшемшарттарын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2022 жылғы 30 желтоқсандағы № 223 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31561 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z335" w:id="249"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z335" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау қағидалары мен өлшемшарттарын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2022 жылғы 30 желтоқсандағы № 223 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 24 қарашадағы № 599 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33678 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z336" w:id="250"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z336" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ұлттық ғылым академиясының академиктерін сайлау қағидалары мен өлшемшарттарын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2022 жылғы 30 желтоқсандағы № 223 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің міндетін атқарушының 2024 жылғы 15 наурыздағы № 118 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 34220 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>