--- v0 (2025-12-18)
+++ v1 (2026-03-14)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd29baf" w14:textId="dd29baf">
+    <w:p w14:paraId="c2e3408" w14:textId="c2e3408">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -860,1695 +859,190 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қаржы министрлігінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      1. Күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z29" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">
+      2. "Электрондық шот-фактуралар ақпараттық жүйесінің "Виртуалдық қойма" модулі арқылы электрондық шот-фактуралар жазып берілетін тауарлар тізбесін бекіту туралы" Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары – Қазақстан Республикасы Қаржы министрінің 2019 жылғы 23 сәуірдегі № 384 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18603 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z30" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Электрондық шот-фактуралардың ақпараттық жүйесінде шот-фактураны электронды нысанда жазып беру қағидаларын және оның нысандарын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары – Қазақстан Республикасы Қаржы министрінің 2019 жылғы 22 сәуірдегі № 370 </w:t>
+      көрсетілген бұйрықпен бекітілген, Электрондық шот-фактуралар ақпараттық жүйесінің "Виртуалдық қойма" модулі арқылы электрондық шот-фактуралар жазып берілетін тауарлар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бұйрығына</w:t>
+        <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18583 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z31" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-</w:t>
-[...298 lines deleted...]
-      "1) "Тауарларды, жұмыстарды, көрсетілетін қызметтерді жеткізуге арналған шарт (келісімшарт)" деген 27.1-жолда белгі жасалады және тауарларды, жұмыстарды, көрсетілетін қызметтерді жеткізуге арналған шарттың (келісімшарттың) нөмірі көрсетілетін "Нөмірі" деген 27.3-жол және тауарларды, жұмыстарды, көрсетілетін қызметтерді жеткізуге шарттың (келісімшарттың) күні көрсетілетін "Күні" деген 27.4-жол және "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасының Заңына сәйкес экспорт және импорт бойынша валюталық шартқа берілген сәйкестендіру нөмірі көрсетілетін "Есептік нөмірі" деген 27.5-жол толтырылады. Жол деректері өзара тәуелді жолдар болып табылады. "Тауарларды, жұмыстарды, көрсетілетін қызметтерді жеткізуге арналған шартсыз (келісімшартсыз)" деген 27.2-жолды белгілеген кезде 27.3, 27.4 және 27.5-жолдар толтыруға жатпайды;";</w:t>
+      реттік нөмір 289-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...1161 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2802,70 +1296,70 @@
               <w:t xml:space="preserve">
 1 желтоқсан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірлері 290, 291, 292, 293, 294, 295, 296, 297 және 298-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5049,7266 +3543,120 @@
               <w:t>
 1 желтоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z33" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      3. Күші жойылды - ҚР Қаржы министрінің м.а. 31.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 657</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...372 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...683 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...6090 lines deleted...]
-      Күні 20___ ж. "___" _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12357,15354 +3705,144 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қаржы министрлігінің </w:t>
+              <w:t>Қаржы министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өзгерістер мен толықтырулар </w:t>
+              <w:t>өзгерістер мен толықтырулар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
+              <w:t>енгізілетін кейбір</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
-[...5754 lines deleted...]
-            </w:pPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9479 lines deleted...]
-      ЭЦҚ – электрондық цифрлық қолтаңба.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -27753,567 +3891,144 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржы министрлігінің</w:t>
+              <w:t xml:space="preserve">Қаржы министрлігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өзгерістер мен толықтырулар</w:t>
+              <w:t xml:space="preserve">өзгерістер мен толықтырулар </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>енгізілетін кейбір</w:t>
+              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...181 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...258 lines deleted...]
-</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -28362,3609 +4077,330 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қаржы министрлігінің </w:t>
+              <w:t>Қаржы министрлігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өзгерістер мен толықтырулар </w:t>
+              <w:t>өзгерістер мен толықтырулар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
+              <w:t>енгізілетін кейбір</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
-[...181 lines deleted...]
-              <w:t>нысан</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="50"/>
-[...3174 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      Ескерту: аббревиатураларды ашып жазу:</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 657</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаржы министрлігінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзгерістер мен толықтырулар </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрықтарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...111 lines deleted...]
-      ТКЖ – тауар-көлік жүкқұжаты.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 657</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -31972,55 +4408,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32342,35 +4778,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>