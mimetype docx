--- v0 (2025-12-21)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a104176" w14:textId="a104176">
+    <w:p w14:paraId="4d9a6e7" w14:textId="4d9a6e7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -732,71 +732,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үлгілік конкурстық құжаттамаларға, аукциондық құжаттамаларға сәйкес мемлекеттік сатып алу жүзеге асырылатын тауарлар, жұмыстар, көрсетілетін қызметтер түрлерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда - ҚР Қаржы министрінің 12.03.2025 </w:t>
+      Ескерту. Тізбе жаңа редакцияда - ҚР Қаржы министрінің 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 118</w:t>
+        <w:t>№ 791</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -812,200 +812,241 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарлар, жұмыстар, қызметтер атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарлар, жұмыстар, қызметтер атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сипаттама</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сипаттама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-І.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+І.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1089,64 +1130,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1230,64 +1272,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.1.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1371,64 +1414,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.2.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1512,64 +1556,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.3.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1653,64 +1698,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.4.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1794,64 +1840,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.5.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1935,64 +1982,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.6.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2076,64 +2124,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.7.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.7.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2217,64 +2266,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.8.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.8.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2358,64 +2408,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.9.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.9.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2499,64 +2550,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.10.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.10.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2640,64 +2692,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.11.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.11.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2781,64 +2834,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.12.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.12.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2922,64 +2976,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.13.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.13.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3063,64 +3118,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.14.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.14.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3204,64 +3260,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3345,64 +3402,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.1.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3486,64 +3544,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.2.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3627,64 +3686,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.3.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.3.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3768,64 +3828,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.4.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.4.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3909,64 +3970,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.5.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.5.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4050,64 +4112,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-3.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4191,64 +4254,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-4.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4332,64 +4396,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-5.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4473,64 +4538,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-6.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4614,64 +4680,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-ІІ.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІ.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4755,64 +4822,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4896,64 +4964,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5037,64 +5106,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.1.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5178,64 +5248,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.2.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5319,64 +5390,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.3.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.3.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5460,64 +5532,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.4.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.4.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5601,64 +5674,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.5.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.5.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5742,64 +5816,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.6.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.6.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5883,64 +5958,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.7.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.7.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6024,64 +6100,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.8.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.8.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6165,64 +6242,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.9.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.9.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6306,64 +6384,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.10.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.10.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6447,64 +6526,65 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-2.11.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.11.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6588,64 +6668,207 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.12.
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+Кәбіл бойынша жалпыға бірдей мәлімет үшін хабарлама алу немесе авторлық құқық және (немесе) сабақтас құқықтар объектілерін эфирге беру құқығын беру жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>