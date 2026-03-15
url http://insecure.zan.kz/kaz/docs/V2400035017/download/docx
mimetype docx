--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="03966fe" w14:textId="03966fe">
+    <w:p w14:paraId="40ede8d" w14:textId="40ede8d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,1107 +85,1055 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзімдерін және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 қаулысына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2024 жылғы 22 тамыздағы № 49 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 2 қыркүйекте № 35017 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 қарашадағы № 80 қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзімдерін және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19671 болып тіркелген) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзімдерін және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептілігінің тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы қаулыға 2-1-қосымшаға сәйкес кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есептің нысаны; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептілікті ұсыну қағидалары бекітілсін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы қаулыға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 2-1-қосымшамен толықтырылсын; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы қаулыға </w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы қаулыға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есептің нысаны; </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) осы қаулыға </w:t>
-[...110 lines deleted...]
-        <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымша</w:t>
+        <w:t>5-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымшаға</w:t>
-[...358 lines deleted...]
-        </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="3"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық Банкінің Қаржы нарығының статистикасы департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z21" w:id="4"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Ұлттық Банкінің Заң департаментімен бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z22" w:id="5"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Ұлттық Банкінің Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шараның орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="6"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z25" w:id="7"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1454,68 +1404,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаржы нарығын реттеу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       және дамыту агенттігі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1606,69 +1538,286 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 жылғы 28 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 224 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындауы туралы есептілігінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындауы туралы есептілігі мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындау туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z41" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1702,261 +1851,107 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкі Басқармасының</w:t>
+              <w:t>Ұлттық Банкінің Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 28 қарашадағы</w:t>
+              <w:t>2024 жылғы 22 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 224 қаулысына</w:t>
+              <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...152 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -1973,333 +1968,180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық Банкінің Төрағасы</w:t>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 22 тамыздағы</w:t>
+              <w:t>2019 жылғы 28 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 49 Қаулыға</w:t>
+              <w:t>№ 224 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z46" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...152 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасы Ұлттық Банкінің аумақтық филиалына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="15"/>
+    <w:bookmarkStart w:name="z49" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: PN-1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5007,68 +4849,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы, телефоны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "____" ______________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: нысан "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзiмдерiн және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5083,68 +4908,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-Қосымшаға берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есеп" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5301,158 +5109,125 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z71" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есеп (индексі – PN-1, кезеңділігі – ай сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z72" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есеп (индексі – PN-1, кезеңділігі – ай сайын)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="16"/>
+        <w:t xml:space="preserve"> әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z73" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z74" w:id="18"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z74" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындау туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z75" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5507,266 +5282,249 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 1) тармақшасына және "Қазақстан Республикасы Ұлттық Банкінің ережесі мен құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="19"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z76" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Микроқаржы ұйымы Нысанды ай сайын толтырады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z77" w:id="20"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z77" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z78" w:id="21"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z78" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z79" w:id="22"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z79" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 11-жолда кредиттік тәуекел ескеріле отырып сараланған активтер талдамасы туралы есептің 6-жолының 5-бағанындағы сомаға сәйкес келетін сома көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z80" w:id="23"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z80" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 12.1-жолда негізгі борыш, сыйақы бойынша күнтізбелік 90 (тоқсан) күннен астам есептелген мерзімі өткен берешегі бар микрокредиттер бойынша негізгі борыштың және есептелген сыйақының сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z81" w:id="24"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z81" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 12.2-жолда баланстан тыс есепке есептен шығарылған микрокредиттер бойынша негізгі борыш пен есептелген сыйақы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z82" w:id="25"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z82" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 12.3-жолда микроқаржы ұйымы баланстық шоттарда есепке алатын, негізгі борыш пен есептелген сыйақы сомасын өзінде қамтитын микроқаржы ұйымының несие портфелі ("Кері репо" операцияларын қоспағанда) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z83" w:id="26"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z83" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 12.4 -жолда үтірден кейін үш таңбалы пайыздық мән көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z84" w:id="27"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z84" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 13-жолда бір қарыз алушыға тиесілі тәуекелдің ең жоғары мөлшерін талдау туралы есептің 18-бағанындағы сомаға сәйкес келетін сома көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z85" w:id="28"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z85" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 12, 14 және 16-жолдарда үтірден кейін үш таңбалы мән көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5857,86 +5615,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6011,122 +5733,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 224 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="29"/>
+    <w:bookmarkStart w:name="z88" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасы Ұлттық Банкінің аумақтық филиалына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="30"/>
+    <w:bookmarkStart w:name="z91" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: PN-2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6173,70 +5895,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпарат ұсынатын тұлғалар тобы: микроқаржы ұйымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: есепті айдан кейінгі айдың 25 (жиырма бесінен) кешіктірмей, ай сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="31"/>
+    <w:bookmarkStart w:name="z97" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (мың теңгемен)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7253,68 +6975,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "____" ______________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: нысан "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзімдерін және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7329,68 +7034,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-1 Қосымшаға берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7547,140 +7235,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z111" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп (индексі – PN-2, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z112" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп (индексі – PN-2, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z113" w:id="33"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z113" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Кредиттік тәуекел ескеріле отырып сараланған активтердің талдамасы туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z114" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7735,327 +7390,289 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 1) тармақшасына және "Қазақстан Республикасы Ұлттық Банкінің ережесі мен құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="34"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z115" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды ай сайын микроқаржы ұйымы толтырады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z116" w:id="35"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z116" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z117" w:id="36"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z117" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z118" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Нысанды толтыру кезінде Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19629 болып тіркелген "Пруденциялық нормативтердi және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы мiндеттi өзге де нормалар мен лимиттердi, оларды есептеу әдістемесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 14 қарашадағы № 192 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Пруденциялық нормативтерге және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы мiндеттi өзге де нормалар мен лимиттерге, оларды есептеу әдістемесіне (бұдан әрі – Пруденциялық нормативтер) сәйкес есептелген мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="37"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z119" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2-бағанда топ түрінің мәндері Нысан ұсынылатын ақпараттық жүйеде орналастырылған "Топ анықтамалығы" анықтамалығынан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z120" w:id="38"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z120" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 3-бағанда мәндер Нысан ұсынылатын ақпараттық жүйеде орналастырылған "Кредиттік тәуекел дәрежесі бойынша саралануға жататын актив түрі" анықтамалығынан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z121" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. 4-бағанда кредиттік тәуекел дәрежесі бойынша саралануға жататын, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16858 болып тіркелген "Берілген микрокредиттер бойынша активтер мен шартты міндеттемелерді сыныптауды жүзеге асыру, берілген микрокредиттер бойынша активтерді күмәнді және үмітсізге жатқызу, сондай-ақ оларға қарсы провизиялар (резервтер) құру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 наурыздағы № 62 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген, берілген микрокредиттер бойынша активтер мен шартты міндеттемелерді сыныптауды жүзеге асыру, берілген микрокредиттер бойынша активтерді күмәнді және үмітсізге жатқызу, сондай-ақ оларға қарсы провизиялар (резервтер) құру қағидаларына сәйкес құрылған провизияларды (резервтерді) шегергендегі баланстық құны бойынша активтердің сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="39"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z122" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 5-бағанда Пруденциялық нормативтерге сәйкес активтердің әрбір тобы үшін тәуекел дәрежесі пайызбен көрсетіледі. Пайызбен тәуекел дәрежесінің мәндері Нысан ұсынылатын ақпараттық жүйеде орналастырылған анықтамалықтардан таңдалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z123" w:id="40"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z123" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 6-бағанда 4-бағанда көрсетілген, пайызбен тәуекел дәрежесіне көбейтілген активтер сомасы (5-баған) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z124" w:id="41"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z124" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мәліметтер болмаған жағдайда Нысан толтырылмай ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8146,86 +7763,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8300,138 +7881,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 224 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="42"/>
+    <w:bookmarkStart w:name="z127" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасы Ұлттық Банкінің аумақтық филиалына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z130" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: R_MRZ_1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11313,68 +10878,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "____" ______________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: нысан "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзiмдерiн және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11389,68 +10937,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-Қосымшаға берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11607,158 +11138,125 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z152" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп (индексі – R_MRZ_1, кезеңділі – ай сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z153" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп (индексі – R_MRZ_1, кезеңділі – ай сайын)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z153" w:id="43"/>
+        <w:t xml:space="preserve"> әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z154" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z155" w:id="45"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z155" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Бір қарыз алушыға келетін тәуекелдің ең жоғары мөлшерінің талдамасы туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z156" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11813,242 +11311,209 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 1) тармақшасына және "Қазақстан Республикасы Ұлттық Банкінің ережесі мен құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="46"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z157" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды микроқаржы ұйымы ай сайын толтырады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z158" w:id="47"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z158" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z159" w:id="48"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z159" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z160" w:id="49"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z160" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанда басқа қарыз алушылармен салыстырғанда есепті күні ең жоғары жиынтық берешегі бар бір қарыз алушы бойынша микроқаржы ұйымының деректері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z161" w:id="50"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z161" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Егер есепті күні бірнеше қарыз алушы бойынша ең жоғары жиынтық берешек бірдей шаманы құрайтын болса, онда Нысанда осы қарыз алушылардың біреуі (кез келгені) бойынша ғана деректер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z162" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Нысанды толтыру кезінде Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19629 болып тіркелген "Пруденциялық нормативтерді және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы мiндеттi өзге де нормалар мен лимиттердi, оларды есептеу әдістемесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 14 қарашадағы № 192 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Пруденциялық нормативтер және микроқаржылық қызметті жүзеге асыратын ұйымның сақтауы мiндеттi өзге де нормалар мен лимиттер, оларды есептеу әдістемесіне сәйкес есептелген мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="51"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z163" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Нысанның 5 және 13-бағандарында есептелген, бірақ өтелмеген (алынбаған) сыйақы сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12139,86 +11604,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12293,122 +11722,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 224 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z166" w:id="52"/>
+    <w:bookmarkStart w:name="z166" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қайда ұсынылады: Қазақстан Республикасы Ұлттық Банкінің аумақтық филиалына </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысаны www.nationalbank.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="53"/>
+    <w:bookmarkStart w:name="z169" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: USK-K3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14317,68 +13746,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты және әкесінің аты (ол болған жағдайда) қолы, телефоны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні 20__ жылғы "____" ______________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: нысан "Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтердi және сақталуы мiндеттi өзге де нормаларды және лимиттердi орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзiмдерiн және оны ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 28 қарашадағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14393,68 +13805,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-Қосымшаға берілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп" әкімшілік деректерді жинауға арналған нысанын толтыру бойынша түсіндірмеге сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14611,140 +14006,107 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z189" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп (индекс - USK-K3, кезеңділігі – тоқсан сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z190" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп (индекс - USK-K3, кезеңділігі – тоқсан сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z191" w:id="55"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z191" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Жарғылық және меншікті капиталдар туралы, сондай-ақ левередж коэффициенті туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z192" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14799,146 +14161,129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 1) тармақшасына және "Қазақстан Республикасы Ұлттық Банкінің ережесі мен құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="56"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z193" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кредиттік серіктестік Нысанды тоқсан сайын толтырады. Нысандағы деректер мың теңгемен толтырылады. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z194" w:id="57"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z194" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z195" w:id="58"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z195" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z196" w:id="59"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z196" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысанның 13-жолында үтірден кейін үш таңбалы мән көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15029,86 +14374,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 49 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -15183,91 +14492,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 224 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z199" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептілікті ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z200" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Микроқаржылық қызметті жүзеге асыратын ұйымның пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептілікті ұсыну қағидалары "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15322,280 +14609,287 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігінің 1) тармақшасына, "Қазақстан Республикасы Ұлттық Банкінің ережесі мен құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 16-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және микроқаржылық қызметті жүзеге асыратын ұйымның (бұдан әрі – Ұйым) пруденциялық нормативтерді және сақталуы міндетті өзге де нормаларды және лимиттерді орындауы туралы есептілікті оның орналасқан жері бойынша Қазақстан Республикасы Ұлттық Банкінің аумақтық филиалына (бұдан әрі – Ұлттық Банктің филиалы) ұсыну тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z201" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ұйымның клиентінің және (немесе) контрагентінің резиденттігі "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="60"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z202" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұйым есептілікті "Қазақстан Республикасы Ұлттық Банкінің веб-порталы" ақпараттық жүйесін пайдалану арқылы электрондық түрде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z203" w:id="61"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z203" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Есептіліктегі деректердің толықтығы мен дұрыстығын Ұйымның басшысы немесе есепке қол қою жөніндегі функция жүктелген адам қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z204" w:id="62"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z204" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Микроқаржылық ұйым есепті айдан кейінгі айдың 25 (жиырма бесінші) күнінен кешіктірмей, ай сайын Ұлттық Банктің филиалына осы қаулының 1-тармағы 2) – 4) тармақшаларында көзделген есептілікті электрондық форматта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z205" w:id="63"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z205" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кредиттік серіктестік есепті тоқсаннан кейінгі айдың 25 (жиырма бесінен) кешіктірмей, тоқсан сайын Ұлттық Банктің филиалына осы қаулының 1-тармағының 5) тармақшасында көзделген есептілікті электрондық форматта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z206" w:id="64"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z206" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Есептіліктегі деректер Қазақстан Республикасының ұлттық валютасы – теңгемен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z207" w:id="65"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z207" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ұйымның басшысы немесе есепке қол қою жөніндегі функция жүктелген адам және орындаушы электрондық цифрлық қолтаңба арқылы қол қойған есептілік электрондық форматта сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15917,35 +15211,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>