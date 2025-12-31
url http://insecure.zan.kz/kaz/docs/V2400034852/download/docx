--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="617a180" w14:textId="617a180">
+    <w:p w14:paraId="5c535a4" w14:textId="5c535a4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2344,175 +2344,211 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10640 болып тіркелген).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Автоматтандырылған тізілімдегі рұқсаттардың қолданылуын тоқтата тұру, тоқтату (кері қайтарып алу)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Автоматтандырылған тізілімдегі рұқсаттардың қолданылуын тоқтата тұруды, тоқтатуды (кері қайтарып алуды) Жүйе автоматты режимде не рұқсат беру органдары сот шешімінің негізінде не Қазақстан Республикасының заңдарында көзделген өзге де жағдайларда рұқсаттың қолданылуын тоқтата тұру (кері қайтарып алу) туралы мәліметтерді енгізу арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда анықталған бұзушылықтарды жою туралы хабарлама және осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда жедел ден қою шараларын автоматты режимде қолдану туралы қаулы автоматтандырылған тізілім арқылы қалыптастырылады және пайдаланушының "электрондық үкімет" веб-порталындағы және сәулет, қала құрылысы және құрылыс саласындағы ақпараттық жүйедегі жеке кабинеттеріне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="81"/>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Автоматтандырылған тізілімде рұқсаттарды тоқтата тұру мерзімі алты айдан аспайды. Егер алты ай өткеннен кейін автоматтандырылған тізілімде рұқсаттардың қолданылуын қайта бастауға негіздер болмаса, бұл рұқсат одан әрі қалпына келтіру мүмкіндігінсіз автоматты режимде автоматтандырылған тізілімнен шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Автоматтандырылған тізілімге қосу және одан шығару </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2527,137 +2563,1654 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылыс саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттардың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматтандырылған тізілімінде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттарды жүргізу, тоқтата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұру, қолданысын тоқтату (кері қайтарып алу) қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БҰЗУШЫЛЫҚТАРДЫ ЖОЮ ТУРАЛЫ ХАБАРЛАМА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 1-қосымшамен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өңірдің атауы күні</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасау орны уақыты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бақылау және қадағалау органының атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тексерілетін субъектінің, объектінің атауы (заңды тұлғаның немесе оның филиалының және (немесе) өкілдігінің атауы), өзіне қатысты тексеру жүргізу тағайындалған жеке тұлғаның тегі, аты, әкесінің аты (ол болған кезде), оның орналасқан жері, аумақ учаскесі, жеке сәйкестендіру нөмірі / бизнес-сәйкестендіру нөмірі (ЖСН/БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін объектінің атауы/Объектінің / субъектінің орналасқан жерінің мекенжайы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасының заңнамасын және басқа да нормативтік құқықтық актілерін бұзғаны үшін (Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы Қазақстан Республикасы Заңының 31-4-бабын ескере отырып) мынадай іс-шараларды орындауды бұйырамын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z100" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анықталған бұзушылықтар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анықталған бұзушылықтарды жою жөніндегі ұсынымдар мен нұсқаулар, оларды жою мерзімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z104" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z112" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бақылау және қадағалау субъектісі өкілінің (заңды тұлға басшысының не оның уәкілетті тұлғасының, жеке тұлғаның) хабарламамен танысуы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Хабарламаны (уәкілетті органның лауазымды адамының ТАӘ (бар болса), қолы) енгізді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "___"_____________20___ж. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрылыс саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттардың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматтандырылған тізілімінде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рұқсаттардың қолданысын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу, тоқтата тұру, тоқтату</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кері қайтарып алу)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 2 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік инспекторлардың құрылыс саласындағы рұқсаттардың  қолданылуын тоқтата тұру, тоқтату (қайтарып алу)  туралы актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 2-қосымшамен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар 1 және 2 қосымшалармен толықтыру көзделген - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 367</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Жедел ден қою шарасының түрі:______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Актінінің жасалған күні, уақыты мен орны: ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Мемлекеттік органның атауы:_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Актіні жасайтын адамның тегі, аты, әкесінің аты (егер ол жеке басты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәландыратын құжатта көрсетілсе) және лауазымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Бақылау мен қадағалау субъектісінің атауы немесе тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), оның басшысының тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе), сондай-ақ бақылау мен қадағалау субъектісінің актіні ресімдеу кезінде болған өкілінің</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лауазымы:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жедел ден қою шарасын қолдану негізі:____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z136" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z137" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Жедел ден қою шарасының қолданылу мерзімі (қажет болған кезде):_____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z139" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Актіні алғаны немесе алудан бас тартқаны туралы мәліметтер (күні және бақылау мен қадағалау субъектісі басшысының немесе бақылау мен қадағалау субъектісі өкілінің қолтаңбасы):_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z140" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Актіні ресімдеген лауазымды адамның қолтаңбасы: ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z143" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Бақылау және қадағалау органы басшысының лауазымы, тегі, аты, әкесінің аты (егер ол жеке басты куәландыратын құжатта көрсетілсе) және қолтаңбасы:___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>