--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e377e2c" w14:textId="e377e2c">
+    <w:p w14:paraId="13fc9ab" w14:textId="13fc9ab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,232 +93,194 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көшпелі кедендік тексеру актісінің нысанын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 11 шілдедегі № 436 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 12 шілдеде № 34728 болып тіркелді</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 11 шілдедегі № 436 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 12 шілдеде № 34728 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің 418-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-бөлігіне сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Көшпелі кедендік тексеру актісінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысаны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -333,70 +295,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шараларды орындау туралы мәліметтердің Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -582,103 +545,308 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Реcпубликасының</w:t>
+              <w:t>Қазақстан Реcпубликасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қаржы министрі</w:t>
+              <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 11 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 436 бұйрықпен</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>№ 436 бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекітілген</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "БЕКІТЕМІН"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік кірістер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органының басшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(оны алмастыратын адам)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (егер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ол жеке басын куәландыратын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжатта көрсетілсе)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан әрі – ТАӘ))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________ _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -699,1473 +867,1398 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
-[...167 lines deleted...]
-              </w:rPr>
               <w:t>(қолы) (күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № _______ көшпелі кедендік тексеру актісі</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> № _____ көшпелі кедендік тексеру актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20___ жылғы "____" _________ __________________________ </w:t>
-[...53 lines deleted...]
-      (тексеру жүргізген мемлекеттік кірістер органының атауы)</w:t>
+      Ескерту. Тексеру актісінің нысаны жаңа редакцияда - ҚР Қаржы министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20_____жылғы "_____" ___________ ______________________ (жасалған күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тексеруді жүргізу орын)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көшпелі кедендік тексеруді жүргізген мемлекеттік кірістер органының атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Еуразиялық экономикалық одақтың Кеден кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>331</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>332-бабына</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> және "Қазақстан </w:t>
+        <w:t>333-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің </w:t>
+      "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (бұдан әрі – Кодекс) </w:t>
+      Кодексінің (бұдан әрі – Кодекс) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>416</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>417-бабына</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, </w:t>
+        <w:t>418-баптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+      (Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 және 11-1-тармақтарында көзделген көшпелі  кедендік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеруді тағайындау негізі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көшпелі кедендік тексеруді жүргізу туралы нұсқаманың күні және нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________ негізінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымды адамдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көшпелі кедендік тексеруді жүргізген мемлекеттік кірістер органының лауазымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамдарының ТАӘ, лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (тағайындау негізі) </w:t>
+      (тексерілетін тұлғаның ТАӘ не толық атауы, тексерілетін тұлғаның тұрған жері және </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
-[...341 lines deleted...]
-      (тексерілетін тұлға басшысының және оның кедендік және қаржылық есептілікті </w:t>
+      қызметі іс жүзінде жүзеге асырылатын жері туралы мәліметтер, оның жеке  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі /бизнес- сәйкестендіру нөмірі (ЖСН/БСН))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тексерілетін тұлғаның банктік шоттарының деректемелері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тексерілетін тұлға басшысының және оның кедендік және қаржылық есептілікті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жүргізуге, мемлекеттік кірістер органдары алатын кедендік төлемдерді, салықтарды, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      арнайы, демпингке қарсы, өтемақы баждарын, өсімпұлдарды, пайыздарды төлеуге </w:t>
+      арнайы, демпингке қарсы, өтемақы баждарын, өсімпұлдарды, пайыздарды төлеуге  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      жауапты лауазымды адамдарының тегі, аты, әкесінің аты (ол болған жағдайда)) </w:t>
+      жауапты лауазымды адамдарының ТАӘ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________ қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерудің нысанасы (нысаналары) бойынша *:________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________жүргізді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _____________________________________________________________ қатысты </w:t>
+      (көшпелі кедендік тексерудің түрі: жоспардан тыс көшпелі кедендік тексеру, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоспардан тыс қарсы көшпелі кедендік тексеру, кешенді көшпелі кедендік  тексеру)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көшпелі кедендік тексеруге қатысу үшін тартылған лауазымды адамдардың ТАӘ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін кезең 20__ жылғы "__" ____ бастап 20__ жылғы "__"______ дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілген, оның ішінде тексерілетін тұлға ұсынған құжаттар туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тексеру кезеңіне жататын тексерілген құжаттардың түрлері және тізбесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеру 20___ жылғы "__" ______ басталды және 20__ жылғы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ________ аяқталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеруді тоқтата тұру кезеңі 20___ жылғы "___" ____  бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "____" _______ дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеруді ұзарту кезеңі 20____ жылғы "____" _______  бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20____ жылғы "____" _______ дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________ жүргізді. </w:t>
+      Кедендік бақылау нысандары, кедендік бақылауды жүзеге асыруды қамтамасыз ететін </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (көшпелі кедендік тексерудің түрін көрсету: жоспардан тыс, қарсы, кешенді) </w:t>
+      шаралар, сондай-ақ көшпелі кедендік тексеру барысында жүргізілген өзге де </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+      әрекеттер туралы мәліметтер:___________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көшпелі кедендік тексеруге қатысу үшін тартылған лауазымды адамдардың </w:t>
-[...35 lines deleted...]
-      Тексерілетін кезең 20__ жылғы "__" ___ бастап 20__ жылғы "__" ____ дейін.</w:t>
+      Алдыңғы тексеру және Еуразиялық экономикалық одақтың (бұдан әрі –  ЕАЭО) және </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тексерілген, оның ішінде тексерілетін тұлға ұсынған құжаттар туралы мәліметтер: </w:t>
+      (немесе) Қазақстан Республикасының кеден заңнамасын бұрын анықталған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұзушылықтарды жою бойынша қабылданған шаралар туралы мәліметтер:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру барысында анықталды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
-[...17 lines deleted...]
-      (тексеру кезеңіне жататын тексерілген құжаттардың түрлері және тізбесі)</w:t>
+      (ЕАЭО-ның кеден заңнамасының, Қазақстан Республикасының кеден және (немесе) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көшпелі кедендік тексеру 20____ жылғы "____" ______ басталды және </w:t>
+      өзге де заңнамасының ережелері көрсетіле отырып, ЕАЭО-ның кеден заңнамасының,  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20__ жылғы "____" _______ аяқталды. </w:t>
-[...359 lines deleted...]
-      Республикасының кеден және (немесе) өзге де заңнамасының бұзылуын </w:t>
+      Қазақстан Республикасының кеден және (немесе) өзге де заңнамасының бұзылуын </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       куәландыратын, анықталған фактілердің егжей-тегжейлі сипаттамасы не олардың жоқ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2175,557 +2268,571 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екені туралы мәліметтер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Кедендік тексеру нәтижелері бойынша тұжырымдар: </w:t>
+      Кедендік тексеру нәтижелері бойынша тұжырымдар:__________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымша: ___ парақта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеруді жүргізген лауазымды адамдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________ ____________  (ТАӘ) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________ ____________  (ТАӘ) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+      Көшпелі кедендік тексеру актісінің бірінші данасы кедендік тексеру  материалдарына </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тіркеледі, актінің екінші данасы есептерді қоса бере отырып, көшпелі  кедендік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеру аяқталған күннен күнтізбелік бес күннен кешіктірілмей Кодекстің  416-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бабында белгіленген тәртіпте тексерілетін тұлғаға жолданады немесе табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеру жүргізу актісінің екінші данасын алдым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________ ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (актінің екінші данасын алған адамның ТАӘ) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көшпелі кедендік тексеру жүргізу актісінің екінші данасы тексерілетін тұлғаға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жөнелтілді:____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жөнелту және (немесе) алу фактісін растайтын құжат)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "____"___________  (актінің екінші данасы табыс етілген күн)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісілді: ___________________________________________ ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (көшпелі кедендік тексеру жүргізген лауазымды (қолы) адамдардың тікелей </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшысының ТАӘ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін тұлғаның кедендік тексеру нәтижелерімен келіспейтіні  туралы белгісі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қосымша: ___ парақта</w:t>
+      Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көшпелі кедендік тексеруді жүргізген лауазымды адамдар: </w:t>
+      * тексерудің нысанасы Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>416-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына сәйкес жүргізілетін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ______________________________________________ ______________ </w:t>
+      тексерудің әрбір мәселесі бойынша көрсетіледі, бұл ретте жоспардан тыс көшпелі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (ол болған жағдайда)       (қолы) </w:t>
-[...397 lines deleted...]
-      туралы белгісі: ________________________________________________________</w:t>
+      кедендік тексеру және жоспардан тыс қарсы көшпелі кедендік тексеру бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексеру мәселелерінің қысқаша сипаттамасы қосымша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2733,55 +2840,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3107,31 +3214,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>