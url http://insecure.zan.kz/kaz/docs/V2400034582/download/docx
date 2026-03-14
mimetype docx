--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f167a9b" w14:textId="f167a9b">
+    <w:p w14:paraId="408a2ff" w14:textId="408a2ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4720,2199 +4719,359 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Халықаралық қаржылық есептілік стандарттарына және Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасының талаптарына сәйкес провизиялар (резервтер) құру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 269 </w:t>
+      3. "Екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 12 қарашадағы № 188 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16502 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
-[...38 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19632 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
+        <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="19"/>
-[...15 lines deleted...]
-      "2. Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z42" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасының Заңына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЕТЕДІ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...178 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Оңалту және банкроттық туралы" Қазақстан Республикасының </w:t>
-[...889 lines deleted...]
-    </w:p>
+      көрсетілген қаулымен бекітілген екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-тармақ</w:t>
+        <w:t>42-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="20"/>
-[...147 lines deleted...]
-      "17. Күтілетін кредиттік залалдарды есептеу кезінде қаржы ұйымы кепіл мүлкін кемінде екі жыл кезең ішінде өткізу туралы расталатын ақпаратты ескереді. Күтілетін кредиттік залалдарды есептеу үшін кепіл мүлкін өткізу туралы расталатын ақпарат болмаған кезде қаржы ұйымы қамтамасыз ету құнына өтімділік коэффициенттерін мынадай тәртіппен қолданады:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "42. Кредиттік тәуекелді басқару жүйесінің шеңберінде банк мынадай қағидаттар мен талаптарды басшылыққа алады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...638 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) директорлар кеңесі және банк тәуекелдерін басқару мәселелері жөніндегі комитет мыналарды қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13212,68 +11371,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>капиталының мөлшеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="26"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттiк тәуекел дәрежесi бойынша мөлшерленген банк активтерiнiң кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31422,614 +29581,614 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>активтерiнiң кестесiне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="27"/>
+    <w:bookmarkStart w:name="z51" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиісті банк активтерінің есебіне түсіндірме</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z52" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі - Кесте) 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салымдар сомасының 100 (жүз) пайызына, оның ішінде осы банктегі қамтамасыз ету ретінде ұсынылғандары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген бағалы қағаздардың нарықтық құнының 95 (тоқсан бес) пайызына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтамасыз етуге берілген тазартылған бағалы металдардың нарықтық құнының 85 (сексен бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғарыда көрсетілген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың қамтамасыз етілмеген бөлігі салымдарға, дебиторлық берешекке, сатып алынған бағалы қағаздарға сәйкес келетін тәуекел дәрежесі бойынша Кестеге сай мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Банктің "Самұрық-Қазына" ұлттық әл-ауқат қоры және "Бәйтерек" ұлттық басқарушы холдингі акционерлік қоғамдарының қайтарып алынбайтын және сөзсіз кепілдігі, экспортты қолдау бойынша мемлекеттік кепілдігі бар Қазақстанның Экспорттық-кредиттік агенттігімен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтар қамтылған сақтандыру шарты түріндегі қамтамасыз етуі бар қарыздар және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі, Резервтік аккредитивтердің халықаралық практикасына (International Standby practices, ISP98) немесе Талап бойынша кепілдіктер үшін бірыңғай ережелерге (Uniform rules for Demand Guarantees, URDG758) сәйкес шығарылған, Standard &amp; Poor's (Cтандарт энд Пурс) агенттігінің "А-" төмен емес ұзақ мерзімді борыштық рейтингі бар Қазақстан Республикасының бейрезидент банктерінің кепілдіктері немесе резервтік аккредитивтері бар сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын жабатын қарыздар қамтамасыз етудің түзетілген құны шегеріле отырып тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Самұрық-Қазына "ұлттық әл-ауқат қоры" және "Бәйтерек "Ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдігі, экспортты қолдау бойынша мемлекеттік кепілдігі бар Қазақстанның Экспорттық-кредиттік агенттігімен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтар қамтылған сақтандыру шарты түріндегі қамтамасыз етуі бар және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі, Резервтік аккредитивтердің халықаралық практикасына (International Standby practices, ISP98) немесе Талап бойынша кепілдіктер үшін бірыңғай ережелерге (Uniform rules for Demand Guarantees, URDG758) сәйкес шығарылған, Standard &amp; Poor's (Cтандарт энд Пурс) агенттігінің "А-" төмен емес ұзақ мерзімді борыштық рейтингі бар Қазақстан Республикасының бейрезидент банктерінің кепілдіктері немесе резервтік аккредитивтері бар қамтамасыз етудің түзетілген құны сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, қарыздар, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берілген (сақтандырылған) сомасы тиісті кепілгердің (сақтандырушының) дебиторлық берешегінің тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиіс банк активтерінің есебіне осы Түсіндірменің (бұдан әрі - Түсіндірме) 1-тармағында көрсетілген, мынадай:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z52" w:id="28"/>
-[...15 lines deleted...]
-      1. Салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, банкте түзетілген құны аталған активтер көлемінің 50 (елу) пайызынан кем емес қамтамасыз етуі бар қарыздар (Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленген банк активтері кестесінің (бұдан әрі - Кесте) 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) осы тармаққа сәйкес банктерде түзетілген қамтамасыз ету құнын анықтауға мүмкіндік беретін барабар есепке алу жүйесі болған кезде түзетілген қамтамасыз ету құнын шегергендегі тәуекел дәрежесі бойынша мөлшерленген активтер есебіне енгізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) офшорлық аймақтар аумағында заңды тұлға ретінде тіркелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) офшорлық аймақтар аумағында тіркелген, жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші заңды тұлғаға тәуелді немесе офшорлық аймақ аумағында тіркелген заңды тұлғаға қатысты еншілес болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) офшорлық аймақтардың азаматтары болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар Түсіндірмелердің 1-тармағында көрсетілген қамтамасыз етудің болуына қарамастан, Кестеге сәйкес тәуекел дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Түсіндірменің 1-тармағында көрсетілген, мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түзетілген қамтамасыз ету құны (Кестенің 1, 2, 3, 10, 11, 12, 15, 16, 17, 18, 19 және 20-жолдарында көрсетілген активтер түріндегі) мыналарға:</w:t>
-[...90 lines deleted...]
-      2. Банктің "Самұрық-Қазына" ұлттық әл-ауқат қоры және "Бәйтерек" ұлттық басқарушы холдингі акционерлік қоғамдарының қайтарып алынбайтын және сөзсіз кепілдігі, экспортты қолдау бойынша мемлекеттік кепілдігі бар Қазақстанның Экспорттық-кредиттік агенттігімен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтар қамтылған сақтандыру шарты түріндегі қамтамасыз етуі бар қарыздар және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі, Резервтік аккредитивтердің халықаралық практикасына (International Standby practices, ISP98) немесе Талап бойынша кепілдіктер үшін бірыңғай ережелерге (Uniform rules for Demand Guarantees, URDG758) сәйкес шығарылған, Standard &amp; Poor's (Cтандарт энд Пурс) агенттігінің "А-" төмен емес ұзақ мерзімді борыштық рейтингі бар Қазақстан Республикасының бейрезидент банктерінің кепілдіктері немесе резервтік аккредитивтері бар сомасы көрсетілген қарыздар көлемінің кемінде 50 (елу) пайызын жабатын қарыздар қамтамасыз етудің түзетілген құны шегеріле отырып тәуекел дәрежесі бойынша мөлшерленген активтердің есебіне енгізіледі.</w:t>
+      1) офшорлық аймақтар аумағында заңды тұлға ретінде тіркелген, бірақ Standard&amp;Poor's (Стандард энд Пурс) агенттігінің "АА-"-тен төмен емес борыштық рейтингі немесе басқа рейтингтік агенттіктердің бірінің осыған ұқсас деңгейдегі рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) офшорлық аймақтардың аумағында тіркелген заңды тұлғалар немесе олардың азаматтары не Экономикалық ынтымақтастық және даму ұйымы ақпарат алмасу жөнінде міндеттемелер қабылдамаған офшорлық аумақтар тізбесіне жатқызған мемлекеттердің аумағында тіркелген заңды тұлғалар немесе олардың азаматтары болып табылатын Қазақстан Республикасының бейрезиденттеріне немесе жекелей алғанда жарғылық капиталдың 5 (бес) пайыздан астамын иеленуші заңды тұлғаларға тәуелді не көрсетілген офшорлық аймақтардың аумағында тіркелген заңды тұлғаларға қатысты еншілес болып табылатын ұйымдарға қойылатын талаптарды қоспағанда, офшорлық аймақтардың аумағында тіркелген, жекелей алғанда жарғылық капиталдың 5 (бес) пайызынан астамын иеленуші заңды тұлғаларға тәуелді немесе офшорлық аймақтың аумағында тіркелген, бірақ көрсетілген деңгейден төмен емес борыштық рейтингі немесе міндеттемелерінің барлық сомасының қамтамасыз етуіне борыштық рейтингі көрсетілген деңгейден төмен емес бас ұйымның тиісті кепілдігі бар заңды тұлғаға қатысты еншілес болып табылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының бейрезиденттеріне ұсынылған салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар және қарыздар тәуекелдің нөл дәрежесі бойынша мөлшерленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Салымдардың тәуекел дәрежесі бойынша мөлшерленген банктің активтерін есептеу мақсатында:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Самұрық-Қазына "ұлттық әл-ауқат қоры" және "Бәйтерек "Ұлттық басқарушы холдингі" акционерлік қоғамдарының кепілдігі, экспортты қолдау бойынша мемлекеттік кепілдігі бар Қазақстанның Экспорттық-кредиттік агенттігімен жасалған сақтандыру төлемі бойынша міндеттемелерді сөзсіз және қайтарып алынбайтын орындау туралы тармақтар қамтылған сақтандыру шарты түріндегі қамтамасыз етуі бар және Қазақстан Республикасы Үкіметінің мемлекеттік кепілдігі, Резервтік аккредитивтердің халықаралық практикасына (International Standby practices, ISP98) немесе Талап бойынша кепілдіктер үшін бірыңғай ережелерге (Uniform rules for Demand Guarantees, URDG758) сәйкес шығарылған, Standard &amp; Poor's (Cтандарт энд Пурс) агенттігінің "А-" төмен емес ұзақ мерзімді борыштық рейтингі бар Қазақстан Республикасының бейрезидент банктерінің кепілдіктері немесе резервтік аккредитивтері бар қамтамасыз етудің түзетілген құны сақтандыру шарты сомасының 95 (тоқсан бес) пайызына тең болады.</w:t>
-[...18 lines deleted...]
-      3. Контрагенттен төмен тәуекел дәрежесі бар ұйымдар кепілдік берген (сақтандырылған) банк инвестициялары есебіне енгізілмеген салымдар, дебиторлық берешек, сатып алынған бағалы қағаздар, қарыздар, инвестициялар тәуекел дәрежесі бойынша мөлшерленген (банк инвестициялары есебіне енгізілмеген салымдардың, дебиторлық берешектің, сатып алынған бағалы қағаздардың, қарыздардың, инвестициялардың кепілдік берген (сақтандырылған) сомасын шегергендегі) активтердің есебіне борышкердің тәуекел дәрежесі бойынша енгізіледі.</w:t>
+      ипотекалық тұрғын үй қарызы деп жеке тұлғаларға тұрғын үй салу үшін не оны сатып алу және (немесе) жөндеу мақсатында берілетін ипотекалық қарыз түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұтынушылық қарыз деп жеке тұлғаларға кәсіпкерлік қызметті жүзеге асырумен байланысты емес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуға берілген кредит түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Егер бағалы қағаз шығарылымының арнайы борыштық рейтингі болса, онда тәуекел дәрежесі бойынша банк активтерін мөлшерлеу кезінде бағалы қағаз рейтингін ескеру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...33 lines deleted...]
-      4. Салымдардың кредиттік тәуекел дәрежесі бойынша мөлшерленуге тиіс банк активтерінің есебіне осы Түсіндірменің (бұдан әрі - Түсіндірме) 1-тармағында көрсетілген, мынадай:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орталық контрагенттің қатысуымен жасалған "кері репо" операциясының мәні болып табылатын бағалы қағаздар тәуекелдің нөлдік дәрежесі бойынша өлшенеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...87 lines deleted...]
-      5. Түсіндірменің 1-тармағында көрсетілген, мынадай:</w:t>
+    <w:bookmarkStart w:name="z60" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 2022 жылғы 21 ақпаннан 2022 жылғы 30 қыркүйекті қоса алған кезең ішінде Америка Құрама Штаттары және Еуропалық Одақтың мемлекеттері тарапынан санкциялық шектеулер енгізу себебінен борыштық немесе тәуелсіз рейтингі төмендетілген Қазақстан Республикасының бейрезидент-банктеріне ашық корреспонденттік шоттар бойынша талаптар, Қазақстан Республикасының бейрезидент-ұйымдарындағы салымдар, Қазақстан Республикасының бейрезидент-ұйымдарына берілген қарыздар, шетелдік эмитенттердің бағалы қағаздары түріндегі активтер қайта қаралған борыштық немесе тәуелсіз рейтингтерді ескерумен кредиттік тәуекел дәрежесін қатарынан 6 (алты) ай ішінде активтердің Кестеге сәйкес санатына дейін тең үлестермен көтерумен 2022 жылғы 1 ақпандағы жағдай бойынша Standard &amp; Poor's (Стандард энд Пурс) агенттігі немесе басқа рейтингтік агенттіктердің бірі берген борыштық немесе тәуелсіз рейтингтер негізінде Кестеге сәйкес кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтер есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...169 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="37"/>
+    <w:bookmarkStart w:name="z61" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Борыш жүктемесінің коэффициентін есептеу кезінде кепілсіз тұтынушылық қарыздар бойынша Кестеге немесе Салымдардың кредиттік тәуекел дәрежесін мөлшерлеу коэффициенттерінің мәндеріне сәйкес қарыз бойынша кредит тәуекелінің дәрежесі Нормативтерге 5-1-қосымшаға (бұдан әрі - Мәндер) сәйкес егер осындай қарызға қатысты қарыз алушы-жеке тұлға (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15541 болып тіркелген) Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 шілдедегі № 136 қаулысымен бекітілген Банктік қызметтерді көрсету және банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың банктік қызметтерді көрсету үдерісінде туындайтын клиенттердің өтініштерін қарау қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жасалған оңалту жоспарын орындауды жүзеге асырса, екі есе азайтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген оңалту жоспарын қарыз алушы-жеке тұлға орындамаған жағдайда, қарыз Кестеге немесе Мәндерге сәйкес кредит тәуекелінің дәрежесі бойынша мөлшерленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="38"/>
+    <w:bookmarkStart w:name="z62" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Нормативтердің 21-тармағына сәйкес нарықтық тәуекелі ескерілген активтердің, шартты және ықтимал талаптар мен міндеттемелердің есебіне қосылған шартты және ықтимал міндеттемелер валюталарды айырбастау бағамдарының және бағалы металдар бағамдарының өзгеруіне байланысты нарықтық тәуекелі бар қаржы құралдарының есебіне енгізілген шартты және ықтимал міндеттемелерді қоспағанда, кредиттік тәуекел дәрежесі бойынша мөлшерленетін активтердің, шартты және ықтимал міндеттемелердің есебіне қосылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32303,68 +30462,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">капиталының мөлшеріне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="39"/>
+    <w:bookmarkStart w:name="z65" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Банктің ақша әкетілуі мен әкелінуінің кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -38013,68 +36172,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>капиталының мөлшеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="40"/>
+    <w:bookmarkStart w:name="z68" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қолжетімді тұрақты қорландыру міндеттемелерінің кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -39925,774 +38084,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>актілерінің тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...154 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="41"/>
-[...565 lines deleted...]
-      m – ескі кесте бойынша қарыздың аяқталуының қалған мерзімі айлармен.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 61</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -40700,55 +38172,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41070,35 +38542,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>