--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc3c6ec" w14:textId="dc3c6ec">
+    <w:p w14:paraId="7d24e05" w14:textId="7d24e05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әкімшілік деректерді жинауға арналған нысандарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экология және табиғи ресурстар министрінің 2024 жылғы 18 маусымдағы № 126 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 19 маусымда № 34517 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Экология және табиғи ресурстар министрінің 2024 жылғы 18 маусымдағы № 126 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 19 маусымда № 34517 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -707,268 +708,513 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 126</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрығына</w:t>
+              <w:t>нысандарды бекіту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>туралы бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Ең үздік қолжетімді техникалар (бұдан әрі – ЕҚТ) бойынша анықтамалықтардың жобалары әзірленетін ЕҚТ қолдану салаларын қамту туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: нысан № 01-ПР</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: жылдық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: __жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Халықаралық жасыл технологиялар және инвестициялық жобалар орталығы" коммерциялық емес акционерлік қоғамы (бұдан әрі – КЕАҚ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті кезеңнен кейінгі жылдың 1 тоқсаны ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5511800" cy="520700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5511800" cy="520700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -982,159 +1228,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ең үздік қолжетімді технологияларды қолдану салаларына арналған анықтамалықтардың саны, бірлік</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ең үздік қолжетімді технологияларды қолдану салаларына арналған анықтамалықтардың саны, бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ең үздік қолжетімді технологияларды қолдану салаларының жалпы саны, бірлік</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ең үздік қолжетімді технологияларды қолдану салаларының жалпы саны, бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1378,250 +1664,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын _________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1655,323 +1889,315 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"ЕҚТ бойынша</w:t>
+              <w:t>"Ең үздік қолжетімді техникалар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>анықтамалықтардың жобалары</w:t>
+              <w:t>бойынша анықтамалықтардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әзірленетін ең үздік қолжетімді</w:t>
+              <w:t>жобалары әзірленетін ЕҚТ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникаларды қолдану</w:t>
+              <w:t xml:space="preserve">қолдану салаларын қамту </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салаларын қамту туралы</w:t>
+              <w:t xml:space="preserve">туралы мәліметтер" әкімшілік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
+              <w:t xml:space="preserve">деректерді өтеусіз негізде </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z284" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "ЕҚТ бойынша анықтамалықтардың жобалары әзірленетін ең үздік қолжетімді техникаларды қолдану салаларын қамту туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме </w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+        <w:t xml:space="preserve"> "Ең үздік қолжетімді техникалар бойынша анықтамалықтардың жобалары әзірленетін ЕҚТ қолдану салаларын қамту туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (01-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z285" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "ЕҚТ бойынша анықтамалықтардың жобалары әзірленетін ең үздік қолжетімді техникаларды қолдану салаларын қамту туралы мәліметтер" (бұдан әрі - № 01-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Ең үздік қолжетімді техникалар бойынша анықтамалықтардың жобалары әзірленетін ЕҚТ қолдану салаларын қамту туралы мәліметтер" (бұдан әрі – № 01-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z286" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 01-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН бағанда жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда ең үздік қолжетімді технологияларды қолдану салаларына арналған анықтамалықтардың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда ең үздік қолжетімді технологияларды қолдану салаларының жалпы саны көрсетіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда болған жағдайда ескертпелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2005,266 +2231,500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрыққа</w:t>
+              <w:t>нысандарды туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет -ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Халықты ең үздік қолжетімді техникалар (бұдан әрі – ЕҚТ) және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпаратпен қамту туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 02-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: жылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: __жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Халықаралық жасыл технологиялар және инвестициялық жобалар орталығы" коммерциялық емес акционерлік қоғам (бұдан әрі – КЕАҚ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдың 31 желтоқсанына дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...146 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5511800" cy="520700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5511800" cy="520700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2279,491 +2739,549 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЕҚТ және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпараттан хабардар халықтың саны</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+ЕҚТ және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпараттан хабардар халықтың саны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңнің соңындағы жағдай бойынша семинарлар, дөңгелек үстелдер, тренингтер және ЕҚТ саласындағы өзге де іс-шаралар және "Жасыл көпір" Әріптестік бағдарламасы шеңберінде ақпаратпен қамтылған халықтың саны</w:t>
+Есепті кезеңнің соңындағы жағдай бойынша КЕАҚ интернет-ресурсына бару саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2860,87 +3378,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңнің соңындағы жағдай бойынша және "Жасыл көпір" ЕҚТ Әріптестік бағдарламасы саласындағы консультациялармен қамтылған халықтың саны</w:t>
+Есепті кезеңнің соңындағы жағдай бойынша семинарлар, дөңгелек үстелдер, тренингтер және ЕҚТ саласындағы өзге де іс-шаралар және "Жасыл көпір" Әріптестік бағдарламасы шеңберінде ақпаратпен қамтылған халықтың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3037,87 +3555,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңнің соңындағы жағдай бойынша ЕҚТ саласындағы баспа және электрондық БАҚ-та (газеттер, журналдар, интернет-порталдар) және "Жасыл көпір" Әріптестік бағдарламаларында таратылған ақпаратпен қамтылған халықтың саны</w:t>
+Есепті кезеңнің соңындағы жағдай бойынша және "Жасыл көпір" ЕҚТ Әріптестік бағдарламасы саласындағы консультациялармен қамтылған халықтың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3214,50 +3732,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезеңнің соңындағы жағдай бойынша ЕҚТ саласындағы баспа және электрондық бұқаралық ақпарат құралдарында (газеттер, журналдар, интернет-порталдар) және "Жасыл көпір" Әріптестік бағдарламаларында таратылған ақпаратпен қамтылған халықтың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3356,250 +4051,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3646,330 +4289,320 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Халықты ең үздік қолжетімді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>техникалармен (ЕҚТ) және</w:t>
+              <w:t xml:space="preserve">техникалармен және "Жасыл </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Жасыл көпір" Әріптестік</w:t>
+              <w:t xml:space="preserve">көпір" Әріптестік бағдарламасы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламасы саласындағы</w:t>
+              <w:t xml:space="preserve">саласындағы ақпаратпен қамту </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақпаратпен қамту туралы</w:t>
+              <w:t>туралы мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
+              <w:t xml:space="preserve">әкімшілік деректерді өтеусіз </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkStart w:name="z288" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Халықты ең үздік қолжетімді техникалар (ЕҚТ) және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпаратпен қамту туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме </w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+        <w:t xml:space="preserve"> "Халықты ең үздік қолжетімді техникалар және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпаратпен қамту туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (02-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z289" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Халықты ең үздік қолжетімді техникалармен (ЕҚТ) және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпаратпен қамту туралы мәліметтер" (бұдан әрі- № 02-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Халықты ең үздік қолжетімді техникалармен және "Жасыл көпір" Әріптестік бағдарламасы саласындағы ақпаратпен қамту туралы мәліметтер" (бұдан әрі – № 02-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z290" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 02-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-жолда есепті кезеңнің соңындағы жағдай бойынша "Халықаралық жасыл технологиялар және инвестициялық жобалар орталығы" коммерциялық емес акционерлік қоғам интернет-ресурсына бару саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-жолда есепті кезеңнің соңындағы жағдай бойынша семинарлар, дөңгелек үстелдер, тренингтер және ЕҚТ саласындағы өзге де іс-шаралар және "Жасыл көпір" Әріптестік бағдарламасы шеңберінде ақпаратпен қамтылған халықтың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-жолда есепті кезеңнің соңындағы жағдай бойынша ЕҚТ және "Жасыл көпір" Әріптестік бағдарламасы саласындағы консультациялармен қамтылған халықтың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-жолда есепті кезеңнің соңындағы жағдай бойынша ЕҚТ саласындағы баспа және электрондық бұқаралық ақпарат құралдарында (газеттер, журналдар, интернет-порталдар) және "Жасыл көпір" Әріптестік бағдарламаларында таратылған ақпаратпен қамтылған халықтың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-жолда есепті кезеңнің соңындағы жағдай бойынша әлеуметтік желілерде, ЕҚТ және "Жасыл көпір" Әріптестік бағдарламасы саласында таратылған ақпаратпен қамтылған халықтың саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4003,266 +4636,500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрыққа</w:t>
+              <w:t>нысандарды бекіту туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>бұйрыққа 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет -ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Нормативтік ластаушы заттардың көлемі туралы мәліметтер: - шығарындылар, - төгінділер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 03-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: жылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: __жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: Экологиялық реттеу және бақылау комитеті, облыстардың, республикалық маңызы бар қалалардың, астананың экология департаменттері, Экология және табиғи ресурстар министрлігінің қоршаған ортаны қорғау саласындағы және облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдан кейінгі 20 қаңтарға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...146 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4276,159 +5143,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ластаушы заттардың (I санаттағы объектілердің) жалпы шығарындылары немесе шығарындылары нормативтерінің белгіленген мәндерінің көлемі, млн.тонн</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ластаушы заттардың </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(I санаттағы объектілердің) жалпы шығарындылары немесе шығарындылары нормативтерінің белгіленген мәндерінің көлемі, млн.тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ластаушы заттардың жалпы шығарындылары немесе шығарындылары нормативтерінің белгіленген мәндерінің көлемі (II және III санаттағы объектілер), млн.тонн</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ластаушы заттардың жалпы шығарындылары немесе шығарындылары нормативтерінің белгіленген мәндерінің көлемі (II және III санаттағы объектілер), млн.тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4672,250 +5607,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4949,297 +5832,289 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Нормативтік ластаушы</w:t>
+              <w:t xml:space="preserve">"Нормативтік ластаушы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заттардың көлемі туралы</w:t>
+              <w:t xml:space="preserve">заттардың көлемі туралы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәліметтер: - шығарындылар, -</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төгінділер" әкімшілік деректерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жинауға арналған нысанға</w:t>
+              <w:t>өтеусіз негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:bookmarkStart w:name="z292" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Нормативтік ластаушы заттардың көлемі туралы мәліметтер: - шығарындылар, - төгінділер" әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="86"/>
+        <w:t xml:space="preserve"> "Нормативтік ластаушы заттардың көлемі туралы мәліметтер: - шығарындылар, - төгінділер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (03-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z293" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Нормативтік ластаушы заттардың көлемі туралы мәліметтер: - шығарындылар, - төгінділер" (бұдан әрі- № 03-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Нормативтік ластаушы заттардың көлемі туралы мәліметтер: - шығарындылар, - төгінділер" (бұдан әрі – № 03-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z294" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 03-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда Қазақстан Республикасы Экология кодексінің 12-бабына (бұдан әрі – ҚР ЭК) сәйкес қоршаған ортаға елеулі теріс әсер ететін объектілерге (I санаттағы объектілерге) қатысты ластаушы заттардың жалпы шығарындыларының немесе төгінділерінің белгіленген нормативтік көлемдері көрсетіледі, млн. тонна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда ҚР ЭК 12-бабына сәйкес қоршаған ортаға бірқалыпты жағымсыз әсер ететін объектілерден (II санаттағы объектілер) және қоршаған ортаға болмашы жағымсыз әсер ететін объектілерден (III санаттағы объектілер) белгіленген ластаушы заттардың жалпы шығарындыларының немесе төгінділерінің нормативтік көлемдері көрсетіледі, млн тонна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда болған жағдайда ескертпелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5273,266 +6148,500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрыққа</w:t>
+              <w:t>нысандарды бекіту туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>бұйрыққа 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Ерекше қорғалатын табиғи аумақтардың (бұдан әрі – ЕҚТА) ауданын ұлғайту туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 04-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: жылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: __жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Қазақ орман орналастыру кәсіпорны" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдан кейінгі 15 ақпанға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...146 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5547,195 +6656,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы ауданы, мың.га</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы ауданы, мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЕҚТА алаңы есепті кезеңге дейін, мың.га</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЕҚТА алаңы есепті кезеңге дейін, мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті кезеңде құрылған ЕҚТА алаңы, мың.га</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есепті кезеңде құрылған ЕҚТА алаңы, мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6047,250 +7206,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="100"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6350,278 +7457,281 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аумақтардың ауданын ұлғайту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы мәліметтер" әкімшілік</w:t>
+              <w:t>туралы мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t xml:space="preserve">әкімшілік деректерді өтеусіз </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t xml:space="preserve">негізде жинауға арналған </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="110"/>
+    <w:bookmarkStart w:name="z296" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Ерекше қорғалатын табиғи аумақтардың ауданын ұлғайту туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="112"/>
+        <w:t xml:space="preserve"> "Ерекше қорғалатын табиғи аумақтардың ауданын ұлғайту туралы  мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын  толтыру бойынша түсіндірме  (№ 04-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z297" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Ерекше қорғалатын табиғи аумақтардың ауданын ұлғайту туралы мәліметтер" (бұдан әрі - № 04-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Ерекше қорғалатын табиғи аумақтардың ауданын ұлғайту туралы мәліметтер" (бұдан әрі – № 04-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z126" w:id="113"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z298" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 04-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда жалпы ауданы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда ЕҚТА алаңы есепті кезеңге дейін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда есепті кезеңде құрылған ЕҚТА алаңы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-бағанда болған жағдайда ескертпелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6655,266 +7765,500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрыққа</w:t>
+              <w:t>нысандарды туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет –ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Орманмен жабылған аумақты ұлғайту/кеңейту, оның ішінде 2 млрд. ағаш отырғызу, түрлер мен отырғызу өңірлеры бойынша қалыпты тіршілік ету деңгейін қамтамасыз ету туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 05-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: жылдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: __жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Қазақ орман орналастыру кәсіпорны" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдан кейінгі 15 қаңтарға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...146 lines deleted...]
-    <w:bookmarkEnd w:id="126"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6929,527 +8273,585 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық деңгейде</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Республикалық деңгейде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұқымдар бөлінісінде облыстардың құрылған орман дақылдарының алаңдары</w:t>
+Құрылған орман дақылдарының жалпы ауданы (нәтиже)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың.га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7480,372 +8882,372 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде</w:t>
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұқымдар бөлінісінде облыстардың құрылған орман дақылдарының алаңдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Жергілікті деңгейде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орман шаруашылығы мекемелерінің тұқымдар бөлінісінде құрылған орман дақылдарының алаңы</w:t>
+Облыс бойынша құрылған орман дақылдарының жалпы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың.га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7906,50 +9308,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы мекемелерінің тұқымдар бөлінісінде құрылған орман дақылдарының алаңы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7978,51 +9557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың.га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8048,250 +9627,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8338,343 +9865,346 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Орманмен жабылған аумақты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұлғайту/кеңейту, оның ішінде 2</w:t>
+              <w:t>ұлғайту/кеңейту, оның ішінде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>млрд ағаш отырғызу, түрлер мен</w:t>
+              <w:t xml:space="preserve">2 млрд. ағаш отырғызу, түрлер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>отырғызу Өңірлеры бойынша</w:t>
+              <w:t xml:space="preserve">мен отырғызу өңірлеры </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалыпты тіршілік ету деңгейін</w:t>
+              <w:t>бойынша қалыпты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамтамасыз ету туралы ақпарат</w:t>
+              <w:t xml:space="preserve">тіршілік ету деңгейін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
+              <w:t xml:space="preserve">қамтамасыз ету туралы ақпарат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t xml:space="preserve">мәліметтер" әкімшілік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>деректерді өтеусіз негізде</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жинауға арналған қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="137"/>
+    <w:bookmarkStart w:name="z300" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Орманмен жабылған аумақты ұлғайту/кеңейту, оның ішінде 2 млрд ағаш отырғызу, түрлер мен отырғызу Өңірлеры бойынша қалыпты тіршілік ету деңгейін қамтамасыз ету туралы ақпарат" әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z154" w:id="139"/>
+        <w:t xml:space="preserve"> "Орманмен жабылған аумақты ұлғайту/кеңейту, оның ішінде 2 млрд. ағаш отырғызу, түрлер мен отырғызу өңірлеры бойынша қалыпты тіршілік ету деңгейін қамтамасыз ету туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (№ 05-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z301" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Орманмен жабылған аумақты ұлғайту/кеңейту, оның ішінде 2 млрд ағаш отырғызу, түрлер мен отырғызу Өңірлеры бойынша қалыпты тіршілік ету деңгейін қамтамасыз ету туралы" (бұдан әрі – № 05-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Орманмен жабылған аумақты ұлғайту/кеңейту, оның ішінде 2 млрд. ағаш отырғызу, түрлер мен отырғызу өңірлеры бойынша қалыпты тіршілік ету деңгейін қамтамасыз ету туралы мәліметтер" (бұдан әрі – № 05-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z155" w:id="140"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z302" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 05-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-жолда республикалық деңгейде құрылған орман дақылдарының жалпы ауданы (нәтиже) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-жолда республикалық деңгейде тұқымдар бөлінісінде облыстардың құрылған орман дақылдарының алаңдары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-жолда жергілікті деңгейде облыс бойынша құрылған орман дақылдарының жалпы ауданы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-жолда жергілікті деңгейде орман шаруашылығы мекемелерінің тұқымдар бөлінісінде құрылған орман дақылдарының алаңы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-жолда жергілікті деңгейде тұқымдар бөлінісінде құрылған орман дақылдарының табиғатты қорғау мекемелерінің алаңы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8708,268 +10238,500 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы бұйрыққа</w:t>
+              <w:t>нысандарды туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z162" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет –ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптардың ауданы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 06-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: жылдық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z167" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: __жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Қазақ орман орналастыру кәсіпорны" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдан кейінгі 15 сәуірге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8984,527 +10746,585 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Ескертпе </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық деңгейде</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Республикалық деңгейде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орманды алқапқа ауыстырылған орман дақылдары</w:t>
+Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптар алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың.га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9535,372 +11355,549 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде</w:t>
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орманды алқапқа ауыстырылған орман дақылдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Жергілікті деңгейде</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи жаңаруға жәрдемдесу іс-шараларының нәтижесінде орман жамылғысымен қамтылған жерлер санатына ауыстырылған аумақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-орманның табиғи жаңаруы болған орманды алқапқа ауыстырылды</w:t>
+Орман табиғи түрде қалпына келуі нәтижесінде орман жамылғысымен қамтылған жерлер санатына ауыстырылған аумақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың.га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9926,250 +11923,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="154"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10229,323 +12174,326 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аумақтардағы және орман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шаруашылығының</w:t>
+              <w:t xml:space="preserve">шаруашылығының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кәсіпорындарының</w:t>
+              <w:t xml:space="preserve">кәсіпорындарының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аумақтарындағы орманмен</w:t>
+              <w:t>аумақтарындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жабылған алқаптардың ауданы</w:t>
+              <w:t xml:space="preserve">орманмен жабылған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы мәліметтер" әкімшілік</w:t>
+              <w:t xml:space="preserve">алқаптардың ауданы туралы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>мәліметтер" әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t xml:space="preserve">деректерді өтеусіз негізде </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жинауға арналған қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z181" w:id="164"/>
+    <w:bookmarkStart w:name="z304" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптар алаңы туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="166"/>
+        <w:t xml:space="preserve"> "Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптар алаңы туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (№ 06-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z305" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптар алаңы туралы мәліметтер" (бұдан әрі- № 06-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Ерекше қорғалатын табиғи аумақтардағы және орман шаруашылығының мамандандырылған кәсіпорындарының аумақтарындағы орманмен жабылған алқаптар алаңы туралы мәліметтер" (бұдан әрі – № 06-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z184" w:id="167"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 06-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-жолда республикалық деңгейде ерекше қорғалатын табиғи аумақтарда және мамандандырылған орман шаруашылығы кәсіпорындарының аумақтарында орман жамылғысымен қамтылған жерлердің алаңы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-жолда республикалық деңгейде орман жамылғысымен қамтылған жерлер санатына ауыстырылған орман дақылдары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-жолда жергілікті деңгейде табиғи жаңаруға жәрдемдесу іс-шараларының нәтижесінде орман жамылғысымен қамтылған жерлер санатына ауыстырылған аумақ көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-жолда жергілікті деңгейде орманның табиғи түрде қалпына келуі нәтижесінде орман жамылғысымен қамтылған жерлер санатына ауыстырылған аумақ көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10579,268 +12527,513 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t>негізде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>нысандарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет –ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Орман шаруашылығы саласындағы ғылыми әзірлемелерді практикалық қолданумен қамтылған орман алқабы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 07-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: жылдық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z195" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: __жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Қазақ орман шаруашылығы және агроорман мелиорациясы ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдың 31 желтоқсанына дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10855,247 +13048,482 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық деңгейде</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгейде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11154,51 +13582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мың га</w:t>
+мың гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11224,250 +13652,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z198" w:id="180"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11501,250 +13877,261 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Орман шаруашылығы</w:t>
+              <w:t xml:space="preserve">"Орман шаруашылығы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы ғылыми</w:t>
+              <w:t xml:space="preserve">саласындағы ғылыми </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әзірлемелерді практикалық</w:t>
+              <w:t xml:space="preserve">әзірлемелерді практикалық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қолданумен қамтылған орман</w:t>
+              <w:t xml:space="preserve">қолданумен қамтылған орман </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алқабы туралы мәліметтер"</w:t>
+              <w:t xml:space="preserve">алқабы туралы мәліметтер" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік деректерді жинауға</w:t>
+              <w:t xml:space="preserve">әкімшілік деректерді өтеусіз </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысанға қосымша</w:t>
+              <w:t>негізде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z209" w:id="190"/>
+    <w:bookmarkStart w:name="z307" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Орман шаруашылығы саласындағы ғылыми әзірлемелерді практикалық қолданумен қамтылған орман алқабы туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме </w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z211" w:id="192"/>
+        <w:t xml:space="preserve"> "Орман шаруашылығы саласындағы ғылыми әзірлемелерді практикалық қолданумен қамтылған орман алқабы туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын  толтыру бойынша түсіндірме (№ 07-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z308" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Орман шаруашылығы саласындағы ғылыми әзірлемелерді практикалық қолданумен қамтылған орман алқабы туралы мәліметтер" (бұдан әрі- № 07-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z212" w:id="193"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z309" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 07-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-жолда республикалық деңгейде орман шаруашылығы саласындағы ғылыми әзірлемелерді практикалық қолданумен қамтылған орман алқабы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11778,268 +14165,513 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді жинауға</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысандарды бекіту</w:t>
+              <w:t xml:space="preserve">негізде жинауға арналған </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>нысандарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z219" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет –ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Гидрометеорологиялық және экологиялық мониторинг туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 08-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: жылдық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z220" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: __жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: "Қазгидромет" республикалық мемлекеттік кәсіпорны шаруашылық жүргізу құқығында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: жыл сайын, есепті жылдан кейінгі бірінші тоқсан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12054,509 +14686,549 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсеткіштер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Метеорологиялық мониторинг</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...154 lines deleted...]
-            </w:pPr>
+Метеорологиялық мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдағы бақылау пункттерінің саны</w:t>
+Бақылау пункттерінің ең төменгі қажетті саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12653,123 +15325,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы республика аумағын метеорологиялық мониторингпен қамтамасыз ету</w:t>
+Есепті жылдағы бақылау пункттерінің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12800,336 +15472,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агрометеорологиялық мониторинг</w:t>
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Агрометеорологиялық мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдағы бақылау пункттерінің саны</w:t>
+Бақылау пункттерінің ең төменгі қажетті саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13226,123 +15898,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы республика аумағын метеорологиялық мониторингпен қамтамасыз ету</w:t>
+Есепті жылдағы бақылау пункттерінің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13373,336 +16045,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Гидрологиялық мониторинг</w:t>
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Гидрологиялық мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдағы бақылау пункттерінің саны</w:t>
+Бақылау пункттерінің ең төменгі қажетті саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13799,123 +16471,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы республика аумағын метеорологиялық мониторингпен қамтамасыз ету</w:t>
+Есепті жылдағы бақылау пункттерінің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13946,336 +16618,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атмосфералық ауаның ластану жағдайы туралы мониторинг</w:t>
-            </w:r>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Атмосфералық ауаның ластану жағдайы туралы мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылдағы бақылау пункттерінің саны</w:t>
+Бақылау пункттерінің ең төменгі қажетті саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14372,87 +17044,264 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті жылдағы бақылау пункттерінің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірлік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті жылы республика аумағын метеорологиялық мониторингпен қамтамасыз ету</w:t>
+Есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14514,250 +17363,198 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z223" w:id="203"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14791,444 +17588,433 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Гидрометеорологиялық және</w:t>
+              <w:t xml:space="preserve">"Гидрометеорологиялық және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экологиялық мониторинг туралы</w:t>
+              <w:t xml:space="preserve">экологиялық мониторинг туралы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер" әкімшілік</w:t>
+              <w:t xml:space="preserve">мәліметтер" әкімшілік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t>деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша</w:t>
+              <w:t>негізде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="213"/>
+    <w:bookmarkStart w:name="z311" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Гидрометеорологиялық және экологиялық мониторинг туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме </w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z236" w:id="215"/>
+        <w:t xml:space="preserve"> "Гидрометеорологиялық және экологиялық мониторинг туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (№ 08-ПР нысаны, жылдық)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z312" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Гидрометеорологиялық және экологиялық мониторинг туралы мәліметтер" (бұдан әрі- № 08-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      1. "Гидрометеорологиялық және экологиялық мониторинг туралы мәліметтер" (бұдан әрі – № 08-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z237" w:id="216"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z313" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. № 08-ПР нысаны келесідей толтырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-[...239 lines deleted...]
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-жолда метеорологиялық мониторинг бойынша бақылау пункттерінің ең төменгі қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-жолда метеорологиялық мониторинг бойынша есепті жылдағы бақылау пункттерінің саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3- жолда метеорологиялық мониторинг бойынша есепті жылы республика аумағын метеорологиялық мониторингпен қамтамасыз ету көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-жолда агрометеорологиялық мониторинг бойынша бақылау пункттерінің ең төменгі қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-жолда агрометеорологиялық мониторинг бойынша есепті жылдағы бақылау пункттерінің саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 6-жолда агрометеорологиялық мониторинг бойынша есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 7-жолда гидрологиялық мониторинг бойынша бақылау пункттерінің ең төменгі қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 8-жолда гидрологиялық мониторинг бойынша есепті жылдағы бақылау пункттерінің саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 9-жолда гидрологиялық мониторинг бойынша есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. 10-жолда атмосфералық ауаның ластану жағдайы туралы мониторинг бойынша бақылау пункттерінің ең төменгі қажетті саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. 11-жолда атмосфералық ауаның ластану жағдайы туралы мониторинг бойынша есепті жылдағы бақылау пункттерінің саны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. 12-жолда атмосфералық ауаның ластану жағдайы туралы мониторинг бойынша есепті жылдағы республика аумағының метеорологиялық мониторингпен қамтылуы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15303,1405 +18089,1790 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z251" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 9-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қоршаған ортаны қорғау саласындағы уәкілетті орган</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z255" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет –ресурста орналастырылған: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Коммуналдық қалдықтардың түзілуіне олардың қайта өңделуі және кәдеге жаратылуы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 09-ПР нысаны</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділігі: тоқсан сайын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z256" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: __тоқсан__жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: жергілікті атқарушы органдар, қалдықтарды басқару саласындағы кәсіпкерлік субъектілері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: Жергілікті атқарушы органдар қоршаған ортаны қорғау саласындағы уәкілетті органға – тоқсан сайын, есепті кезеңнен кейінгі айдың 10-күніне дейін; қалдықтарды басқару саласындағы кәсіпкерлік субъектілері жергілікті атқарушы органдарға – есепті тоқсаннан кейінгі айдың 5-күніне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште, электронды түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі (бұдан әрі – БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өңірлер</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өңірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӘАОЖ коды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік аумақтық объектілері сыныптаушының коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалдықтарды басқару саласындағы кәсіпкерлік субъектілерінің атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қалдықтарды басқару саласындағы кәсіпкерлік субъектілерінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БСН (бизнес сәйкестендіру нөмірі)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түзілген коммуналдық қалдықтардың көлемі, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Түзілген қатты тұрмыстық қалдықтардың көлемі, тонна</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>* Бөлек жиналған қалдықтардың көлемі, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайта өңделген және кәдеге жаратылған тұрмыстық қатты қалдықтардың көлемі, тонна</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұрыпталған коммуналдық қалдықтардың көлемі, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көмуге жіберілген тұрмыстық қатты қалдықтардың көлемі, тонна</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қайта өңделген және кәдеге жаратылған коммуналдық қалдықтардың көлемі, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көмуге жіберілген коммуналдық қалдықтардың көлемі, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...255 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z259" w:id="237"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық пошта мекенжайы ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты және әкесінің аты (бар болса) қолы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мөрге арналған орын ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16735,451 +19906,495 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қатты тұрмыстық</w:t>
+              <w:t>"Коммуналдық қалдықтардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалдықтардың түзілуіне оларды</w:t>
+              <w:t>түзілуіне оларды қайта</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қайта өңдеу және кәдеге жарату</w:t>
+              <w:t>өңдеу және кәдеге жарату</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы мәліметтер" әкімшілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерді жинауға арналған</w:t>
+              <w:t xml:space="preserve">деректерді өтеусіз негізде </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанға қосымша"</w:t>
+              <w:t>жинауға арналған қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z270" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Қатты тұрмыстық қалдықтардың түзілуіне оларды қайта өңдеу және кәдеге жарату туралы мәліметтер" әкімшілік деректер нысанын толтыру бойынша түсіндірме </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z271" w:id="248"/>
+        <w:t xml:space="preserve"> "Коммуналдық қалдықтардың түзілуіне оларды қайта өңдеу және кәдеге жарату туралы мәліметтер" әкімшілік деректерді өтеусіз негізде жинауға нысанын толтыру бойынша түсіндірме (09-ПР нысаны, тоқсандық)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Коммуналдық қалдықтардың пайда болуына оларды қайта өңдеу және кәдеге жарату туралы мәліметтер" (бұдан әрі – № 09-ПР нысаны) әкімшілік деректер нысаны "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. № 09-ПР нысаны келесідей толтырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ЖСН/БСН жолында жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бағанда реттік нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 2-бағанда Қазақстан Республикасының өңірлері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 3-бағанда әкімшілік аумақтық объектілері сыныптаушының коды көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 4-бағанда қалдықтарды басқару саласындағы кәсіпкерлік субъектілерінің атауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 5-бағанда түзілген коммуналдық қалдықтардың көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. 6-бағанда бөлек жиналған қалдықтардың көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 7-бағанда сұрыпталған коммуналдық қалдықтардың көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 8-бағанда қайта өңделген және кәдеге жаратылған коммуналдық қалдықтардың көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 9-бағанда көмуге жіберілген коммуналдық көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. 10-бағанда болған жағдайда ескертпелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Ескертпе: коммуналдық қалдықтарды фракциялар бойынша бөлек жинау көзделген жағдайда</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...246 lines deleted...]
-    <w:bookmarkEnd w:id="259"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17501,35 +20716,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>