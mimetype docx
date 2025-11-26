--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e36731a" w14:textId="e36731a">
+    <w:p w14:paraId="fa01a0f" w14:textId="fa01a0f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,205 +93,249 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы мемлекеттік кірістер органдарының кодтарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 ақпандағы № 159 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 11 маусымдағы № 352 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 11 маусымда № 34479 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 11 маусымдағы № 352 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 11 маусымда № 34479 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы мемлекеттік кірістер органдарының кодтарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 ақпандағы № 159 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16402 болып тіркелген) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Қазақстан Республикасы мемлекеттік кірістер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>органдарының кодтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 35-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -378,61 +422,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> ҚМ МКК Aқтөбе облысы бойынша МКД Aқтөбе қаласы бойынша МКБ</w:t>
+              <w:t>ҚР ҚМ МКК Aқтөбе облысы бойынша МКД Aқтөбе қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -458,90 +492,90 @@
               </w:rPr>
               <w:t>0618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       реттік нөмірі 36 алып тасталсын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 47-1-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -628,61 +662,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> ҚМ МКК Алматы облысы бойынша МКД Алатау қаласы бойынша МКБ</w:t>
+              <w:t>ҚР ҚМ МКК Алматы облысы бойынша МКД Алатау қаласы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -708,70 +732,70 @@
               </w:rPr>
               <w:t>0925</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 77-1 және 77-2-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       " </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -858,61 +882,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Үлкен Нарын ауданы бойынша МКБ</w:t>
+              <w:t>ҚР ҚМ МКК Шығыс Қазақстан облысы бойынша МКД Үлкен Нарын ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1051,70 +1065,70 @@
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 177 және 178-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1201,71 +1215,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...19 lines deleted...]
-              <w:t>Павлодар облысы бойынша МКД Тереңкөл ауданы бойынша МКБ</w:t>
+              <w:t>ҚР ҚМ МКК Павлодар облысы бойынша МКД Тереңкөл ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1404,70 +1398,70 @@
               <w:t>
 4508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірі 263-1 және 263-2-жолмен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       " </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1554,71 +1548,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...19 lines deleted...]
-              <w:t>Жаңасемей ауданы бойынша МКБ</w:t>
+              <w:t>ҚР ҚМ МКК Абай облысы бойынша МКД Жаңасемей ауданы бойынша МКБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1757,150 +1731,150 @@
               <w:t>
 7113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шараларды орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2432,31 +2406,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>