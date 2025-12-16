--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0559bb5" w14:textId="0559bb5">
+    <w:p w14:paraId="5158944" w14:textId="5158944">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,150 +77,332 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулықты бекіту туралы</w:t>
+        <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулықты бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2024 жылғы 27 мамырдағы № 434 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 1 маусымда № 34438 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 734 қаулысымен бекітілген Әскери қызметшiлерге, арнаулы мемлекеттік және құқық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлеріне, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру қағидаларын бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану қағидаларының </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 734 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Әскери қызметшiлерге, арнаулы мемлекеттік органдар және құқық қорғау органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлеріне, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдардағы және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес қоса беріліп отырған Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау,мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулық бекітілсін.</w:t>
+        <w:t xml:space="preserve"> сәйкес қоса беріліп отырған Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулықты бекіту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -770,334 +952,568 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулық</w:t>
+        <w:t xml:space="preserve"> Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі </w:t>
+      1. Осы Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нұсқаулық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Ұлттық ұланының және әскери-тергеу органдарының, азаматтық қорғаныстың әскери қызметшілерін, ішкі істер, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметтің қызметкерлерін, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарды және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарды зейнетақымен қамсыздандыру жұмысын ұйымдастыруды нақтылайды.</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Нұсқаулық) Қазақстан Республикасы Ұлттық ұланының және әскери-тергеу органдарының, азаматтық қорғаныстың әскери қызметшілерін, ішкі істер, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметтің қызметкерлерін, сондай-ақ арнаулы 2012 жылғы 1 қаңтардан бастап атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары жойылған адамдарды және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарды зейнетақымен қамсыздандыру жұмысын ұйымдастыруды нақтылайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
-[...15 lines deleted...]
-      1) еңбек сіңірген жылдары үшін зейнетақы төлемі – резервтегі әскери қызметті өткеріп жүрген әскери қызметшілерді қоспағанда, әскери қызметшілерге, арнаулы мемлекеттік органдардың және құқық қорғау органдарының, азаматтық қорғау органы, мемлекеттік фельдъегерлік қызметтің қызметкерлеріне, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдардағы және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға осы Кодекске сәйкес төленетін ақша төлемі;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) еңбек сіңірген жылдары үшін зейнетақы төлемі – резервтегі әскери қызметті өткеріп жүрген әскери қызметшілерді қоспағанда, әскери қызметшілерге, арнаулы мемлекеттік органдардың және құқық қорғау органдарының, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметтің қызметкерлеріне, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киім киіп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдардағы және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға осы Кодекске сәйкес төленетін ақша төлемі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
-[...15 lines deleted...]
-      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 481</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау және төлеу, сондай-ақ зейнетақы төлемдерін қайта есептеу және еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін еңбек сіңірген жылдарын есептеу "Әлеуметтік </w:t>
+      3. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау және төлеу, сондай-ақ зейнетақы төлемдерін қайта есептеу және еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін еңбек сіңірген жылдарын есептеу Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Әскери қызметшiлердің, арнаулы мемлекеттік және құқық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерiнің, сондай-ақ әскери немесе арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдардың еңбек сіңірген жылдарын есептеу қағидаларын бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 733 </w:t>
+        <w:t xml:space="preserve">, "Әскери қызметшiлердің, арнаулы мемлекеттік органдар және құқық қорғау органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерiнің, сондай-ақ әскери немесе арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдардағы және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдардың еңбек сіңірген жылдарын есептеу қағидаларын бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 733 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Әскери қызметшiлерге, арнаулы мемлекеттік және құқық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлеріне, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру қағидаларын бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 734 </w:t>
+        <w:t xml:space="preserve">, "Әскери қызметшiлерге, арнаулы мемлекеттік органдар және құқық қорғау органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлеріне, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдардағы және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру қағидаларын бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 29 тамыздағы № 734 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, сондай-ақ Қазақстан Республикасының өзге де нормативтік құқықтық актілеріне және Қазақстан Республикасы басқа мемлекеттермен жасаған зейнетақымен (әлеуметтік) қамсыздандыру туралы келісімдерге сәйкес жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар), сондай-ақ Қазақстан Республикасының өзге де нормативтік құқықтық актілеріне және Қазақстан Республикасы басқа мемлекеттермен жасаған зейнетақымен (әлеуметтік) қамсыздандыру туралы келісімдерге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Әскери қызметшілерді және ішкі істер органдарының, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерін (бұдан әрі – әскери қызметшілер, қызметкерлер), сондай-ақ ішкі істер органдары, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарды және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға зейнетақымен қамсыздандыру бойынша жұмысты ішкі істер органдары жүйесіндегі Ішкі істер министрлігінің (бұдан әрі – ІІМ), Қылмыстық-атқару жүйесі комитетінің (бұдан әрі – ҚАЖК), облыстардың, республикалық маңызы бар қалалардың және астананың полиция департаменттерінің (бұдан әрі – ПД), облыстардың, республикалық маңызы бар қалалардың және астананың қылмыстық-атқару жүйесі департаменттерінің (бұдан әрі – ҚАЖД) қаржы қызметтері ішкі істер органдарының, азаматтық қорғау, мемлекеттік фельдъегерлік қызметтің кадрлық, медициналық қызметтерімен өзара іс-қимыл жасаса отырып жүзеге асырады.</w:t>
+      4. Әскери қызметшілерді және ішкі істер органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызмет қызметкерлерін (бұдан әрі – әскери қызметшілер, қызметкерлер), сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамдарды және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға зейнетақымен қамсыздандыру бойынша жұмысты ішкі істер органдары жүйесіндегі Ішкі істер министрлігінің (бұдан әрі – ІІМ), Қылмыстық-атқару жүйесі комитетінің (бұдан әрі – ҚАЖК), облыстардың, республикалық маңызы бар қалалардың және астананың полиция департаменттерінің (бұдан әрі – ПД), облыстардың, республикалық маңызы бар қалалардың және астананың қылмыстық-атқару жүйесі департаменттерінің (бұдан әрі – ҚАЖД) қаржы қызметтері ішкі істер органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызметтің кадрлық, медициналық қызметтерімен өзара іс-қимыл жасаса отырып жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ішкі істер органдары жүйесінде зейнетақымен қамсыздандыру жұмысына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1228,495 +1644,883 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Мемлекеттік корпорацияның филиалдарымен өзара іс-қимыл жасау кіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Әскери қызметшілерге және ішкі істер органдарында, азаматтық қорғау, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау және жүзеге асыру тәртібі</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Әскери қызметшілерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау және жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды қаржы қызметтері жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
-[...15 lines deleted...]
-      1) ІІМ - ІІМ орталық аппаратында және оның ведомстволарында, Қазақстан Республикасы Ұлттық ұланының Бас қолбасшылығында, әскери-тергеу басқармаларында, ІІМ Автокөліктік қызмет көрсету мекемесінде, ІІМ "Солтүстік" әскери және арнайы жабдықтау базасында, ІІМ-нің Емханасы бар орталық госпиталінде, Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметінде, сондай-ақ Қазақстан Республикасы Төтенше жағдайлар министрлігінің орталық аппаратында және оның бөлімдерінде (бұдан әрі – ТЖМ) қызмет өткерген әскери қызметшілерге, қызметкерлерге, сондай-ақ ішкі істер, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ІІМ - ІІМ орталық аппаратында және оның ведомстволарында, Қазақстан Республикасы Ұлттық ұланының Бас қолбасшылығында, әскери-тергеу басқармаларында, ІІМ Автокөліктік қызмет көрсету мекемесінде, ІІМ Әскери және арнайы жабдықтау базасында, ІІМ-нің Емханасы бар орталық госпиталінде, Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметінде, сондай-ақ Қазақстан Республикасы Төтенше жағдайлар министрлігінің орталық аппаратында және оның бөлімдерінде (бұдан әрі – ТЖМ) қызмет өткерген әскери қызметшілерге, қызметкерлерге, сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
-[...15 lines deleted...]
-      2) ҚАЖК – қызметкерлерге және арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған ішкі істер органдарының қызметкерлерінің қатарындағы адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде он екі жыл және алты ай үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметтегі еңбек сіңірген жылдары бар, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, ҚАЖК-да қызмет өткерген адамдарға;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ҚАЖК – қызметкерлерге және 2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған ішкі істер органдарының қызметкерлерінің қатарындағы адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде он екі жыл және алты ай үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметтегі еңбек сіңірген жылдары бар, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, ҚАЖК-да қызмет өткерген адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
-[...15 lines deleted...]
-      3) ПД - аумақтық ішкі істер органдарында, жетінші бөліністерде және ІІМ-нің қарамағындағы мемлекеттік мекемелерде, Ұлттық ұланның өңірлік қолбасшылықтарында және әскери бөлімдерінде, Қазақстан Республикасы Мемлекеттік фельдъегерлік қызметінің аумақтық органдарында, ТЖМ-нің қарамағындағы аумақтық органдарда, мемлекеттік мекемелерде және әскери бөлімдерде қызмет өткерген әскери қызметшілерге және қызметкерлерге, сондай-ақ ішкі істер органдары, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға;</w:t>
+    <w:bookmarkStart w:name="z337" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ПД - аумақтық ішкі істер органдарында, жетінші бөліністерде және ІІМ-нің қарамағындағы мемлекеттік мекемелерде, Ұлттық ұланның өңірлік қолбасшылықтарында және әскери бөлімдерінде, Қазақстан Республикасы Мемлекеттік фельдъегерлік қызметінің аумақтық органдарында, ТЖМ-нің қарамағындағы аумақтық органдарда, мемлекеттік мекемелерде және әскери бөлімдерде қызмет өткерген әскери қызметшілерге және қызметкерлерге, сондай-ақ ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
-[...15 lines deleted...]
-      4) ҚАЖД - қызметкерлерге және арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған ішкі істер органдарының қызметкерлерінің қатарындағы адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде он екі жыл және алты ай үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметтегі еңбек сіңірген жылдары бар, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, ҚАЖК-да аумақтылығы бойынша қарамағындағы аумақтық органдарда және мемлекеттік мекемелерде қызмет өткерген адамдарға.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ҚАЖД - қызметкерлерге және арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған ішкі істер органдарының қызметкерлерінің қатарындағы адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде он екі жыл және алты ай үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметтегі еңбек сіңірген жылдары бар, қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, ҚАЖК-да аумақтылығы бойынша қарамағындағы аумақтық органдарда және мемлекеттік мекемелерде қызмет өткерген адамдарға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға арналған құжаттарды кадр қызметі қызметтен босатылған әскери қызметшінің, қызметкердің, сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамның және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдардың соңғы қызмет орны бойынша ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
-[...15 lines deleted...]
-      7. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға арналған құжаттарды кадр қызметі қызметтен босатылған әскери қызметшінің, қызметкердің, сондай-ақ ішкі істер органдары, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамның және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдардың соңғы қызмет орны бойынша ресімдейді.</w:t>
+    <w:bookmarkStart w:name="z339" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кадр қызметі мынадай жұмыстарды атқарады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...15 lines deleted...]
-      Кадр қызметі мынадай жұмыстарды атқарады:</w:t>
+    <w:bookmarkStart w:name="z340" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке істің, еңбек сіңірген жылдарын растайтын әскери билеттің, сондай-ақ еңбек өтілін растайтын құжаттардың (еңбек кітапшасы, мерзімі және оны тоқтату негіздемесі туралы жұмыс берушінің белгісі бар еңбек шарты, еңбек шартын жасасу және тоқтатудың негізінде еңбек қатынастарының туындауын және тоқталуын растайтын жұмыс берушінің актілерінен үзінді көшірмелер, қызметкерлерге еңбекақы беру ведомосынан үзінді көшірмелер, жұмыс берушінің қолы қойылған, ұйымның мөрімен (болған жағдайда) бекітілген қызметтік тізім (қызметкердің жұмысы, еңбек қызметі туралы мәліметтер тізбесі), аударылған міндетті зейнетақы жарналары туралы бірыңғай зейнетақы қорынан үзінді көшірмелер, әлеуметтік аударымдар туралы Мемлекеттік әлеуметтік сақтандыру қорынан мәліметтер не қызметкердің еңбек қызметі туралы мәліметтері бар мұрағаттық анықтама) негізінде қызмет өткеру туралы деректерді тексереді, заңнамаға сәйкес күнтізбелік және жеңілдікпен есептеуге жататын қызмет кезеңдері мен еңбек өтілін нақтылайды және растайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
-[...15 lines deleted...]
-      1) жеке істің, еңбек сіңірген жылдарын растайтын әскери билеттің, сондай-ақ еңбек өтілін растайтын құжаттардың (еңбек кітапшасы, мерзімі және оны тоқтату негіздемесі туралы жұмыс берушінің белгісі бар еңбек шарты, еңбек шартын жасасу және тоқтатудың негізінде еңбек қатынастарының туындауын және тоқталуын растайтын жұмыс берушінің актілерінен үзінді көшірмелер, қызметкерлерге еңбекақы беру ведомосынан үзінді көшірмелер, жұмыс берушінің қолы қойылған, ұйымның мөрімен (болған жағдайда) бекітілген қызметтік тізім (қызметкердің жұмысы, еңбек қызметі туралы мәліметтер тізбесі), аударылған міндетті зейнетақы жарналары туралы бірыңғай зейнетақы қорынан үзінді көшірмелер, әлеуметтік аударымдар туралы Мемлекеттік әлеуметтік сақтандыру қорынан мәліметтер не қызметкердің еңбек қызметі туралы мәліметтері бар мұрағаттық анықтама) негізінде қызмет өткеру туралы деректерді тексереді, заңнамаға сәйкес күнтізбелік және жеңілдікпен есептеуге жататын қызмет кезеңдері мен еңбек өтілін нақтылайды және растайды;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Нұсқаулыққа қосымшаға сәйкес нысан бойынша еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін еңбек сіңірген жылдарының есебін жасайды, оны еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды жүзеге асыратын қаржы қызметімен келіседі және зейнетақы ресімдеп жатқан адамға қол қойғызып, оған жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkStart w:name="z342" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнеткерлікке шыққан әскери қызметшінің, қызметкердің, сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамдардың және ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдардың жеке деректері (тегі, аты, әкесінің аты (болған жағдайда), туған жылы мен күні) еңбек сіңірген жылдарының есебінде оның жеке басын куәландыратын құжат бойынша толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z343" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек сіңірген жылдары үшін зейнетақы тағайындау үшін еңбек сіңірген жылдары есебінің соңғы парағы есепті жасаған кадр қызметі қызметкерінің, еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды жүзеге асырып, есепті тексерген қаржы қызметі маманының, кадр және қаржы қызметтері басшыларының қолдарымен және кадр қызметінің мөрімен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Нұсқаулыққа </w:t>
-[...59 lines deleted...]
-      Еңбек сіңірген жылдары үшін зейнетақы тағайындау үшін еңбек сіңірген жылдары есебінің соңғы парағы есепті жасаған кадр қызметі қызметкерінің, еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды жүзеге асырып, есепті тексерген қаржы қызметі маманының, кадр және қаржы қызметтері басшыларының қолдарымен және кадр қызметінің мөрімен расталады.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Әскери қызметшілер, қызметкерлер, сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары жойылған адамдар және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдар соңғы қызмет орны бойынша кадр қызметіне мынадай құжаттарды және олардың көшірмелерін қоса бере отырып, Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      8. Әскери қызметшілер, қызметкерлер, сондай-ақ ішкі істер органдары, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық шендер алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдар және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдар соңғы қызмет орны бойынша кадр қызметіне мынадай құжаттарды және олардың көшірмелерін қоса бере отырып, Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш ұсынады:</w:t>
+    <w:bookmarkStart w:name="z345" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнетақы беру жөніндегі уәкілетті ұйымдардағы банк шотының нөмірі не қылмыстық-атқару жүйесі мемемесі қолма-қол ақшаны бақылау шоты туралы мәлімет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      1) жеке басты куәландыратын құжат (жеке куәлік, азаматтығы жоқ адамның куәлігін, шетелдіктің тұруға ықтиярхатын);</w:t>
+    <w:bookmarkStart w:name="z346" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 3,5х4,5 см өлшеміндегі фотосурет (2 дана);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      2) зейнетақы беру жөніндегі уәкілетті ұйымдардағы банк шотының нөмірі не қылмыстық-атқару жүйесі мемемесі қолма-қол ақшаны бақылау шоты туралы мәлімет;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) 2016 жылғы 1 қаңтарға дейін міндетті зейнетақы жарналары бюджет қаражатының есебінен аударылған адамдар үшін - Қазақстан Республикасы Үкіметінің 2023 жылғы 15 маусымдағы № 472 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Әскери қызметшiлердің (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік органдар және құқық қорғау органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың пайдасына 2016 жылғы 1 қаңтарға дейін бюджет қаражаты есебінен аударылған міндетті зейнетақы жарналары сомасының 50 пайызын қайтару қағидаларымен белгіленген нысан бойынша әскери қызметшiлердің (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік органдар және құқық қорғау органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың пайдасына, сондай-ақ Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдар мен құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда оларға 2016 жылғы 1 қаңтарға дейін бюджет қаражаты есебінен аударылған міндетті зейнетақы жарналары сомасының 50 пайызын жеке зейнетақы шотынан есептен шығару туралы анықтама-растау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...15 lines deleted...]
-      3) 3,5х4,5 см өлшеміндегі фотосурет (2 дана);</w:t>
+    <w:bookmarkStart w:name="z348" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мүгедектігі бар адамдар үшін – жасына байланысты зейнетақы төлемдері/жәрдемақылар алушы куәлігі болған жағдайда мүгедектігі туралы анықтаманың көшірмесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Әскери қызметшiлердің (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік органдар және құқық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың пайдасына 2016 жылғы 1 қаңтарға дейін бюджет қаражаты есебінен аударылған міндетті зейнетақы жарналары сомасының 50 пайызын қайтару қағидаларымен белгіленген нысан бойынша әскери қызметшiлердің (мерзімді қызметтегі әскери қызметшілерден басқа), арнаулы мемлекеттік органдар және құқық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің, сондай-ақ арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдардың пайдасына, сондай-ақ Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік органдар мен құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда оларға 2016 жылғы 1 қаңтарға дейін бюджет қаражаты есебінен аударылған міндетті зейнетақы жарналары сомасының 50 пайызын жеке зейнетақы шотынан есептен шығару туралы анықтама-растау;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 1998 жылғы 1 қаңтардағы жағдай бойынша әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарында, мемлекеттік фельдъегерлік қызметте он жылдан астам еңбек өтілі бар әскери қызметшілер, қызметкерлер, сондай-ақ 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киім киіп жүру құқықтары жойылған адамдар және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, соңғы қызмет орны бойынша кадр қызметіне 2016 жылғы 1 қаңтардағы жағдай бойынша жеке зейнетақы шотынан үзінді көшірмелер ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
-[...15 lines deleted...]
-      5) мүгедектігі бар адамдар үшін – жасына байланысты зейнетақы төлемдері/жәрдемақылар алушы куәлігі болған жағдайда мүгедектігі туралы анықтаманың көшірмесі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. 2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киім киіп жүру құқықтары жойылған адамдар соңғы қызмет орны бойынша кадр қызметіне құқық қорғау органдары, азаматтық қорғау органдары және мемлекеттік фельдъегерлік қызмет бойынша еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау кезінде әлеуметтік қамсыздандыруды, барлық жеңілдіктер мен басымдылықтарды сақтай отырып, арнаулы атақтарға және сыныптық шендерге ие болу, сондай-ақ нысанды киім киіп жүру құқықтары жойылған адамдарды тіркеу туралы анықтама ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
-[...15 lines deleted...]
-      9. 1998 жылғы 1 қаңтардағы жағдай бойынша әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарында, мемлекеттік фельдъегерлік қызметте он жылдан астам еңбек өтілі бар әскери қызметшілер, қызметкерлер, сондай-ақ ішкі істер органдары, азаматтық қорғау, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтарға, сыныптық шендерге ие болу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдар және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, соңғы қызмет орны бойынша кадр қызметіне 2016 жылғы 1 қаңтардағы жағдай бойынша жеке зейнетақы шотынан үзінді көшірмелер ұсынады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда соңғы қызмет орны бойынша кадр қызметіне Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, оларды тіркеу туралы анықтаманы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Кадр қызметі осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1771,52 +2575,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген кұжаттардың толық емес пакетін ұсынған немесе толық емес не дұрыс емес мәліметтерді қамтитын құжаттарды ұсынған жағдайда еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы өтінішті қабылдамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Кадр қызметі осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1871,72 +2675,72 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды қабылдап, еңбек сіңірген жылдары үшін зейнетақы төлемін тағайындау үшін оларды еңбек сіңірген жылдарының есебімен, қызметтен босату туралы бұйрықтан үзінді көшірмемен, ақшалай аттестатпен және әскери-дәрігерлік комиссияның (денсаулық жағдайы бойынша қызметтен босатылған жағдайда) қорытындысымен келіп түскен күннен бастап бес жұмыс күні ішінде тиісті қаржы қызметіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тиісті қаржы қызметі құжаттар келіп түскен күннен бастап он жұмыс күні ішінде еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды мынадай тәртіппен жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1951,1108 +2755,1160 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша еңбек сіңірген жылдары үшін зейнетақы төлемдерін зейнетақы тағайындау туралы қорытындыны ресімдейді, оны еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауды жүзеге асыратын қаржы қызметінің басшысы бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Нұсқалыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша зейнетақы ісін ресімдейді, оған еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы қорытынды және еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға негіз болған материалдар қоса тігіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша зейнетақы ісін зейнеткерлерді және зейнетақы істерін есепке алу кітапшасында тіркейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасы ішкі істер органдарының зейнеткер куәлігін ресімдейді, ол еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушының мәртебесін растайтын ресми құжат болып табылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша зейнеткер куәліктерді есепке алу кітапшасына Қазақстан Республикасы ішкі істер органдарының еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушының зейнеткер куәлігін тіркейді және еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушыға қол қойғыза отырып, береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. ІІМ, ҚАЖК қаржы қызметтері еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындағаннан кейін үш жұмыс күні ішінде зейнетақы ісін одан әрі зейнетақыны есептеп, төлемдерді жүзеге асыру үшін зейнеткердің тұрғылықты жері бойынша ПД-ге, ҚАЖД-ға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындағаннан кейін Қағидаларға 3-қосымшаға сәйкес 1-ВС нысаны бойынша зейнетақы ісінен үзінді көшірме толтырылады және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша хабарламамен қоса отырып, бір данада Мемлекеттік корпорацияның филиалына жолданады. Үзінді көшірмелері зейнетақы ісіне қоса тігіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      15. ІІМ, ҚАЖК қаржы қызметтері еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындағаннан кейін үш жұмыс күні ішінде зейнетақы ісін одан әрі зейнетақыны есептеп, төлемдерді жүзеге асыру үшін зейнеткердің тұрғылықты жері бойынша ПД-ге, ҚАЖД-ға жолдайды.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тиісті кадр қызметтерінен тиісті қаржы қызметтеріне толық емес, дұрыс емес немесе қайшы келетін мәліметтерді қамтитын құжаттар келіп түскен жағдайда, сондай-ақ еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындаудан бас тартылған жағдайда тиісті қаржы қызметтері он жұмыс күні ішінде тиісті кадр қызметтеріне бас тарту себебін көрсете отырып, құжаттарды қайтарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      16. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындағаннан кейін Қағидаларға 3-қосымшаға сәйкес 1-ВС нысаны бойынша зейнетақы ісінен үзінді көшірме толтырылады және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша хабарламамен қоса отырып, бір данада Мемлекеттік корпорацияның филиалына жолданады. Үзінді көшірмелері зейнетақы ісіне қоса тігіледі.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті кадр қызметтері өтініш иесін үш жұмыс күні ішінде хабарландырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      17. Тиісті кадр қызметтерінен тиісті қаржы қызметтеріне толық емес, дұрыс емес немесе қайшы келетін мәліметтерді қамтитын құжаттар келіп түскен жағдайда, сондай-ақ еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындаудан бас тартылған жағдайда тиісті қаржы қызметтері он жұмыс күні ішінде тиісті кадр қызметтеріне бас тарту себебін көрсете отырып, құжаттарды қайтарады.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Еңбек сіңірген жылдары үшін зейнетақы төлемдерін алушы әскери (арнаулы) атақ беріле отырып, мемлекеттік қызметке қабылданған кезде ішкі істер органдарының кадр қызметі тиісті қаржы қызметіне қызметке тағайындалған күннен бастап еңбек сіңірген жылдары үшін зейнетақы төлемдерін тоқтату үшін оны қызметке қабылдау туралы бұйрықтан үзінді көшірме ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      Тиісті кадр қызметтері өтініш иесін үш жұмыс күні ішінде хабарландырады.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Зейнетақы төлемдерін алушы қайтыс болған, Қазақстанның басқа өңіріне немесе одан тыс жерлерге кеткен, не тиісті қаржы қызметтерінің сұрау салуы бойынша зейнетақы төлемдері тоқтатылған жағдайларда Мемлекеттік корпорацияның филиалдары тиісті қаржы қызметтеріне айлар бойынша өткен жылы жүргізілген төлемдер туралы анықтама ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Олардың мөлшеріне әсер ететін жағдайлардың өзгеруіне байланысты зейнетақы төлемдерінің артуы, қайта есептелуі, сондай-ақ тоқтатылған зейнетақы істері бойынша бұрын тағайындалған зейнетақы төлемдерін төлеуді қайта бастау кезінде жаңа қорытынды жасалмайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Зейнетақы төлемдерінің мөлшерін қайта есептеу егер заңнамамен өзге көзделмесе, зейнетақы төлемдерінің мөлшерін өзгертуге әкеп соққан мән-жайларды растайтын құжаттармен бірге зейнеткер жазбаша жүгінген күннен бастап жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Зейнетақы төлемдерін қайта есептеу үшін негіз болған растайтын құжаттар зейнетақы ісінде болған жағдайда лауазымды адамның кінәсінен зейнетақы төлемдерін уақтылы қайта есептемеген жағдайда қосымша ақы зейнетақы төлемдерінің арттырылған мөлшеріне құқық белгіленген күннен бастап жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Зейнетақы төлемдері мөлшерінің әрбір өзгерісі осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес зейнетақы төлемін қайта есептеу кестесіне жазбамен ресімделеді, оған тиісті қаржы қызметінің маманы және басшысы қол қояды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы төлемін қайта есептеу кестесі зейнетақы ісіне қоса тігіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. "Республикалық бюджет туралы" Заңда көзделген жыл сайынғы арттыруға, айлық есептік көрсеткіштің, ең төменгі күнкөріс деңгейінің өзгеруіне байланысты зейнетақы төлемдерінің мөлшері өзгерген жағдайда тиісті қаржы қызметтері Қағидаларға 4 және 5-қосымшаларға сәйкес 1-BC-арттыру, 1-BC/1-арттыру нысандары бойынша зейнетақы төлемдерінің жаңа мөлшері туралы алушылардың зейнетақы істерінен үзінді көшірме дайындайды және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша хабарламаны қоса бере отырып, Мемлекеттік корпорацияның филиалдарына бір данада жолдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      Зейнетақы төлемін қайта есептеу кестесі зейнетақы ісіне қоса тігіледі.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Қызмет өтілінің не ақшалай қамтылым мөлшерінің өзгеруіне байланысты еңбек сіңірген жылдары үшін зейнетақы төлемдерінің мөлшері өзгерген жағдайда тиісті қаржы қызметтері Қағидаларға 2-қосымшаға сәйкес 1-ИУ нысаны бойынша, не 3-қосымшаға сәйкес 1-BC нысаны бойынша зейнетақы ісінен үзінді көшірме дайындайды және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша ұсынылатын құжаттар туралы хабарламаны қоса бере отырып, Мемлекеттік корпорацияның филиалдарына бір данада жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      24. "Республикалық бюджет туралы" Заңда көзделген жыл сайынғы арттыруға, айлық есептік көрсеткіштің, ең төменгі күнкөріс деңгейінің өзгеруіне байланысты зейнетақы төлемдерінің мөлшері өзгерген жағдайда тиісті қаржы қызметтері Қағидаларға 4 және 5-қосымшаларға сәйкес 1-BC-арттыру, 1-BC/1-арттыру нысандары бойынша зейнетақы төлемдерінің жаңа мөлшері туралы алушылардың зейнетақы істерінен үзінді көшірме дайындайды және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша хабарламаны қоса бере отырып, Мемлекеттік корпорацияның филиалдарына бір данада жолдайды.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Зейнетақы төлемдерін заңсыз тағайындауды анықтаған кезде тиісті қаржы қызметтері зейнетақы төлемдерін тоқтату туралы қорытынды жасайды, оны тиісті органның басшысы бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      25. Қызмет өтілінің не ақшалай қамтылым мөлшерінің өзгеруіне байланысты еңбек сіңірген жылдары үшін зейнетақы төлемдерінің мөлшері өзгерген жағдайда тиісті қаржы қызметтері Қағидаларға 2-қосымшаға сәйкес 1-ИУ нысаны бойынша, не 3-қосымшаға сәйкес 1-BC нысаны бойынша зейнетақы ісінен үзінді көшірме дайындайды және Қағидаларға 6-қосымшаға сәйкес 1-В/Л нысаны бойынша ұсынылатын құжаттар туралы хабарламаны қоса бере отырып, Мемлекеттік корпорацияның филиалдарына бір данада жолдайды.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті қаржы қызметтері еңбек сіңірген жылдары үшін зейнетақы төлемдерін тоқтату туралы шешім қабылдаған күннен бастап Қағидаларға 9-қосымшаға сәйкес 1-Б/ВС нысаны бойынша төлемді тоқтатуға хабарлама дайындап, Мемлекеттік корпорацияның филиалдарына жолдайды және шешім қабылдаған күннен бастап бес жұмыс күні ішінде зейнетақы төлемдерін алушыны жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...15 lines deleted...]
-      26. Зейнетақы төлемдерін заңсыз тағайындауды анықтаған кезде тиісті қаржы қызметтері зейнетақы төлемдерін тоқтату туралы қорытынды жасайды, оны тиісті органның басшысы бекітеді.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тұрғылықты жері өзгерген кезде азаматтарға зейнетақы төлемдерін жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...15 lines deleted...]
-      Тиісті қаржы қызметтері еңбек сіңірген жылдары үшін зейнетақы төлемдерін тоқтату туралы шешім қабылдаған күннен бастап Қағидаларға 9-қосымшаға сәйкес 1-Б/ВС нысаны бойынша төлемді тоқтатуға хабарлама дайындап, Мемлекеттік корпорацияның филиалдарына жолдайды және шешім қабылдаған күннен бастап бес жұмыс күні ішінде зейнетақы төлемдерін алушыны жазбаша хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Зейнетақы төлемін алушының Қазақстанның басқа өңіріне не Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен кезде зейнетақы төлемдері алушының тұрғылықты жері бойынша тіркеуден шығарылған айы аралығында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28. Қазақстанның басқа өңіріне тұрақты тұруға кеткен кезде жаңа тұрғылықты орнының ПД, ҚАЖД қаржы қызметтеріне зейнеткерлер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z350" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бұрынғы тұрғылықты орнының тиісті қаржы қызметі басшысының атына зейнетақы төлемдерін тоқтату туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z351" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнетақы беру жөніндегі уәкілетті ұйымның банк шотының нөмірі туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z352" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПД, ҚАЖД қаржы қызметтері зейнеткердің тұрғылықты орны бойынша ПД, ҚАЖД қаржы қызметтеріне зейнеткердің бұрынғы тұрғылықты орны бойынша зейнетақы төлемдерін тоқтату туралы зейнеткердің өтінішін қоса бере отырып, зейнеткерлік ісін талап ету туралы сұрау салу жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z353" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнеткерлік ісін талап ету туралы сұрау салу алғаннан кейін зейнеткердің бұрынғы тұрғылықты орнының ҚАЖК, ПД, ҚАЖД қаржы қызметі Мемлекеттік корпорацияның филиалына Қағидаларға 9-қосымшаға сәйкес 1-Б/ВС нысаны бойынша хабарлама жолдайды және сұрау салуды алғаннан бастап он жұмыс күні ішінде зейнетақы ісін почта байланысы арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...103 lines deleted...]
-      3) тұрақты тұратын жері бойынша тіркеуді растайтын құжат (мекенжай анықтамасы, не ауыл әкімінің анықтамасы);</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. ПД, ҚАЖД қаржы қызметтерінің мамандары Қазақстанның басқа өңірінен келіп түскен зейнетақы ісін барлық қажетті құжаттардың болуын, жүргізілген қайта есептеулердің және төлемдерді тағайындаудың дұрыстығын тексереді және жаңа нөмір бере отырып, зейнетақы істерін есепке алу кітабында тіркеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
-[...15 lines deleted...]
-      4) зейнетақы беру жөніндегі уәкілетті ұйымдардағы банк шотының нөмірі туралы мәлімет ұсынады.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПД, ҚАЖД қаржы қызметтері зейнетақы ісі келіп түскеннен бастап он жұмыс күні ішінде Мемлекеттік корпорацияның филиалына Қағидаларға 3-қосымшаға сәйкес 1-ВС нысаны бойынша үзінді көшірме береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
-[...15 lines deleted...]
-      ПД, ҚАЖД қаржы қызметтері зейнеткердің тұрғылықты орны бойынша ПД, ҚАЖД қаржы қызметтеріне зейнеткердің бұрынғы тұрғылықты орны бойынша зейнетақы төлемдерін тоқтату туралы зейнеткердің өтінішін қоса бере отырып, зейнеткерлік ісін талап ету туралы сұрау салу жолдайды.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы төлемі зейнеткердің бұрынғы тұрғылықты жері бойынша бұрын төлем жүргізілген айдан кейінгі айдан бастап жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Зейнеткер Қазақстан Республикасынан тыс жерлерге тұрақты тұруға кеткен кезде ҚАЖК, ПД, ҚАЖД қаржы қызметтері Қазақстан Республикасынан тыс жерлерге кетушінің зейнетақы ісін мекенжай бойынша шығу парағын және зейнеткер куәлігін қоса бере отырып, басқа елдің уәкілетті органдарының сұрау салуы бойынша не зейнеткердің төлемді тоқтату және зейнетақы ісін зейнеткер тұрып жатқан елдің уәкілетті органына жолдау туралы өтінішінің негізінде бұрынғы тұрғылықты жері бойынша ҚАЖК, ПД, ҚАЖД қаржы қызметтеріне жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлемдерді тоқтату үшін ҚАЖК, ПД, ҚАЖД қаржы қызметтері Қағидаларға 9-қосымшаға сәйкес 1-Б/ВС нысаны бойынша Мемлекеттік корпорацияға 1-Б/ВС нысандары бойынша хабарлама жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Қазақстан Республикасына тұрғылықты тұруға келген Тәуелсіз Мемлекеттер Достастығына қатысушы мемлекеттердің ішкі істер органдарының қызметкерлері, әскери қызметшілері қатарындағы зейнеткерлер зейнетақы төлеуді жалғастыру үшін зейнеткердің бұрынғы тұрғылықты жерінің зейнетақы тағайындау жөніндегі уәкілетті органынан зейнетақы ісін талап ету туралы өтінішпен тұрғылықты жері бойынша ПД, ҚАЖД қаржы қызметіне жүгінеді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы тағайындау жөніндегі уәкілетті органнан зейнетақы ісін алғаннан кейін зейнеткер тұрғылықты жері бойынша ПД, ҚАЖД қаржы қызметтеріне мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z354" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қағидаларға 1-қосымшаға сәйкес өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z355" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнетақы беру жөніндегі уәкілетті ұйымдардағы банк шотының нөмірі не қылмыстық-атқару жүйесі мемемесі қолма-қол ақшаны бақылау шоты туралы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z356" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 3,5х4,5 см өлшемдегі фотосурет (2 дана).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Шетелдікке немесе азаматтығы жоқ адамға Қазақстан Республикасында зейнетақы төлемдері оның жеке басын куәландыратын құжатының Қазақстан Республикасы аумағында қолданылу мерзімі ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
-[...15 lines deleted...]
-       Зейнетақы тағайындау жөніндегі уәкілетті органнан зейнетақы ісін алғаннан кейін зейнеткер тұрғылықты жері бойынша ПД, ҚАЖД қаржы қызметтеріне мынадай құжаттарды ұсынады:</w:t>
+    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдіктің немесе азаматтығы жоқ адамның жеке басын куәландыратын құжатының қолданылу мерзімі өткеннен кейін зейнетақы төлемдері тоқтатылады, ал құжаттың қолданылу мерзімі ұзартылған кезде тоқтатылған зейнетақы төлемдері тоқтатылған күннен бастап қайта жалғастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
-[...15 lines deleted...]
-      1) Қағидаларға 1-қосымшаға сәйкес өтініш;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Зейнетақы ісі мен зейнеткер куәлігін ресімдеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
-[...15 lines deleted...]
-      2) жеке басты куәландыратын құжат (жеке куәлік, азаматтығы жоқ адамның куәлігін, шетелдіктің тұруға ықтиярхатын) және оның көшірмесін;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Зейнетақы ісі зейнетақы төлемдерін, жәрдемақыларды тағайындау, арттыру (қайта есептеу) және төлеу үшін қажетті тиісті құжаттармен жинақталады. Одан әрі зейнеткерге қатысты барлық хат алысу, оның зейнетақы ісінде сақталады және хронологиялық тәртіппен тігіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
-[...15 lines deleted...]
-      3) тұрақты тұратын жері бойынша тіркеуді растайтын құжат (мекенжай анықтамасы, не ауыл әкімінің анықтамасы);</w:t>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Зейнетақы ісіне реті бойынша істің нөмірі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
-[...15 lines deleted...]
-      4) зейнетақы беру жөніндегі уәкілетті ұйымдардағы банк шотының нөмірі не қылмыстық-атқару жүйесі мемемесі қолма-қол ақшаны бақылау шоты туралы мәліметтер;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы ісінің мұқабасының алдыңғы бетінде істің нөмірі, зейнеткердің тегі, аты, әкесінің аты (болған жағдайда), атағы, қызметтен босатылған күні атқарған лауазымы мен қызмет орны көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мұқабаның ішкі бетінде зейнеткердің тіркелген мекенжайы және нақты тұратын мекенжайы, байланыс телефондары, зейнеткер куәлігінің нөмірі мен берілген күні төлемдерді жүзеге асыратын Мемлекеттік корпорация филиалының атауы көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Істе құжаттар мынадай тәртіппен қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3067,111 +3923,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін негіз болған құжаттар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) медициналық құжаттар – қызметке жарамдылық дәрежесі туралы әскери-дәрігерлік комиссияның қорытындысы, медициналық әлеуметтік сараптаманың мүгедектік туралы анықтамаларынан үзінді көшірме; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әртүрлі хат алысу – зейнеткердің өтініші және хаттары, оларға жауаптардың көшірмелері, басқа бөліністермен, ұйымдармен хат алысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) зейнетақы, төлемдерін төлеуге құжаттар – Мемлекеттік корпорацияның филиалдарына жіберілген үзінді көшірмелердің және хабарламалардың көшірмелері, Мемлекеттік корпорация филиалдарының жүргізілген төлемдер туралы анықтамалары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3205,562 +4061,262 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
-[...458 lines deleted...]
-            </w:r>
+              <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулыққа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның оң жақ жоғарғы бұрышындағы мәтін жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін еңбек сіңірген жылдарының есебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұрынғы ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6454,70 +7010,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. (болған жағдайда) және қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______ жылғы "___" ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="102"/>
+    <w:bookmarkStart w:name="z173" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Жеңілдікпен есептелген еңбек сіңірген жылдары есебінің әрбір тармағында нормативтік құқықтық актінің тиісті нормасына сілтеме болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6551,560 +7107,592 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
+              <w:t>Әскери қызметшiлерге және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарында, </w:t>
+              <w:t>ішкі істер органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтық қорғау, мемлекеттік </w:t>
+              <w:t>азаматтық қорғау органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">фельдъегерлік қызметте қызмет </w:t>
+              <w:t>мемлекеттік фельдъегерлік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өткерген қызметкерлерге, </w:t>
+              <w:t>қызметте қызмет өткерген</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сондай-ақ арнаулы атақтар, </w:t>
+              <w:t>қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыныптық шендер алу және </w:t>
+              <w:t>арнаулы атақтар, сыныптық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">нысанды киім киіп жүру </w:t>
+              <w:t>шендер алу және нысанды киiм</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құқықтары 2012 жылғы </w:t>
+              <w:t>киiп жүру құқықтары жойылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 қаңтардан бастап жойылған </w:t>
+              <w:t>адамдарға және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">адамдарға және </w:t>
+              <w:t>Республикасының ішкі істер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>органдарындағы медициналық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарындағы </w:t>
+              <w:t>лауазымдары 2022 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық лауазымдары </w:t>
+              <w:t>шілдеден және 2023 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 жылғы 1 шілдеден және </w:t>
+              <w:t>қаңтардан бастап қысқартылған,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 жылғы 1 қаңтардан бастап </w:t>
+              <w:t>лауазымы қысқартылған кезде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған, лауазымы </w:t>
+              <w:t>еңбек сіңірген жылдары үзіліссіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған кезде еңбек </w:t>
+              <w:t>әскери қызметте, арнаулы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сіңірген жылдары үзіліссіз </w:t>
+              <w:t>мемлекеттік және құқық қорғау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әскери қызметте, арнаулы </w:t>
+              <w:t>органдарындағы, азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік және құқық қорғау </w:t>
+              <w:t>қорғау органдарындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">органдарындағы қызметте, </w:t>
+              <w:t>қызметте, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік фельдъегерлік </w:t>
+              <w:t>фельдъегерлік қызметте кемінде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметте кемінде он екі жыл </w:t>
+              <w:t>он екі жыл және алты ай болған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және алты ай болған адамдар </w:t>
+              <w:t>адамдар қылмыстық-атқару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қылмыстық-атқару </w:t>
+              <w:t>(пенитенциарлық) жүйесінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(пенитенциарлық) жүйесінің </w:t>
+              <w:t>тергеу изоляторлары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тергеу изоляторлары мен </w:t>
+              <w:t>мекемелерінде орналасқан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мекемелерінде орналасқан </w:t>
+              <w:t>медициналық ұйымдарда</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық ұйымдарда </w:t>
+              <w:t>жұмысын жалғастырған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмысын жалғастырған </w:t>
+              <w:t>жағдайда, осындай адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жағдайда, осындай адамдарға </w:t>
+              <w:t>еңбек сіңірген жылдары үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">еңбек сіңірген жылдары үшін </w:t>
+              <w:t>зейнетақы төлемдерiн</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зейнетақы төлемдерін </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">тағайындау және жүзеге асыру </w:t>
+              <w:t>тағайындау және жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
-      </w:r>
-[...17 lines deleted...]
-      БЕКІТЕМІН</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7140,240 +7728,294 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>БЕКІТЕМІН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(қорытындыны бекітетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">адамның лауазымы, атағы, </w:t>
+              <w:t>адамның лауазымы, атағы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Т.А.Ә.</w:t>
-[...12 lines deleted...]
-              <w:t>(болған жағдайда) қолы)</w:t>
+              <w:t>Т.А.Ә. (болған жағдайда) қолы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___"_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="104"/>
+    <w:bookmarkStart w:name="z178" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы</w:t>
-[...50 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы ҚОРЫТЫНДЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________________________________________________________________ </w:t>
-[...35 lines deleted...]
-      (еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға негіз болып </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әскери қызметшілер мен қызметкерлер және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден  және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған  кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік  және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдар үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкес (еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға негіз болып</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       табылатын "Қазақстан Республикасының Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -7384,502 +8026,448 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">" Қазақстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...450 lines deleted...]
-      Барлығы: _________теңге ____ тиын. </w:t>
+        <w:t>
+      Республикасы кодексінің нормаларына сілтеме көрсетілсін*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, құқық қорғау органының бөлінісі, бөлімі, әскери (арнаулы)  атағы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________ _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      біліктілік сыныбы, тегі, аты, әкесінің аты (болған жағдайда) еңбек сіңірген жылдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшін зейнетақы төлемдері тағайындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы, айы, күні _____ жылғы "___" __________.  ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____ жылғы "___" _______ № ____ бұйрығымен _____ жылғы "___" ______ бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____-бабы ___-тармағының ____тармақшасы бойынша қызметтен босатылды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қызметтен босатылу тұжырымдамасының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "____" ____________ № ____ "__________________________"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңнамалық актінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек сіңірген жылдары: күнтізбелік есеппен ___ жыл ___ай ___ күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдікпен есептегенде ___ жыл ___ай ___ күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек өтілі: күнтізбелік есеппен ___ жыл ___ай ___ күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдікпен есептегенде ___ жыл ___ай ___ күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы еңбек өтілі: күнтізбелік есеппен ___ жыл ___ай ___ күн</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеңілдікпен есептегенде ___ жыл ___ай ___ күн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек сіңірген жылдары зейнетақы төлемдерін тағайындау үшін ескерілетін ақшалай</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қамтылым мөлшері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лауазымдық жалақысы _________теңге ____ тиын әскери (арнаулы) атағы, біліктілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыныбы бойынша жалақы (қосымша ақы),  _________теңге ____ тиын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барлығы: _________теңге ____ тиын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -7893,317 +8481,311 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>216-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ___- тармағының </w:t>
-[...146 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="106"/>
+        <w:t xml:space="preserve"> ___- тармағының негізінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә.) (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақшалай қамтылымның _____% мөлшерінде сомасы _________ теңге зейнетақы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлемі белгіленсін, ол 20__ жылғы "___"______ бастап төленуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы төлемін тағайындайтын қызметі бастығы _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                                           (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман ______________________  (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z221" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       * Толтыру кезінде Әлеуметтік кодексінің нормаларына сілтеме көрсетіледі (Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>212-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___-тармағының __) тармақшасы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z222" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жинақтаушы зейнетақы жүйесінің қатысушылары үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негіздемесінде қосымша Әлеуметтік кодексінің 212-бабының </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
+      Жинақтаушы зейнетақы жүйесінің қатысушылары үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негіздемесінде қосымша Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>212-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1998 жылғы 1 қаңтардан кейін қызметке алғаш рет кірген және 2016 жылғы 1 қаңтарға дейін қызметтен босатылған, қызметтен босатылған күнге 2016 жылғы 1 қаңтарға дейін қолданыста болған Қазақстан Республикасы заңнамасының нормаларына сәйкес еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау шарттары болған әскери қызметшілер, құқық қорғау органдарының, азаматтық қорғау органдарының, мемлекеттік фельдъегерлік қызмет қызметкерлері үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негіздемесінде қызметтен босатылған күнде қолданыста болған "Қазақстан Республикасында зейнетақымен қамсыздандыру туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормаларына сілтеме қосымша көрсетіледі ("Қазақстан Республикасында зейнетақымен қамсыздандыру туралы" _______ жылғы "____" ___________ Қазақстан Республикасының № _____ Заңының _____-бабының ____-тармағының ____тармақшасы).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8237,560 +8819,592 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
+              <w:t>Әскери қызметшiлерге және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарында, </w:t>
+              <w:t>ішкі істер органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтық қорғау, мемлекеттік </w:t>
+              <w:t>азаматтық қорғау органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">фельдъегерлік қызметте қызмет </w:t>
+              <w:t>мемлекеттік фельдъегерлік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өткерген қызметкерлерге, </w:t>
+              <w:t>қызметте қызмет өткерген</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сондай-ақ арнаулы атақтар, </w:t>
+              <w:t>қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыныптық шендер алу және </w:t>
+              <w:t>арнаулы атақтар, сыныптық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">нысанды киім киіп жүру </w:t>
+              <w:t>шендер алу және нысанды киiм</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құқықтары 2012 жылғы </w:t>
+              <w:t>киiп жүру құқықтары жойылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 қаңтардан бастап жойылған </w:t>
+              <w:t>адамдарға және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">адамдарға және </w:t>
+              <w:t>Республикасының ішкі істер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>органдарындағы медициналық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарындағы </w:t>
+              <w:t>лауазымдары 2022 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық лауазымдары </w:t>
+              <w:t>шілдеден және 2023 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 жылғы 1 шілдеден және </w:t>
+              <w:t>қаңтардан бастап қысқартылған,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 жылғы 1 қаңтардан бастап </w:t>
+              <w:t>лауазымы қысқартылған кезде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған, лауазымы </w:t>
+              <w:t>еңбек сіңірген жылдары үзіліссіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған кезде еңбек </w:t>
+              <w:t>әскери қызметте, арнаулы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сіңірген жылдары үзіліссіз </w:t>
+              <w:t>мемлекеттік және құқық қорғау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әскери қызметте, арнаулы </w:t>
+              <w:t>органдарындағы, азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік және құқық қорғау </w:t>
+              <w:t>қорғау органдарындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">органдарындағы қызметте, </w:t>
+              <w:t>қызметте, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік фельдъегерлік </w:t>
+              <w:t>фельдъегерлік қызметте кемінде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметте кемінде он екі жыл </w:t>
+              <w:t>он екі жыл және алты ай болған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және алты ай болған адамдар </w:t>
+              <w:t>адамдар қылмыстық-атқару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қылмыстық-атқару </w:t>
+              <w:t>(пенитенциарлық) жүйесінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(пенитенциарлық) жүйесінің </w:t>
+              <w:t>тергеу изоляторлары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тергеу изоляторлары мен </w:t>
+              <w:t>мекемелерінде орналасқан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мекемелерінде орналасқан </w:t>
+              <w:t>медициналық ұйымдарда</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық ұйымдарда </w:t>
+              <w:t>жұмысын жалғастырған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмысын жалғастырған </w:t>
+              <w:t>жағдайда, осындай адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жағдайда, осындай адамдарға </w:t>
+              <w:t>еңбек сіңірген жылдары үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">еңбек сіңірген жылдары үшін </w:t>
+              <w:t>зейнетақы төлемдерiн</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зейнетақы төлемдерін </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">тағайындау және жүзеге асыру </w:t>
+              <w:t>тағайындау және жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z225" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
-      </w:r>
-[...17 lines deleted...]
-      БЕКІТЕМІН</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8826,768 +9440,912 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>БЕКІТЕМІН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(қорытындыны бекітетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">___________________________ </w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">адамның лауазымы, атағы, </w:t>
+              <w:t>адамның лауазымы, атағы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Т.А.Ә.</w:t>
-[...12 lines deleted...]
-              <w:t>(болған жағдайда), қолы)</w:t>
+              <w:t>Т.А.Ә. (болған жағдайда), қолы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20__ жылғы "___"_________ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="111"/>
+    <w:bookmarkStart w:name="z228" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы</w:t>
-[...50 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау туралы ҚОРЫТЫНДЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _________________________________________________________________________ </w:t>
-[...35 lines deleted...]
-      (еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға негіз болып </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (2012 жылғы 1 қаңтардан бастап ішкі істер органдары, азаматтық қорғау, мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар, сыныптық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шендер алу және нысанды киім киіп жүру құқықтары   жойылған адамдар үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкес (еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындауға негіз болып</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       табылатын "Қазақстан Республикасының Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">" Қазақстан </w:t>
+        <w:t>" Қазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикасы  кодексінің нормаларына сілтеме)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, құқық қорғау органының бөлінісі, бөлімі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (болған жағдайда) еңбек сіңірген жылдары үшін зейнетақы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлемдері тағайындалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы, айы, күні ____ жылғы "__" ________.  _____________ ____ жылғы "__"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______ № ___ бұйрығымен ____ жылғы "__" ______ бастап ____-бабы ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тармағының ____тармақшасы бойынша  қызметтен босатылды (қызметтен босатылу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұжырымдамасы). 20___ жылғы "__" ________ № ____ "_____________________"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңнамалық актінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау қызметінде болудың шекті жасына сай келетін жасқа  жеткендігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы мәліметтер** ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек сіңірген жылдары: күнтізбелік есеппен ___ жыл ___ай ___ күн  жеңілдікпен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Республикасы кодексінің нормаларына сілтеме) </w:t>
+      есептегенде ___ жыл ___ай ___ күн Еңбек өтілі: күнтізбелік есеппен ___ жыл ___ай </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___ күн  жеңілдікпен есептегенде ___ жыл ___ай ___ күн Жалпы еңбек өтілі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _________________________________________________________________________ </w:t>
+      күнтізбелік есеппен ___ жыл ___ай ___ күн жеңілдікпен есептегенде ___ жыл ___ай </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (лауазымы, құқық қорғау органының бөлінісі, бөлімі, </w:t>
+      ___ күн  Еңбек сіңірген жылдарына зейнетақы төлемдерін тағайындау үшін </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________________ </w:t>
+      ескерілетін ақшалай қамтылым мөлшері:   Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>213-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тегі, аты, әкесінің аты (болған жағдайда) </w:t>
-[...17 lines deleted...]
-      еңбек сіңірген жылдары үшін зейнетақы төлемдері тағайындалсын.</w:t>
+      тармағына және Қазақстан Республикасы Үкіметінің 2012 жылғы 14 желтоқсандағы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Туған жылы, айы, күні _____ жылғы "___" __________. </w:t>
+      № 1597 қаулысымен бекітілген Арнаулы атақтарды және сыныптық шендерді иелену, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________ ______ жылғы "___" __________ № ____ </w:t>
+      сондай-ақ нысанды киім киіп жүру  құқықтары жойылған адамдарға зейнеткерлікке </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      бұйрығымен _____ жылғы "___" ________ бастап ____-бабы ___-тармағының </w:t>
+      шыққан кезде әлеуметтік қамсыздандыруды, барлық жеңілдіктер мен </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____тармақшасы бойынша қызметтен босатылды (қызметтен босатылу </w:t>
+      артықшылықтарды сақтау қағидаларының  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тұжырымдамасы). </w:t>
+      еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін ескерілетін </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20___ жылғы "____" ____________ № ____ "__________________________" </w:t>
-[...273 lines deleted...]
-      ________________________________________________________________________</w:t>
+      ақшалай қамтылым мөлшері:*** </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -9601,437 +10359,473 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>216-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ___- тармағының </w:t>
-[...125 lines deleted...]
-      Маман                         _____________________________ </w:t>
+        <w:t xml:space="preserve"> ___- тармағының негізінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                              (Т.А.Ә. (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақшалай қамтылымның ___% мөлшерінде сомасы _____ теңге зейнетақы төлемдері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгіленсін, ол 20__ жылғы "___"______ бастап төленуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы төлемін тағайындайтын қызметі бастығы _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман _____________________________  (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z270" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      * Толтыру кезінде Әлеуметтік кодексінің нормаларына сілтеме көрсетіледі (Әлеуметтік кодексінің </w:t>
+      * Толтыру кезінде Әлеуметтік кодексінің нормаларына сілтеме көрсетіледі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>212-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___-тармағының __) тармақшасы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z271" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жинақтаушы зейнетақы жүйесінің қатысушылары үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негізіне Әлеуметтік кодексінің 212-бабының </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z273" w:id="117"/>
+      Жинақтаушы зейнетақы жүйесінің қатысушылары үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негізіне Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>212-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағы қосымша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2016 жылғы 1 қаңтарға дейін қолданыста болған заңнама нормаларына сәйкес қызметтен босатылу күніне еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау үшін шарттар болған 1998 жылғы 1 қаңтардан кейін бірінші рет қызметке келген және 2016 жылғы 1 қаңтарға дейін босатылған, ішкі істер органдары, азаматтық қорғау органдары, мемлекеттік фельдъегерлік қызмет қызметкерлерінің қатарындағы арнаулы атақтар алу және нысанды киім киіп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдар үшін еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындау негізіне қызметтен босатылу күніне қолданыста болған "Қазақстан Республикасында зейнетақымен қамсыздандыру туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормаларына сілтеме қосымша көрсетіледі ("Қазақстан Республикасында зейнетақымен қамсыздандыру туралы" ___ жылғы "___" __________ Қазақстан Республикасының №____ Заңының___-бабы __-тармағының ___) тармақшасы).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       **Қызметтен босатылған күні арнаулы атақ және сыныптық шендер алу, сондай-ақ нысанды киім киіп жүру құқығы жойылған сәтте тіркелген арнаулы атағы бойынша құқық қорғау қызметінде болудың шекті жасына сәйкес келетін жасқа жеткен адамдар үшін толтырылады ("__________" тіркелген арнаулы атағы бойынша құқық қорғау қызметінде болудың шекті жасына сәйкес келетін жасқа жетті" деп көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z274" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *** Ақшалай қамтылымның тіркелген мөлшерінен еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындаған жағдайда толтыру кезінде мынадай деректер көрсетіледі: "тіркелген ақшалай қамтылым":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z275" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдық жалақы ______ теңге ______тиын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z276" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы атақ бойынша қосымша ақы _____ теңге _____ тиын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z277" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Барлығы: _____ теңге _____ тиын".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік әкімшілік немесе азаматтық қызметшіге лауазымдық жалақыдан еңбек</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сіңірген жылдары үшін зейнетақы төлемдерін тағайындаған жағдайда толтыру кезінде </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "лауазымдық жалақы ______ теңге ______тиын" деп көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10065,840 +10859,540 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
-[...458 lines deleted...]
-            </w:r>
+              <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулыққа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаның оң жақ жоғарғы бұрышындағы мәтін жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z281" w:id="124"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z281" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ІІМ МВД РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z282" w:id="125"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z282" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z283" w:id="126"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z283" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗЕЙНЕТАҚЫ ІСІ ПЕНСИОННОЕ ДЕЛО  № ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z285" w:id="127"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z285" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тегі ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z286" w:id="128"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z286" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z287" w:id="129"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z287" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аты-жөні (болған жағдайда) _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z288" w:id="130"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z288" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имя и отчество</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z289" w:id="131"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z289" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Атағы _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z290" w:id="132"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z290" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Звание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z291" w:id="133"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z291" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымы _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z292" w:id="134"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z292" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z293" w:id="135"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z293" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызмет орны _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z294" w:id="136"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z294" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место службы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z295" w:id="137"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z295" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z296" w:id="138"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z296" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10932,562 +11426,262 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
-[...458 lines deleted...]
-            </w:r>
+              <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулыққа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z298" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаның оң жақ жоғарғы бұрышындағы мәтін жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z298" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z299" w:id="140"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z299" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зейнеткерлер мен зейнетақы істерін есепке алу кітабы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11987,582 +12181,282 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
-[...458 lines deleted...]
-            </w:r>
+              <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулыққа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z301" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымшаның оң жақ жоғарғы бұрышындағы мәтін жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z302" w:id="142"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z302" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы ішкі істер органдарының зейнеткер куәлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z303" w:id="143"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z303" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="3530600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -12584,70 +12478,70 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="144"/>
+    <w:bookmarkStart w:name="z304" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="2832100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -12669,168 +12563,168 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="145"/>
+    <w:bookmarkStart w:name="z305" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z306" w:id="146"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z306" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зейнеткер куәлігінің мұқабасы қызыл түсті былғарыдан, бумвинилден немесе белокроннан дайындалады. Куәліктің ашылған кездегі өлшемі 70 х 210 мм. Сыртында, мұқабаның алдыңғы бетінде жоғары жақта Қазақстан Республикасы елтаңбасының бейнесі бар, оның астында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z307" w:id="147"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z307" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ІІМ ЗЕЙНЕТКЕР КУӘЛІГІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z308" w:id="148"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z308" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жазу орналасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z309" w:id="149"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z309" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зейнеткер куәлігінің бланкісі екі бөлімнен тұрады, олар мұқабаға желімделеді. Мұқабаның оң жағында желімденген бланкте мемлекеттік тілдегі мәтін болады: жоғарғы бөлігінде куәлікті берген ішкі істер органының атауы, төменде сол жағында нысанды немесе азаматтық киімдегі фотосуреті орналасады, ол зейнетақы тағайындайтын қаржы қызметі басшысының қолымен және мөрімен расталады, фотосуреттің оң жағында толық тегі, аты, әкесінің аты (болған жағдайда), "запастағы" немесе "отставкадағы" сөздерін қоса әскери (арнаулы) атағы, еңбек сіңірген жылдары үшін зейнетақы төлемдерін тағайындайтын қаржы қызметі басшысының тегі, аты, әкесінің аты және қолы, куәлікті тіркеу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z310" w:id="150"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z310" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұқабаның сол жағында желімденген бланкіде орыс тіліндегі мәтін болады: жоғарғы бөлігінде куәлікті берген ішкі істер органының атауы, төменде зейнеткердің толық тегі, аты, әкесінің аты, "запастағы" немесе "отставкадағы" сөздерін қоса әскери (арнаулы) атағы, еңбек сіңірген жылдары үшін зейнетақы төлемін тағайындайтын қаржы қызметі басшысының тегі, аты, әкесінің аты және қолы, куәлікті тіркеу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12864,562 +12758,262 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
-[...458 lines deleted...]
-            </w:r>
+              <w:t>Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы, азаматтық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулыққа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z312" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымшаның оң жақ жоғарғы бұрышындағы мәтін жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z312" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z313" w:id="152"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z313" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зейнеткер куәліктерін есепке алу кітабы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13919,634 +13513,722 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әскери қызметшілерге және </w:t>
+              <w:t>Әскери қызметшiлерге және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарында, </w:t>
+              <w:t>ішкі істер органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтық қорғау, мемлекеттік </w:t>
+              <w:t>азаматтық қорғау органдарында,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">фельдъегерлік қызметте қызмет </w:t>
+              <w:t>мемлекеттік фельдъегерлік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">өткерген қызметкерлерге, </w:t>
+              <w:t>қызметте қызмет өткерген</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сондай-ақ арнаулы атақтар, </w:t>
+              <w:t>қызметкерлерге, сондай-ақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2012 жылғы 1 қаңтардан бастап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыныптық шендер алу және </w:t>
+              <w:t>арнаулы атақтар, сыныптық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">нысанды киім киіп жүру </w:t>
+              <w:t>шендер алу және нысанды киiм</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құқықтары 2012 жылғы </w:t>
+              <w:t>киiп жүру құқықтары жойылған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 қаңтардан бастап жойылған </w:t>
+              <w:t>адамдарға және Қазақстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">адамдарға және </w:t>
+              <w:t>Республикасының ішкі істер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>органдарындағы медициналық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ішкі істер органдарындағы </w:t>
+              <w:t>лауазымдары 2022 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық лауазымдары </w:t>
+              <w:t>шілдеден және 2023 жылғы 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 жылғы 1 шілдеден және </w:t>
+              <w:t>қаңтардан бастап қысқартылған,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 жылғы 1 қаңтардан бастап </w:t>
+              <w:t>лауазымы қысқартылған кезде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған, лауазымы </w:t>
+              <w:t>еңбек сіңірген жылдары үзіліссіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қысқартылған кезде еңбек </w:t>
+              <w:t>әскери қызметте, арнаулы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сіңірген жылдары үзіліссіз </w:t>
+              <w:t>мемлекеттік және құқық қорғау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">әскери қызметте, арнаулы </w:t>
+              <w:t>органдарындағы, азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік және құқық қорғау </w:t>
+              <w:t>қорғау органдарындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">органдарындағы қызметте, </w:t>
+              <w:t>қызметте, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік фельдъегерлік </w:t>
+              <w:t>фельдъегерлік қызметте кемінде</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметте кемінде он екі жыл </w:t>
+              <w:t>он екі жыл және алты ай болған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және алты ай болған адамдар </w:t>
+              <w:t>адамдар қылмыстық-атқару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қылмыстық-атқару </w:t>
+              <w:t>(пенитенциарлық) жүйесінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(пенитенциарлық) жүйесінің </w:t>
+              <w:t>тергеу изоляторлары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тергеу изоляторлары мен </w:t>
+              <w:t>мекемелерінде орналасқан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мекемелерінде орналасқан </w:t>
+              <w:t>медициналық ұйымдарда</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық ұйымдарда </w:t>
+              <w:t>жұмысын жалғастырған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмысын жалғастырған </w:t>
+              <w:t>жағдайда, осындай адамдарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жағдайда, осындай адамдарға </w:t>
+              <w:t>еңбек сіңірген жылдары үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">еңбек сіңірген жылдары үшін </w:t>
+              <w:t>зейнетақы төлемдерiн</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зейнетақы төлемдерін </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">тағайындау және жүзеге асыру </w:t>
+              <w:t>тағайындау және жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z315" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z316" w:id="154"/>
+    <w:bookmarkStart w:name="z316" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Зейнетақы төлемдерін қайта есептеу кестесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. __________________________________________________ зейнетақы төлемі </w:t>
-[...54 lines deleted...]
-                        (заңнамаға сілтеме)</w:t>
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z317" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1._________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зейнетақы төлемі (зейнеткердің Т.А.Ә. (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкес қайта есептелді.  (заңнамаға сілтеме)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15670,69 +15352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зейнетақы төлемінің мөлшері</w:t>
-[...17 lines deleted...]
-теңгемен</w:t>
+Зейнетақы төлемінің мөлшері теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15805,123 +15469,105 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      және 20___ жылғы "___"________ бастап _____________ теңге мөлшерінде белгіленді.</w:t>
-[...71 lines deleted...]
-                                                      (қолы, Т.А.Ә. (болған жағдайда))</w:t>
+      және 20___ жылғы "___" _____ бастап __________ теңге мөлшерінде  белгіленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы төлемін тағайындайтын қызметтің бастығы _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман _____________________ (қолы, Т.А.Ә.) (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16015,188 +15661,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 434 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="156"/>
+    <w:bookmarkStart w:name="z328" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z329" w:id="157"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z329" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әскери қызметшiлерге және ішкі істер органдарында, азаматтық қорғау, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға және Қазақстан Республикасының ішкі істер органдарындағы медициналық лауазымдары 2022 жылғы 1 шілдеден және 2023 жылғы 1 қаңтардан бастап қысқартылған, лауазымы қысқартылған кезде еңбек сіңірген жылдары үзіліссіз әскери қызметте, арнаулы мемлекеттік және құқық қорғау органдарындағы қызметте, мемлекеттік фельдъегерлік қызметте кемінде он екі жыл және алты ай болған адамдар қылмыстық-атқару (пенитенциарлық) жүйесінің тергеу изоляторлары мен мекемелерінде орналасқан медициналық ұйымдарда жұмысын жалғастырған жағдайда, осындай адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасының Ішкі істер министрінің 2020 жылғы 6 ақпандағы № 94 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20016 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z330" w:id="158"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z330" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Әскери қызметшiлерге және ішкі істер органдарында, мемлекеттік фельдъегерлік қызметте қызмет өткерген қызметкерлерге, сондай-ақ арнаулы атақтар, сыныптық шендер алу және нысанды киiм киiп жүру құқықтары 2012 жылғы 1 қаңтардан бастап жойылған адамдарға еңбек сіңірген жылдары үшін зейнетақы төлемдерiн тағайындау және жүзеге асыру жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2020 жылғы 6 ақпандағы № 94 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ішкі істер министрінің 2022 жылғы 30 мамырдағы № 408 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28414 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z331" w:id="159"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z331" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ішкі істер министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Ішкі істер министрінің 2023 жылғы 13 маусымдағы № 480 бұйрығына Қосымшамен бекітілген Қазақстан Республикасы Ішкі істер министрінің өзгерістер енгізілетін кейбір бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32774 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>