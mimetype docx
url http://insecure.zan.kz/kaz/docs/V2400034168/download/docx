--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1ce2958" w14:textId="1ce2958">
+    <w:p w14:paraId="658ead6" w14:textId="658ead6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,160 +113,170 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 2024 жылғы 19 наурыздағы № 2 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 20 наурызда № 34168 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>82-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2024 жылғы 7 қарашадағы № 925 қаулысымен бекітілген Деректерді басқару жөніндегі талаптардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-тармағы</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігіне сәйкес </w:t>
+        <w:t>15-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75-3) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 27.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 30</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -774,706 +785,791 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Стратегиялық жоспарлау және</w:t>
+              <w:t>Стратегиялық жоспарлау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">реформалар агенттігінің </w:t>
+              <w:t>және реформалар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ұлттық статистика </w:t>
+              <w:t>агенттігінің Ұлттық статистика</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бюросы басшысының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 19 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 2 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>№ 2 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректердің сапасын бағалау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 27.09.2024 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30</w:t>
+        <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Әкімшілік деректердің сапасын бағалау </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      1. Осы Әкімшілік деректердің сапасын бағалау қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>82-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігіне сәйкес әзірленді. </w:t>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2024 жылғы 7 қарашадағы № 925 қаулысымен бекітілген Деректерді басқару жөніндегі талаптардың (бұдан әрі – Талаптар) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>75-3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидалар Әкімшілік деректердің сапасын бағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Қағидаларды мемлекеттік статистика саласындағы уәкілетті органның ведомствосы (бұдан әрі – уәкілетті органның ведомствосы) әкімшілік деректердің сапасын бағалау кезінде қолданады.</w:t>
+      3. Осы Қағидаларды мемлекеттік статистика саласындағы уәкілетті органның ведомствосы (бұдан әрі – уәкілетті органның ведомствосы) және оның аумақтық бөлімшелері әкімшілік деректердің сапасын бағалау кезінде қолданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Осы Қағидаларда мынадай ұғымдар мен анықтамалар пайдаланылады:</w:t>
+        <w:t xml:space="preserve">
+      4. Осы Қағидаларда "Мемлекеттік статистика туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) айқындалған мәндердегі ұғымдар, сондай-ақ келесі анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) деректер сапасын бағалау – әкімшілік деректердің Деректерді басқару талаптарына сәйкестік деңгейін анықтау процесі;</w:t>
+      1) ақпараттандыру объектілері – электрондық ақпараттық ресурстар, бағдарламалық қамтылым, интернет-ресурс және ақпараттық-коммуникациялық инфрақұрылым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) деректер сапасын бағалау субъектісі (объектісі) – әкімшілік дереккөз және (немесе) оның дерекқоры;</w:t>
+      2) әкімшілік деректердің сапасын бағалау – әкімшілік деректердің Талаптарға сәйкестік деңгейін анықтау процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) статистика жөніндегі әдіснамалық кеңес (бұдан әрі – Әдіснамалық кеңес) – уәкілетті орган ведомствосының консультативтік-кеңесші органы.</w:t>
+      3) әкімшілік деректердің сапасын бағалау субъектісі (объектісі) – әкімшілік дереккөз және (немесе) оның дерекқоры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Әкімшілік деректердің сапасын бағалау тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) деректер қоры – ақпараттық-коммуникациялық технологиялар арқылы өңдеуге жарамды, жүйеленген деректер жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес деректер сапасын бағалау субъектісіне (объектісіне) қатысты мемлекеттік бақылау шеңберінде жүргізіледі.</w:t>
+        <w:t>
+      5) деректер сапасының өлшемшарттары – деректер сапасының жалпы қабылданған, деректер сапасының дәлдік, толықтық, өзара байланыстылығы, салыстырмалылық, өзектілік, бірегейлік, дәйектілік, уақтылылық, айқындылық, қолжетімділік сияқты аса маңызды өлшемшарттарын бағалау және бақылау үшін пайдаланылатын өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Әкімшілік деректердің сапасын бағалауды деректерді бақылаушы уәкілетті орган ведомствосының бірінші басшысы не оны алмастыратын уәкілетті тұлға бекіткен әкімшілік деректердің сапасын бағалаудың жартыжылдық жоспар-кестесіне (бұдан әрі – Жоспар-кесте) сәйкес бағалау жылының алдындағы жылдың 20 желтоқсанынан кешіктірмей және ағымдағы күнтізбелік жылдың 20 маусымына дейін жүргізеді.</w:t>
+      6) статистика жөніндегі әдіснамалық кеңес (бұдан әрі – Әдіснамалық кеңес) – уәкілетті орган ведомствосының консультативтік-кеңесші органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      7. Жоспар-кесте мыналарды қамтиды: </w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әкімшілік деректердің сапасын бағалау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) жоспар-кестені бекіту мерзімі;</w:t>
+        <w:t xml:space="preserve">
+      5. Әкімшілік деректердің сапасын бағалау Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік деректер сапасын бағалау субъектісіне (объектісіне) қатысты мемлекеттік бақылау шеңберінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) деректердің сапасын бағалау субъектісі (объектісі) атауы;</w:t>
+      6. Әкімшілік деректердің сапасын бағалау үшін уәкілетті орган ведомствосының бірінші басшысы не оны алмастыратын уәкілетті тұлға бекіткен әкімшілік деректердің сапасын бағалаудың жартыжылдық жоспар-кестесіне (бұдан әрі – Жоспар-кесте) сәйкес бағалау жылының алдындағы жылдың 20 желтоқсанынан кешіктірмей және ағымдағы күнтізбелік жылдың 20 маусымына дейін деректер бақылаушылары тартылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) деректер сапасына бағалау жүргізу кезеңі;</w:t>
+      7. Жоспар-кесте мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) уәкілетті органның ведомствосына әкімшілік деректердің сапасы бойынша есепті (бұдан әрі – сапа бойынша есеп) ұсыну күні;</w:t>
+      1) Жоспар-кестені бекіту мерзімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) жоспар-кестеге қол қоюға уәкілетті адамның қолы.</w:t>
+      2) әкімшілік деректердің сапасын бағалау субъектісі (объектісі) атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) талаптарына және Деректерді басқару жөніндегі талаптарға сәйкестігіне, сондай-ақ әкімшілік дереккөздің дерекқорларын бірдей деректер жиынтығын қамтитын басқа ресми көздерден алынған деректермен салыстыру және салыстырып тексеру арқылы жүргізеді. </w:t>
+        <w:t>
+      3) әкімшілік деректер сапасына бағалау жүргізу кезеңі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Деректерді бақылаушы дерекқорларды салыстыру кезінде деректер алшақтығының маңыздылығын айқындайды және сапа бойынша есепте мемлекеттік статистика саласындағы бұзушылық дәрежесінің градациясына сәйкес деректердің алшақтық дәрежесін береді: елеусіз, елеулі.</w:t>
+      4) уәкілетті органның ведомствосына әкімшілік деректердің сапасы бойынша есепті (бұдан әрі – сапа бойынша есеп) ұсыну күні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5) Жоспар-кестеге қол қоюға уәкілетті адамның қолы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспар-кестеге өзгерістер мен толықтырулар енгізу деректер бақылаушылары әкімшілік дереккөзге қатысты жоспардан тыс тексеруге қатысуға тартылған, ақпараттандыру объектілерін және әкімшілік дереккөздердің дерекқорларын өнеркәсіптік пайдалану тоқтатыла тұрған немесе тоқтатылған, сондай-ақ олардың меншік және (немесе) иелену құқығы жеке секторға берілген жағдайларда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Әкімшілік деректердің сапасын бағалау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Талаптарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестігіне, сондай-ақ әкімшілік дереккөздің дерекқорын деректердің бірдей жинағы бар басқа ресми дереккөздердің деректерімен салыстыру және салыстыру арқылы деректер бақылаушымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Деректерді бақылаушы дерекқорларды салыстыру кезінде деректер алшақтығының маңыздылығын айқындайды және сапа бойынша есепте мемлекеттік статистика саласындағы бұзушылық дәрежесінің градациясына сәйкес деректердің алшақтық дәрежесін береді: елеусіз, елеулі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       1) елеусіз бұзушылықтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік дереккөз ұсынған әкімшілік деректердің бірдей мәндердің жиынтығын қамтитын басқа ресми дереккөздерден алынған деректермен 10%-ға дейін сәйкес келмеуіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1486,144 +1582,144 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұлттық анықтамалық ақпарат элементтерінің қолданылмауына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) елеулі бұзушылықтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 12-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6) тармақшасына сәйкес ұлттық анықтамалық ақпараттың келісілмеген элементтерін қолдануға байланысты бұзушылықтар; </w:t>
+        <w:t xml:space="preserve"> 6) тармақшасына сәйкес ұлттық анықтамалық ақпараттың келісілмеген элементтерін қолдануға байланысты бұзушылықтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес уәкілетті органның ведомствосымен әкімшілік деректерді жинауға арналған нысандарды, сондай-ақ көрсеткіштерді есептеу әдістемелерін келісілмеуіне; </w:t>
+        <w:t xml:space="preserve"> сәйкес уәкілетті органның ведомствосымен әкімшілік деректерді жинауға арналған нысандарды, сондай-ақ көрсеткіштерді есептеу әдістемелерін келісілмеуіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік дереккөздің анық емес әкімшілік деректерді ұсынуымен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1688,332 +1784,492 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұсынылған дерекқорлардың Деректерді басқару жөніндегі талаптарда белгіленген деректерді қолдауға қойылатын талаптарға сәйкес келмеуімен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      уәкілетті орган ведомствосының шаруашылық бойынша есепке алуды жүргізу жөніндегі белгіленген талаптарды сақтамауымен;</w:t>
+        <w:t xml:space="preserve">
+      шаруашылық бойынша есепке алуды жүргізудің Қазақстан Республикасы Статистика агенттігі төрағасының 2010 жылғы 10 маусымдағы № 136 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітіліп, (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6334 болып тіркелген) Әр шаруашылық бойынша есепке алуды жүргізу және тіркеу жазбаларын жүргізуді ұйымдастыру нысандары бойынша статистикалық әдіснамасы талаптарын сақтамауымен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік дереккөз ұсынған әкімшілік деректердің бірдей мәндердің жиынтығын қамтитын басқа ресми дереккөздерден алынған деректермен 10%-дан астам алшақтығымен байланысты бұзушылықтар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+        <w:t>
+      10. Әкімшілік деректер мен бірдей мәндердің жиынтығын қамтитын басқа ресми дереккөздерден алынған деректер арасындағы пайыздық айырмашылықты анықтау кезінде мына формула қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2755900" cy="546100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2755900" cy="546100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Нақтылаулар және (немесе) толықтырулар енгізілген кезде сапа жөніндегі есепті деректер бақылаушысы 5 жұмыс күні ішінде пысықтайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+        <w:t>
+      R % - әкімшілік деректердің басқа ресми дереккөздерден алынған деректермен пайыздық алшақтығы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Сапа бойынша есепті қарау нәтижелері бойынша Әдіснамалық кеңес ресми статистикалық ақпаратты өндіруде әкімшілік деректерді пайдалану және (немесе) статистикалық тіркелімдерді өзектілендіру бойынша ұсынымдар береді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      а – әкімшілік деректер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      b – әкімшілік деректермен салыстырылатын бірдей мәндердің жиынтығын қамтитын басқа ресми дереккөздерден алынған деректер.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Заң талаптарын және (немесе) Деректерді басқару жөніндегі талаптарда бұзушылықтар анықталған жағдайларда деректер бақылаушысы сапа бойынша есепті келіскен күннен бастап 3 жұмыс күні ішінде сараптамалық қорытындыны уәкілетті орган ведомствосына электрондық құжат айналымы арқылы жолдайды, онда:</w:t>
+      11. Әкімшілік деректердің сапасына жүргізілген бағалау қорытындылары бойынша деректер бақылаушысы сапа бойынша есепті қалыптастырады және оны электрондық құжат айналымы арқылы уәкілетті орган ведомствосымен келіседі. Сапа бойынша есепті толтыру құрылымы осы Қағидаларға қосымшада келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сараптамалық қорытындыны жасау орны, нөмірі және күні;</w:t>
+      12. Нақтылаулар және (немесе) толықтырулар енгізілген кезде сапа жөніндегі есепті деректер бақылаушысы 5 жұмыс күні ішінде пысықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) әкімшілік дереккөздің атауы;</w:t>
+      13. Деректер бақылаушысы сапа бойынша келісілген есепті Әдіснамалық кеңеске қарауға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) әкімшілік дереккөздің дерекқорының базасының атауы;</w:t>
+      14. Сапа бойынша есепті қарау нәтижелері бойынша Әдіснамалық кеңес ресми статистикалық ақпаратты өндіруде әкімшілік деректерді пайдалану және (немесе) статистикалық тіркелімдерді өзектілендіру бойынша ұсынымдарды ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) бұзушылық дәрежесін көрсете отырып, мемлекеттік статистика саласында анықталған бұзушылықтар және оларды жою туралы ұсынымдар; </w:t>
+        <w:t>
+      15. Заң талаптарын және (немесе) Талаптарда бұзушылықтар анықталған жағдайларда деректер бақылаушысы сапа бойынша есепті келіскен күннен бастап 3 жұмыс күні ішінде сараптамалық қорытындыны уәкілетті орган ведомствосына электрондық құжат айналымы арқылы жолдайды, онда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) әкімшілік деректердің сапасына бағалау жүргізген деректер бақылаушысының тегі, аты, әкесінің аты; </w:t>
+        <w:t>
+      1) сараптамалық қорытындыны жасау орны, нөмірі және күні;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6) әкімшілік деректердің сапасына бағалау жүргізген деректер бақылаушысының жұмыс телефоны және электрондық пошта мекенжайы көрсетіледі. </w:t>
+        <w:t>
+      2) әкімшілік дереккөздің атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Уәкілетті органның ведомствосы:</w:t>
+      3) әкімшілік дереккөздің дерекқорының базасының атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бұзушылық дәрежесін көрсете отырып, мемлекеттік статистика саласында анықталған бұзушылықтар және оларды жою туралы ұсынымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әкімшілік деректердің сапасын бағалау үшін тартылатын деректер бақылаушысының тегі, аты, әкесінің аты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әкімшілік деректердің сапасын бағалау үшін тартылатын деректерді бақылаушының жұмыс телефоны мен электрондық поштасының мекенжайы көрсетіледі .</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Уәкілетті органның ведомствосы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елеусіз бұзушылықтар бойынша әкімшілік дереккөзге оларды жою туралы ұсынымдар жібереді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2026,70 +2282,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       елеулі бұзушылықтар бойынша Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік дереккөздерге қатысты мемлекеттік бақылау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      17. Әкімшілік деректердің сапасын бағалау нәтижелері әкімшілік дереккөз жағында талдауға жатады және Талаптардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-тармақтарына сәйкес әкімшілік деректердің сапасын арттыру жөніндегі іс-шараларды жүргізу үшін бастапқы деректер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      16. Әкімшілік деректердің сапасын бағалау нәтижелері әкімшілік дереккөз жағында талдауға жатады және Деректерді басқару жөніндегі талаптарға сәйкес әкімшілік деректердің сапасын арттыру жөніндегі іс-шараларды жүргізу үшін бастапқы деректер болып табылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      18. Әкімшілік деректер деректер сапасының өлшемшарттарының біріне сәйкес келмеген жағдайда, уәкілетті органның ведомствосы және оның аумақтық бөлімшелері оларды анық емес деп айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2136,87 +2452,123 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әкімшілік деректердің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сапасын бағалау қағидаларына</w:t>
+              <w:t>сапасын бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>қағидаларына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сапа жөніндегі есепті толтыру құрылымы Сапа бойынша есеп  ______________________________________________________  (деректер сапасын бағалау субъектісінің (объектісінің) атауы)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+        <w:t xml:space="preserve"> Сапа жөніндегі есепті толтыру құрылымы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сапа бойынша есеп</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Әкімшілік деректер сапасын бағалау субъектісінің (объектісінің) атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2229,123 +2581,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
-[...71 lines deleted...]
-Түсіндірмелер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есеп бөлімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түсіндірмелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2640,69 +3022,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әкімшілік деректердің меншік иесі – Қазақстан Республикасының заңнамасымен анықталған деректерді иелену, пайдалану немесе оларға билік ету құқығын іске асыратын субъект.</w:t>
-[...17 lines deleted...]
-Әкімшілік деректерді иеленуші – деректердіңменшік иесі заңда немесе келісімде белгіленген шектерде және тәртіппен деректерді иелену және пайдалану құқығын ұсынған субъект.</w:t>
+Әкімшілік деректердің меншік иесі – Қазақстан Республикасының заңнамасына сәйкес деректерді иелену, пайдалану немесе оларға билік ету құқығын іске асыратын субъект.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік деректерді иеленуші – деректердің меншік иесі Қазақстан Республикасының заңнамасында немесе келісімде белгіленген шектерде және тәртіппен деректерді иелену және пайдалану құқығын ұсынған субъект.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2735,87 +3117,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әкімшілік дереккөздің деректердің сапасы бойынша менеджерінің тегі, аты, лауазымы және байланыс деректері</w:t>
-[...35 lines deleted...]
-Деректердің сапасы бойынша менеджер (Data Quality Manager) – әкімшілік дереккөздің ішінде дереккөздің сапасын қамтамасыз етуге жауапты лауазымды адам.</w:t>
+Әкімшілік дереккөздің әкімшілік деректердің сапасы бойынша менеджерінің тегі, аты, лауазымы және байланыс деректері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік деректердің сапасы бойынша менеджер (Data Quality Manager) – әкімшілік дереккөздің ішінде әкімшілік дереккөздің сапасын қамтамасыз етуге жауапты лауазымды адам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3444,51 +3826,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сипаттама:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ақпарат ұсынатын тұлғалар тобы;</w:t>
+1) ақпарат ұсынатын адамдар тобы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) әкімшілік деректерді жинау күндері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3927,87 +4309,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Белгілі бір күнге немесе белгілі бір уақыт кезеңіне (ай, тоқсан, күнтізбелік жыл немесе бірнеше күнтізбелік күн) қатысты айнымалылардың сипаттамасы.</w:t>
+Белгілі бір уақыт сәтіне, белгілі бір күнге немесе белгілі бір уақыт кезеңіне (ай, тоқсан, күнтізбелік жыл немесе бірнеше күнтізбелік күн) қатысты айнымалылардың сипаттамасы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер берілген базистік кезең нақты базистік кезеңмен сәйкес келмесе, мұндай алшақтық сипатталады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Егер жинау ақпараттық жүйелер арқылы автоматты түрде жүзеге асырылса, көрсеткіш қалай қалыптасатыны сипатталады.</w:t>
+Егер жинау ақпараттық жүйелер арқылы автоматты түрде жүзеге асырылса, көрсеткіш қалай қалыптастырылатыны сипатталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4302,51 +4684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес және құпия деректерді қорғауды қамтамасыз ету жөніндегі заңды шаралардың немесе ресми рәсімдердің сипаттамасы.</w:t>
+Дербес және құпия деректерді қорғауды қамтамасыз ету бойынша заңды шаралардың немесе ресми рәсімдердің сипаттамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4546,51 +4928,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік деректерді ұсыну форматын реттейтін құқықтық актілерді немесе ресми және бейресми келісімдерді көрсету.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әкімшілік деректерді (электронды түрде, қағаз тасығышта) ұсыну форматының сипаттамасы.</w:t>
+Әкімшілік деректерді ұсыну форматының (электронды түрде, қағаз жеткізгіште) сипаттамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4659,51 +5041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланушылар әкімшілік деректердің құжаттамасын алатын, пайдаланатын және түсіндіретін шарттар мен режимдер, яғни объектіні, жобаны, ерекшелікті, нұсқаулықты, анықтаманы немесе рәсімді анықтау немесе сипаттау үшін қолданылатын сипаттамалық мәтін.</w:t>
+Пайдаланушылар әкімшілік деректер бойынша құжаттаманы алатын, пайдаланатын және түсіндіретін шарттар мен режимдер, яғни объектіні, жобаны, ерекшелікті, нұсқаулықты, ұлттық анықтамалық ақпаратты немесе рәсімді анықтау немесе сипаттау үшін қолданылатын сипаттамалық мәтін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4998,51 +5380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әкімшілік деректер сапасын басқару үшін әкімшілік дереккөздерде бар жүйе мен құрылымның сипаттамасы.</w:t>
+Әкімшілік деректер сапасын басқару үшін әкімшілік дереккөздері бар жүйе мен құрылымның сипаттамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5075,87 +5457,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сапаны бағалау көрсеткіштері</w:t>
-[...35 lines deleted...]
-Әкімшілік дереккөздер ұсынған әкімшілік деректер сапасының көрсеткіштеріне сәйкес келмеуіне байланысты қателерді сипаттау.</w:t>
+Сапаны бағалау өлшемшарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік дереккөздер ұсынған әкімшілік деректер сапасының өлшемшарттарына сәйкес келмеуіне байланысты қателерді сипаттау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5527,87 +5909,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салыстырмалылық</w:t>
-[...35 lines deleted...]
-Ұлттық анықтамалық ақпараттың өзекті емес элементтерін пайдаланбауға немесе пайдалануға байланысты қателердің, уақытша, өңірлік және салалық бөліністегі әкімшілік деректердің салыстырмалылығының сипаттамасы, сондай-ақ ақпаратты ұсынатын тұлғалардың шеңберін сәйкестендірудің болмауы.</w:t>
+Салыстырмалылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық анықтамалық ақпараттың келісілмеген элементтерін пайдалануға байланысты қателердің, уақытша, өңірлік және салалық бөліністегі әкімшілік деректердің салыстырмалылығының сипаттамасы, сондай-ақ ақпаратты ұсынатын адамдардың шеңберін сәйкестендірудің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6110,87 +6492,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айқындылық</w:t>
-[...35 lines deleted...]
-Әртүрлі түсіндірілуі мүмкін деректердің әртүрлілігіне байланысты қателерді сипаттау шатастырады және сенімді төмендетеді.</w:t>
+Айқындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әртүрлі түсіндірілуі, шатастыруы және сенімді төмендетуі мүмкін деректердің әртүрлілігіне байланысты қателерді сипаттау.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Айқындылық" өлшемі бойынша бағалау ведомстволық статистикалық байқаулар шеңберінде қалыптастырылатын ресми статистикалық ақпаратқа қатысты ғана жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6408,51 +6790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Деректерді басқару жөніндегі талаптарда анықталмаған қателерді сипаттау.</w:t>
+Талаптарда анықталмаған қателерді сипаттау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6521,69 +6903,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әкімшілік дереккөз ұсынған әкімшілік деректердің мәндердің бірдей жиынтығын қамтитын басқа ресми көздерден алынған деректермен алшақтық пайызын анықтау</w:t>
-[...17 lines deleted...]
-Ұлттық анықтамалық ақпараттың ұлттық және (немесе) өзекті емес элементтерін қолданбау сипаттамасы.</w:t>
+Әкімшілік дереккөз ұсынған әкімшілік деректердің мәндердің бірдей жиынтығын қамтитын басқа ресми көздерден алынған деректермен алшақтық пайызын анықтау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық анықтамалық ақпараттың келісілмеген элементтерін қолданбау және (немесе) қолдану сипаттамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6777,119 +7159,105 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістегі ресми статистикалық ақпараттардағы әкімшілік деректерді қолдану мүмкіндігі туралы ұсыныстардың сипаттамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7211,35 +7579,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>