--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="86e0b92" w14:textId="86e0b92">
+    <w:p w14:paraId="79adc23" w14:textId="79adc23">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Жеке шоттарын жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 27 ақпандағы № 306 бұйрығына өзгерістер енгізу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2024 жылғы 5 наурыздағы № 124 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 5 наурызда № 34115 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2024 жылғы 5 наурыздағы № 124 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 5 наурызда № 34115 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 637</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -480,2395 +556,2315 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Осы Салық төлеушінің жеке шотын жүргізу, салықтар, бюджетке төленетін төлемдер, әлеуметтік төлемдер, айыппұлдар, өсімпұл бойынша салық төлеушінің жеке шотындағы есеп-қисаптар сальдосын есептеу, есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру, сондай-ақ "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік қызметті көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 97-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармақтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 100-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 101-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-</w:t>
+      1) салық төлеушінің жеке шоттың жүргізу (бұдан әрі – көрсетілетін қызметті алушы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...120 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және:</w:t>
+        <w:t>
+      2) салықтар, бюджетке төленетін төлемдер, әлеуметтік төлемдер, айыппұлдар, өсімпұл бойынша салық төлеушінің жеке шотындағы есеп-қисаптар сальдосын есептеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) салық төлеушінің жеке шоттың жүргізу (бұдан әрі – көрсетілетін қызметті алушы);</w:t>
+      3) есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) салықтар, бюджетке төленетін төлемдер, әлеуметтік төлемдер, айыппұлдар, өсімпұл бойынша салық төлеушінің жеке шотындағы есеп-қисаптар сальдосын есептеу;</w:t>
+      4) "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік қызмет көрсету тәртіптерін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру;</w:t>
+      Осы Қағидалармен айқындалатын мемлекеттік қызметтер көрсету тәртібіне өзгертулер және (немесе) толықтырулар енгізу кезінде, тиісті нормативтік құқықтық актілері әділет органдарында мемлекеттік тіркеуден өткеннен кейін 3 (үш) жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігі мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің аудандар, қалалар және қалалардағы аудандар бойынша, арнайы экономикалық аймақтардың аумақтарындағы аумақтық органдары (бұдан әрі – көрсетілетін қызметті берушілер) "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс-орталығына жолдайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5-тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) артық төлем – ағымдағы жылдың алдындағы жыл үшін жеке шоттан есеп-қисаптар сальдосы ескеріле отырып, ағымдағы жыл үшін жеке шотта көрсетілген салықтың, бюджетке төленетін басқа да міндетті төлемнің, әлеуметтік төлемнің төленген (есепке жатқызылғандарын, қайтарылғандарын шегергенде) және есептелген, есепке жазылған (кемітілгендерін шегергенде) сомалары арасындағы оң айырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) есепке алуды жүргізуге жауапты лауазымды тұлға – салықтардың, бюджетке төленетін басқа да міндетті төлемдердің, әлеуметтік төлемдердің, сондай-ақ жеке шоттардағы өсімпұлдар мен айыппұлдардың есепке жазылған (есептелген, кемітілген) және төленген (есепке жатқызылған, қайтарылған) сомаларын есепке алудың дұрыс жүргізілуіне бақылау және есептілікті жасау функцияларын атқаратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) міндеттемелердің орындалуына бақылау бойынша лауазымды тұлға – көрсетілетін қызметті алушы салық міндеттемелерін, міндетті зейнетақы жарналарын аудару, әлеуметтік аударымдарды, міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды төлеу бойынша міндеттемелерін орындауына бақылау, сондай-ақ салықтардың, бюджетке төленетін төлемдердің, өсімпұлдардың есепке жазылған (есептелген, кемітілген) сомаларының құқыққа сыйымдылын бақылау функцияларын атқаратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) салық есептілігі бойынша бақылауды жүзеге асыратын лауазымды тұлға – салық және бюджетке төленетін басқа да міндетті төлемдердің, әлеуметтік төлемдердің есепке жазылған (есептелген, кемітілген) сомалары бойынша ақпаратты енгізу және (немесе) бақылау функцияларын орындайтын тұлға;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік қызмет көрсету тәртіптерін айқындайды.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы Қағидалармен айқындалатын мемлекеттік қызметтер көрсету тәртібіне өзгертулер және (немесе) толықтырулар енгізу кезінде, тиісті нормативтік құқықтық актілері әділет органдарында мемлекеттік тіркеуден өткеннен кейін 3 (үш) жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігі мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің аудандар, қалалар және қалалардағы аудандар бойынша, арнайы экономикалық аймақтардың аумақтарындағы аумақтық органдары (бұдан әрі – көрсетілетін қызметті берушілер) "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс-орталығына жолдайды.";</w:t>
+      "2-тарау. Жеке шотты жүргізу тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="6"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5-тармақтың </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      2-тараудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-параграфының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z21" w:id="7"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "1) артық төлем – ағымдағы жылдың алдындағы жыл үшін жеке шоттан есеп-қисаптар сальдосы ескеріле отырып, ағымдағы жыл үшін жеке шотта көрсетілген салықтың, бюджетке төленетін басқа да міндетті төлемнің, әлеуметтік төлемнің төленген (есепке жатқызылғандарын, қайтарылғандарын шегергенде) және есептелген, есепке жазылған (кемітілгендерін шегергенде) сомалары арасындағы оң айырма;</w:t>
-[...194 lines deleted...]
-        <w:t>
       "2-параграф. Жеке шотты жүргізу, салықтар, бюджетке төленетін төлемдер, әлеуметтік төлемдер, айыппұлдар, өсімпұл бойынша салық төлеушінің жеке шотындағы есеп-қисаптар сальдосын есептеу тәртібі";</w:t>
-      </w:r>
-[...342 lines deleted...]
-      "65. Шағымды қарау қорытындылары бойынша уәкілетті орган немесе сот көрсетілетін қызметті алушының шағымын қанағаттандырусыз қалдырса не ішінара қанағаттандырса, аталған сомалар уақтылы төленбеген кезде салық берешегін мәжбүрлеп өндіріп алу тәсілдері мен шараларын қолдана отырып, өндіріп алуға жатады. Жеке шотта салық тексеруі аяқталған күннен кейінгі күннен бастап салық берешегін орындауды кейінге қалдырудың әр күні үшін өсімпұл есептеледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>68-тармақ</w:t>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>63-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "68. Көрсетілетін қызметті алушы келіскен және әкімшілік айыппұл салынған сомаға белгіленген мерзімде әкімшілік құқық бұзушылық туралы іс бойынша қаулыға шағым жасалмаған кезде мәжбүрлеп өндіріп алу тәсілдері мен шаралары қолданылады. Бұл ретте мәжбүрлеп өндіріп алу тәсілдері мен шаралары қаулы заңды күшіне енгеннен кейін және қаулыны ерікті түрде орындау үшін берілген мерзім өткеннен кейін қолданылады.";</w:t>
+        <w:t xml:space="preserve">
+      "62. Көрсетілетін қызметті алушы осы Қағидалардың 53-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген хабарламаға шағым берген кезде, осы шағым бойынша шешім шыққанға дейін көрсетілетін қызметті алушы шағым жасаған хабарлама бойынша есептелген сома көрсетілетін қызметті алушы жеке шотында "Салық міндеттемесін орындау мерзімін өзгерту бойынша мәліметтер" бағанында көрсетіледі. Бұл сомаларға Салық кодексінің 120-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген салық төлеушінің (салық агентінің) мүлкіне билік етуін шектеуден басқа, мерзімінде орындалмаған салық міндеттемесінің орындалуын қамтамасыз ету тәсілдері мен салық берешегін мәжбүрлеп өндіріп алу шаралары қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...394 lines deleted...]
-      "3-тарау. Жеке шоттардағы өсімпұлды есептеу және айыппұлдарды есепке алу, сондай-ақ есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру тәртібі";</w:t>
+      63. Көрсетілетін қызметті алушы осы Қағидалардың 53-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген хабарламаға салықтардың, бюджетке төленетін төлемдердің және өсімпұлдардың барлық сомасына шағым жасамаған жағдайда көрсетілетін қызметті алушы даулаған хабарлама бойынша соманың бөлігі салық төлеушінің жеке шотында "Салық міндеттемесін орындау мерзімін өзгерту бойынша мәліметтер" бағанында көрсетіледі. Салық кодексінің 120-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген салық төлеушінің (салық агентінің) мүлкіне билік етуін шектеуден басқа, хабарлама бойынша есептелген салықтардың, бюджетке төленетін төлемдер және өсімпұлдар сомаларының даулы болып отырған бөлігіне осы шағым бойынша шешім шыққанға дейін мерзімінде орындалмаған салық міндеттемесінің орындалуын қамтамасыз ету тәсілдері мен салық берешегін мәжбүрлеп өндіріп алу шаралары қолданылмайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>128-тармақ</w:t>
+        <w:t>65-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "128. Өсімпұлдар есеп айырысуы мынадай формулада жүргізіледі:</w:t>
+      "65. Шағымды қарау қорытындылары бойынша уәкілетті орган немесе сот көрсетілетін қызметті алушының шағымын қанағаттандырусыз қалдырса не ішінара қанағаттандырса, аталған сомалар уақтылы төленбеген кезде салық берешегін мәжбүрлеп өндіріп алу тәсілдері мен шараларын қолдана отырып, өндіріп алуға жатады. Жеке шотта салық тексеруі аяқталған күннен кейінгі күннен бастап салық берешегін орындауды кейінге қалдырудың әр күні үшін өсімпұл есептеледі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      П = (H * P/ 100 * 2,5 * Д)/ 365, мұнда:</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      П – есептелген өсімпұлдар сомасы;</w:t>
+      "68. Көрсетілетін қызметті алушы келіскен және әкімшілік айыппұл салынған сомаға белгіленген мерзімде әкімшілік құқық бұзушылық туралы іс бойынша қаулыға шағым жасалмаған кезде мәжбүрлеп өндіріп алу тәсілдері мен шаралары қолданылады. Бұл ретте мәжбүрлеп өндіріп алу тәсілдері мен шаралары қаулы заңды күшіне енгеннен кейін және қаулыны ерікті түрде орындау үшін берілген мерзім өткеннен кейін қолданылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Н – бересі сомасы;</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>93-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "93. "Жұмыс берушінің міндетті зейнетақы жарналарын есептеу (есепке жазу) және бірыңғай жинақтаушы зейнетақы қорына аудару және олар бойынша өндіріп алу қағидалары мен мерзімдерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 3 шiлдедегi № 540 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – № 540 қаулы) негізінде міндетті зейнетақы жарналарын, міндетті кәсіпкерлік зейнетақы жарналарын есептеу (бұдан әрі – міндетті зейнетақы жарналары) жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 21 маусымдағы № 229 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 32897 болып тіркелген) негізінде әлеуметтік аударымдарды есепке алу жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу "Міндетті әлеуметтік медициналық сақтандыруға аударымдарды және (немесе) жарналарды есептеу (ұстап қалу) және аудару қағидалары мен мерзімдерін және Аударымдардың, жарналардың және (немесе) аударымдарды және (немесе) жарналарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдың артық (қате) есепке жатқызылған сомаларын төлеушілерге қайтаруды жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 30 маусымдағы № 478 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 15361 болып тіркелген) негізінде жүргізіледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Р – базалық мөлшерлеме;</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Д – мерзімі өткен күндер саны.";</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>102-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="18"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>147-тармақ</w:t>
+        <w:t>109-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="20"/>
+    <w:bookmarkStart w:name="z42" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "147. Жеке шоттан бюджетпен есеп айырысудың жай-күйі туралы, сондай-ақ әлеуметтік төлемдер бойынша үзінді көшірме (бұдан әрі – жеке шоттан үзінді көшірме) алу үшін көрсетілетін қызметті алушы www.egov.kz "электрондық үкімет веб-порталы арқылы көрсетілетін қызметті берушіге жеке шоттан үзінді көшірме алуға сұрау салуды жолдайды.</w:t>
+        <w:t xml:space="preserve">
+      "109. Міндетті зейнетақы жарналарының қате есептелген сомасын қайтаруды № 540 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулыда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен жинақтаушы зейнетақы қоры жүргізеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Берешектің жоқ (бар) екендігі туралы мәліметтерді алу үшін көрсетілетін қызметті алушы www.egov.kz "электрондық үкімет" веб-порталы арқылы көрсетілетін қызметті берушіге берешектің жоқ (бар) екендігі туралы мәліметтерді алуға сұрау салуды жолдайды.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді көрсетілетін қызметті алушының сұрау салуы келіп түскен күні ОБЖШ АЖ-дегі жеке шоттың деректері бойынша автоматты түрде қалыптастырылады.";</w:t>
+      "3-тарау. Жеке шоттардағы өсімпұлды есептеу және айыппұлдарды есепке алу, сондай-ақ есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру тәртібі";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>148</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> алып тасталсын;</w:t>
+        <w:t>128-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z46" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      "128. Өсімпұлдар есеп айырысуы мынадай формулада жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      П = (H * P/ 100 * 2,5 * Д)/ 365, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t>
+      П – есептелген өсімпұлдар сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ОБЖШ АЖ-да Жеке шоттан үзінді көшірме және берешектің жоқ (бар) екендігі туралы мәліметтерді алуға сұрау салуларды тіркеу журналында автоматты түрде жүзеге асырылады.</w:t>
+        <w:t>
+      Н – бересі сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z61" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша www.egov.kz "электрондық үкімет" веб-порталы арқылы жеке шоттан үзінді көшірме электронды түрде ұсынылады.</w:t>
+        <w:t>
+      Р – базалық мөлшерлеме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z62" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша www.egov.kz "электрондық үкімет" веб-порталы арқылы берешектің жоқ (бар) екендігі туралы мәліметтерді электронды түрде ұсынылады.</w:t>
+        <w:t>
+      Д – мерзімі өткен күндер саны.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      3-тараудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-параграфының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z53" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      154. Берешектің жоқ (бар) екендігі туралы мәліметтер көрсетілетін қызметті алушының сұрау салуы келіп түскен күні ОБЖШ АЖ-дағы жеке шоттардың деректері бойынша автоматты түрде қалыптастырылады.";</w:t>
+      "5-параграф. Жеке шоттан бюджетпен есеп айырысудың жай-күйі туралы, сондай-ақ әлеуметтік төлемдер бойынша үзінді көшірме беру және есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді қалыптастыру тәртібі";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>159-тармақ</w:t>
+        <w:t>147-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="25"/>
+    <w:bookmarkStart w:name="z55" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "159. Берешектің жоқ (бар) екендігі туралы мәліметтер:</w:t>
+      "147. Жеке шоттан бюджетпен есеп айырысудың жай-күйі туралы, сондай-ақ әлеуметтік төлемдер бойынша үзінді көшірме (бұдан әрі – жеке шоттан үзінді көшірме) алу үшін көрсетілетін қызметті алушы www.egov.kz "электрондық үкімет веб-порталы арқылы көрсетілетін қызметті берушіге жеке шоттан үзінді көшірме алуға сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) егер көрсетілетін қызметті алушыға қатысты "</w:t>
-[...19 lines deleted...]
-        <w:t>";</w:t>
+      Берешектің жоқ (бар) екендігі туралы мәліметтерді алу үшін көрсетілетін қызметті алушы www.egov.kz "электрондық үкімет" веб-порталы арқылы көрсетілетін қызметті берушіге берешектің жоқ (бар) екендігі туралы мәліметтерді алуға сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) егер көрсетілетін қызметті алушыға қатысты "</w:t>
-[...19 lines deleted...]
-        <w:t>" Қазақстан Республикасының заңдарында көзделген кредиторлар талаптарының тізіліміне енгізу үшін талап қою өкілеттігіне кіретін, көрсетілетін қызметті берушінің құрылымдық бөлімшесінің сұрау салуы негізінде қалыптастырылады.</w:t>
+      Есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді көрсетілетін қызметті алушының сұрау салуы келіп түскен күні ОБЖШ АЖ-дегі жеке шоттың деректері бойынша автоматты түрде қалыптастырылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>150-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Бұл ретте берешектің жоқ (бар) екендігі туралы мәліметтерде:</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) салықтар, төлемдер, өсімпұлдар төлеу бойынша салықтық міндеттерді орындау мерзімін өзгерту кезіндегі салық берешегі; </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>153</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>154-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "151. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>147-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген, келіп түскен сұрау салуларды тіркеу осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ОБЖШ АЖ-да Жеке шоттан үзінді көшірме және берешектің жоқ (бар) екендігі туралы мәліметтерді алуға сұрау салуларды тіркеу журналында автоматты түрде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z61" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      152. Жеке шоттан үзінді көшірме алуға сұрау салу келіп түскен күннен бастап 1 (бір) жұмыс күнінен кешіктірмей, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша www.egov.kz "электрондық үкімет" веб-порталы арқылы жеке шоттан үзінді көшірме электронды түрде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z62" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      153. Берешектің жоқ (бар) екендігі туралы мәліметтерді алуға сұрау салу келіп түскен күннен бастап 1 (бір) жұмыс күнінен кешіктірмей, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша www.egov.kz "электрондық үкімет" веб-порталы арқылы берешектің жоқ (бар) екендігі туралы мәліметтерді электронды түрде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z63" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Берешектің жоқ (бар) екендігі туралы мәліметтер көрсетілетін қызметті алушының сұрау салуы келіп түскен күні ОБЖШ АЖ-дағы жеке шоттардың деректері бойынша автоматты түрде қалыптастырылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>159-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2) оңалту рәсімін немесе төлем қабілеттілігін қалпына келтіру рәсімін қолдану кезіндегі салық берешегі;</w:t>
+      "159. Берешектің жоқ (бар) екендігі туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) егер көрсетілетін қызметті алушыға қатысты "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Оңалту және банкроттық туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2) егер көрсетілетін қызметті алушыға қатысты "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының заңдарында көзделген кредиторлар талаптарының тізіліміне енгізу үшін талап қою өкілеттігіне кіретін, көрсетілетін қызметті берушінің құрылымдық бөлімшесінің сұрау салуы негізінде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте берешектің жоқ (бар) екендігі туралы мәліметтерде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) салықтар, төлемдер, өсімпұлдар төлеу бойынша салықтық міндеттерді орындау мерзімін өзгерту кезіндегі салық берешегі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оңалту рәсімін немесе төлем қабілеттілігін қалпына келтіру рәсімін қолдану кезіндегі салық берешегі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3) "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы азаматтарының төлем қабілеттілігін қалпына келтіру және банкроттығы туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Қазақстан Республикасының заңдарында белгіленген банкроттық рәсімін жүргізу кезеңінде көрсетілетін қызметті алушыны банкрот деп тану туралы сот шешімі заңды күшіне енген күннен бастап – банкрот деп танылған көрсетілетін қызметті алушының салық берешегі және әлеуметтік төлемдері бойынша берешегі көрсетілмейді.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2904,70 +2900,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тарау</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="26"/>
+    <w:bookmarkStart w:name="z73" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4-тарау. Салықтардың, бюджетке төленетін төлемдердің және өсімпұлдардың артық төленген (өндіріп алынған) сомаларын есепке жатқызуды және (немесе) қайтаруды жүргізу және "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік қызметті көрсету тәртібі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2980,70 +2976,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>191-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="27"/>
+    <w:bookmarkStart w:name="z75" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "191. Егер қайтару сомасы айлық есептік көрсеткіштің 100 еселенген мөлшерінен асса, онда міндеттемелердің орындалуына бақылау бойынша лауазымды тұлға есепке алуды жүргізуге жауапты лауазымды тұлғаға осы қайтарудың негізділігін растайтын жазбаша қорытынды береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтарудың негізділігін растайтын жазбаша қорытынды беру үшін міндеттемелердің орындалуын бақылау жөніндегі лауазымды тұлға ақпараттық жүйелерді қолдана отырып, салықтардың, бюджетке төлемдердің есептелген, кемітілген сомаларының құқыққа сыйымдылығына бақылау жүргізеді.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3130,70 +3126,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="28"/>
+    <w:bookmarkStart w:name="z79" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7) "Орындау пайызы" (бұдан әрі – орындау %) – бюджетке түсетін түсімдер бойынша есеп күніндегі болжамды көрсеткіштерді орындау пайызы;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3266,68 +3262,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15) тармақшалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "12) "Артық төлем" – салықтар мен бюджетке төленетін төлемдердің түрлері, "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3362,128 +3341,129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген, талап қоюдың ескіру мерзімінен аастын артық төлем сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="29"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z82" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) "Жинақтаушы зейнетақы қоры" деген жол бойынша: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Іс жүзіндегі түсімдер" деген баған – "Бересі", "Артық төлем" деген бағанындағы міндетті зейнетақы жарналардың, міндетті кәсіби зейнетақы жарналарының, жұмыс берушінің міндетті зейнетақы жарналарының түсімдері – тиісінше банкрот деп жарияланған көрсетілетін қызметті алушының, бірақ банкроттық іс бойынша өндіріс аяқталмаған және сот оңалту рәсімін қолдану туралы шешім қабылдаған көрсетілетін қызметті алушының бересілері мен артық төлемдерінен басқа, есепті күнге жеке шоттарда қалыптасқан міндетті зейнетақы жарналары, міндетті кәсіби зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары бойынша бересі немесе артық төленген сома толтырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="30"/>
+    <w:bookmarkStart w:name="z84" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) "Әлеуметтік аударымдар" деген жол бойынша: "Іс жүзіндегі түсімдер" деген баған – әлеуметтік аударымдардың түсімдері, "Бересі", "Артық төлем" деген бағандары – тиісінше банкрот деп жарияланған, бірақ банкроттық іс бойынша өндіріс аяқталмаған көрсетілетін қызметті алушының және сот оңалту рәсімін қолдану туралы шешім қабылдаған көрсетілетін қызметті алушының бересілері мен артық төлемдерінен басқа, есепті күнге жеке шоттарда қалыптасқан әлеуметтік аударымдар бойынша бересі немесе артық төленген сома толтырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z85" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z85" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) "Міндетті әлеуметтік медициналық сақтандыруға аударымдар және (немесе) жарналар" деген жол бойынша: "Іс жүзіндегі түсімдер" деген баған – міндетті әлеуметтік медициналық сақтандыруға аударымдардың және (немесе) жарналардың түсуі, "Бересі", "Артық төлем" деген бағандар – тиісінше банкрот деп жарияланған, бірақ банкроттық іс бойынша өндіріс аяқталмаған көрсетілетін қызметті алушының және сот оңалту рәсімін қолдану туралы шешім қабылдаған көрсетілетін қызметті алушының бересілері мен артық төлемдерінен басқа, есепті күнге жеке шоттарда қалыптасқан міндетті әлеуметтік медициналық сақтандыруға аударымдар және (немесе) жарналар бойынша бересі немесе артық төленген сома толтырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8916,68 +8896,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-қосымшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8992,50 +8955,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жазылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9352,68 +9316,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметті көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19-қосымша";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9508,50 +9455,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жазылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13108,128 +13056,111 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметті көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">32-қосымша". </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="32"/>
+    <w:bookmarkStart w:name="z141" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z142" w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z142" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z143" w:id="34"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z143" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z144" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13244,70 +13175,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="35"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z145" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -13927,90 +13859,90 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметті көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="36"/>
+    <w:bookmarkStart w:name="z154" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z155" w:id="37"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z155" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік органының атауы _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 жыл жеке шоттан үзінді көшірме және берешектің жоқ (бар) екені туралы мәліметтерді алуға сұрау салуларды тіркеу журналы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14703,70 +14635,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="38"/>
+    <w:bookmarkStart w:name="z157" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: қысқартуларды таратып жазу: БСН - бизнес сәйкестендіру нөмірі; ЖСН - жеке сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15144,124 +15076,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметті көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z160" w:id="39"/>
+    <w:bookmarkStart w:name="z160" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мәліметті берген мемлекеттік органның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="40"/>
+    <w:bookmarkStart w:name="z163" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20___ жылғы "___" _________ жағдай бойынша есебі мемлекеттік кірістер органдарында жүргізілетін берешектің жоқ (бар) екендігі туралы №_____ мәлімет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15272,70 +15204,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (көрсетілетін қызметті алушының БСН/ЖСН, аты-жөні (ол болған кезде) атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті алушының __________ теңге сомасында есебі мемлекеттік кірістер органдарында жүргізілетін берешегі бары/есебі мемлекеттік кірістер органдарында жүргізілетін берешегі жоғы туралы берілді</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="41"/>
+    <w:bookmarkStart w:name="z167" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (теңге)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -16841,70 +16773,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z168" w:id="42"/>
+    <w:bookmarkStart w:name="z168" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосылған құн салығы бойынша оң сальдо асып кету және/немесе артық төленген сома peтінде қарастырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17615,68 +17547,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мәліметте_______ мемлекеттік кірістер органдарының ақпараттары көрсетілген; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәліметте_______ құрылымдық бөлімшесінің ақпараттары көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="43"/>
+    <w:bookmarkStart w:name="z176" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есебі мемлекеттік кірістер органдарында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерге қосымша ____________________________________________________________________  (мәліметті берген мемлекеттік органның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСН/ЖСН ________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30172,68 +30104,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>онлайн берешек сервисі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="44"/>
+    <w:bookmarkStart w:name="z195" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәлімет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметті алушының атауы _______________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31509,130 +31441,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z206" w:id="45"/>
+    <w:bookmarkStart w:name="z206" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: қысқартуларды таратып жазу: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z207" w:id="46"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z207" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСК – бюджеттік сыныптау коды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z208" w:id="47"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z208" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСН – бизнес сәйкестендіру нөмірі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z209" w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z209" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН – жеке сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34645,55 +34577,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>