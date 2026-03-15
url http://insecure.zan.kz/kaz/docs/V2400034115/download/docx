--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79adc23" w14:textId="79adc23">
+    <w:p w14:paraId="66cc122" w14:textId="66cc122">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Жеке шоттарын жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 27 ақпандағы № 306 бұйрығына өзгерістер енгізу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2024 жылғы 5 наурыздағы № 124 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 5 наурызда № 34115 болып тіркелді.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің м.а. 2024 жылғы 5 наурыздағы № 124 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 5 наурызда № 34115 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 28 қазандағы № 637 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 637</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -34569,63 +34571,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34947,35 +34971,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>