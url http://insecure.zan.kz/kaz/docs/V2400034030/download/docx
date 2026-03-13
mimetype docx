--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fca4f50" w14:textId="fca4f50">
+    <w:p w14:paraId="2e9d95e" w14:textId="2e9d95e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3957,5331 +3957,5935 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. "Ақтау теңіз порты" арнайы экономикалық аймағы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z413" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрмыстық электр аспаптарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z414" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) былғары және оған жататын өнімдер өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z415" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) химия өнеркәсібі өнімдерін өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z416" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) резеңке және пластмасса бұйымдарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z417" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өзге де металл емес минералды өнімдер өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z418" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) металлургия өнеркәсібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z419" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) дайын металл бұйымдарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z420" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) машиналар мен жабдықтар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z421" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мұнай-химия өнімдерін өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z422" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) негізгі фармацевтикалық өнімдер мен препараттар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z423" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) қойма шаруашылығы және қосалқы көлік қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z424" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электр қозғалтқыштарын, генераторларды, трансформаторларды, электр тарату және бақылау аппаратурасын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z425" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) электр өткізгіштер мен электр өткізгіш аспаптарды өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z426" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z427" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) деректерді өңдеу, қосымшаларды (қолданбалы бағдарламаларды) орналастыру және осыған байланысты қызмет; веб-порталдардың қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z428" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) аквамәдениет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z429" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жылу электр станцияларының электр энергиясын өндіруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z430" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) электр энергиясын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z431" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) электр энергиясын бөлу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z432" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) тұрғын және тұрғын емес ғимараттар салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z433" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) қонақүйлермен және тұру үшін ұқсас орындармен қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z434" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) меншікті немесе жалға берілетін жылжымайтын мүлікті жалға беру және басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z435" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) демалыс пен ойын-сауықты ұйымдастыру жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z436" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) көп бейінді аурухана салу және пайдалануға беру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z437" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) ғимараттар құрылысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z438" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) азаматтық құрылыс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z439" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) мамандандырылған құрылыс жұмыстары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z440" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) объектілерге кешенді қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z441" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) аумақтарды абаттандыру бойынша қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z442" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) санаториялық-курорттық ұйымдардың қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...3985 lines deleted...]
-    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...183 lines deleted...]
-    <w:bookmarkEnd w:id="286"/>
+        <w:t>3-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25), 26), 27), 28), 29), 30) тармақшаларының қолданылуы тек қана Кендірлі курорттық аймағының аумағына таралады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) машиналар мен жабдықтарды жөндеу және орнату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) электр жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) қағаз және қағаз өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) компьютерлер, электрондық және оптикалық жабдықтар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) киім өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) жиһаз өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) жиһаздан басқа, ағаш және тығын бұйымдарын өндіру; сабаннан және тоқуға арналған материалдардан жасалған бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) кемелер мен қайықтарды жөндеу және техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) әуе және ғарыштық ұшу аппараттарын жөндеу және техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) суды жинау, өңдеу және тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) автомобильдер, тіркемелер және жартылай тіркемелер өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) басқа көлік құралдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) медициналық және стоматологиялық құралдар мен керек-жарақтарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) теңіз және су жағасындағы жүк көлігінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) жолдар мен автомагистральдар құрылысы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>3-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46) тармақшасының қолданылуы тек қана әуежай аумағына таралады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-т.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>4. "Инновациялық технологиялар паркі" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z539" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректер базасы мен аппараттық құралдарды жобалау, әзірлеу, енгізу және өндіру, бағдарламалық қамтамасыз етуді (оның ішінде Тәжірибелік үлгілерді) жобалау, әзірлеу, енгізу және өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z540" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) серверлік инфокоммуникациялық жабдықты пайдалана отырып, ақпаратты электрондық нысанда сақтау және өңдеу жөніндегі қызметтер (дата-орталықтардың қызметтері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z541" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жасанды иммундық және нейрондық жүйелер негізінде жаңа ақпараттық технологияларды құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z542" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ақпараттық технологиялар, телекоммуникациялар және байланыс, электроника, аспап жасау, жаңартылатын энергия көздері, ресурс үнемдеу және табиғат пайдалану, жаңа материалдар жасау және қолдану, мұнай мен газды өндіру, тасымалдау және қайта өңдеу саласында ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар жүргізу, ғылым саласындағы уәкілетті орган осындай материалдарды жүргізу туралы берген қорытынды болған кезде жұмыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z543" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мәтіндерді өңдеуге арналған машиналар, көшіру-көбейту жабдықтары, адрестік машиналар, калькуляторлар, кассалық аппараттар, таңбалау машиналары, билет-кассалық машиналар өндірісі, ақпаратты өңдеуге арналған басқа да офистік машиналар мен жабдықтар, электрондық есептеу машиналары мен өзге де жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z544" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дыбыс пен бейнені қабылдауға, жазуға және жаңғыртуға арналған электр және радиоэлементтерді, таратушы аппаратураны, аппаратураны өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z545" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электрондық, өлшеу, оптикалық, жарықтандыру аспаптарын жобалау, әзірлеу, енгізу және өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z546" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының Үкіметі айқындаған мамандықтар тізбесі бойынша Инновациялық технологиялар саласындағы білім беру қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z547" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жаңа материалдарды (оның ішінде Тәжірибелік үлгілерді) жобалау, әзірлеу, енгізу және өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z548" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тұрмыстық электр аспаптарын өндіру: тоңазытқыштар, мұздатқыштар, жуу машиналары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z549" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z550" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) біріккен университеттік аурухананы (клиниканы) салу және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z551" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) университеттік аурухана (клиника) шеңберінде көрсетілетін медициналық, ғылыми-зерттеу және білім беру қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z552" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жүктерді сақтау және сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z553" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) жүктерді көліктік өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z554" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) өзге де қосалқы көлік қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z555" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) киімнен басқа тоқыма емес тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z556" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) басқа топтамаларға енгізілмеген өзге де химиялық өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z557" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) негізгі фармацевтикалық өнімдерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z558" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) фармацевтикалық препараттар мен медициналық материалдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z559" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) резеңке санитариялық-гигиеналық және медициналық бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z560" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) электр өлшеу аспаптарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z561" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) физикалық зерттеулерге арналған аспаптар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z562" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) медициналық-хирургиялық құралдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z563" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) сәулелендіру, электромедициналық және электротерапевтік жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z564" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) медициналық құралдарды, аппараттар мен жабдықтарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z565" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) өзге де маталар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z566" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) арнайы киім өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z567" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) күн электр станцияларының электр энергиясын өндіруі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z568" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) лифт өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z569" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) басқа топтамаларға енгізілмеген өзге де құрылыс-монтаж жұмыстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z570" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) басқа топтамаларға енгізілмеген білім беру саласындағы өзге қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z571" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) техникалық сынақтар мен талдауды жүзеге асыратын өзге мекемелердің қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z572" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z573" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық-коммуникациялық технологиялар және инновациялық технологиялар саласындағы арнайы экономикалық аймақтың қатысушылары үшін арнайы экономикалық аймақтың аумағында қызметті жүзеге асыру талабы мынадай қызмет түрлері үшін 2028 жылғы 1 қаңтарға дейін міндетті шарт болып табылмайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z574" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректер базасы мен аппараттық құралдарды жобалау, әзірлеу, енгізу және өндіру, бағдарламалық қамтамасыз етуді (оның ішінде Тәжірибелік үлгілерді) жобалау, әзірлеу, енгізу және өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z575" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) серверлік инфокоммуникациялық жабдықты пайдалана отырып, ақпаратты электрондық нысанда сақтау және өңдеу жөніндегі қызметтер (дата-орталықтардың қызметтері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z576" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ақпараттық-коммуникациялық технологиялар саласындағы жобаларды құру және енгізу бойынша ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z577" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы экономикалық аймақтың қатысушылары ғылыми және (немесе) ғылыми-техникалық қызметті гранттық қаржыландыру есебінен жүзеге асырған жағдайда, арнайы экономикалық аймақтың қатысушысы ретінде тіркелген күннен бастап 1 жыл ішінде арнайы экономикалық аймақтың басқарушы компаниясына аккредитация туралы куәлікті ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-т.</w:t>
+        <w:t>№ 461</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      2) жобалау-сметалық құжаттамаға сәйкес инфрақұрылым объектілерін, әкімшілік және тұрғын үй кешендерін салу және пайдалануға беру;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Оңтүстік" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) киімнен басқа, дайын тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзге де тоқылған және тоқылған бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жүннен және былғарыдан жасалған киімдерден басқа киім өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иіру, тоқу және әрлеу өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) киімнен басқа тоқыма емес бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кілемдер мен кілем бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ағаш массасы мен целлюлоза өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қағаз және картон өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) былғары илеу мен өңдеуді, үлбірді өңдеуді және бояуды қоспағанда, былғары өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жазу-қағаз бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) кокс және мұнай өңдеу өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) химия өнеркәсібі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) шойын құю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) болат құю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) құрылыс металл конструкцияларын және олардың бөлшектерін өндіру ("кілтке дейін" блок-модульдік шешімдерді дайындау үшін пайдаланылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) өзге де металл цистерналар, резервуарлар мен контейнерлер өндірісі ("кілтке дейін" блок-модульдік шешімдерді дайындау үшін пайдаланылады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) машина жасаудың негізгі технологиялық процестері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) электр қозғалтқыштарын, генераторларды және трансформаторларды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) электр тарату және реттеу аппаратурасын өндіру ("кілтке дейін" блок-модульдік шешімдерді дайындау үшін пайдаланылады немесе сорғылармен және компрессорлармен жиынтықта жеткізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) өзге де сорғылар мен компрессорлар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) өзге де крандар, клапандар мен вентильдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) шаруашылық-тұрмыстық және санитарлық-гигиеналық мақсатқа арналған қағаз бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) кестеге бағынатын жүк әуе көлігінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) кестеге бағынбайтын жүк әуе көлігінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) астықты қоймаға қою және сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) жеміс пен жидектен басқа азық-түлік тауарларын қоймаға қою және сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) мұнайды сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) әуе кеңістігін пайдалануды реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) жүктерді көліктік өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) өзге де қосалқы көліктік қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) әуе мен ғарыштық ұшу аппараттарын жөндеу және техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) техникалық сынаулар мен талдауды жүзеге асыратын өзге де мекемелердің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) темір жолдар және метро құрылысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) жолдар мен автомагистральдар құрылысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) 1, 2-санаттағы стационарлық сауда объектілерін қоспағанда, тұрғын емес ғимараттар құрылысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>5-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26), 27), 28), 31), 34), 35) және 36) тармақшаларының қолданылуы тек қана әуежай аумағына таралады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-т.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...122 lines deleted...]
-      9) әуежайлардың қызметі;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Сарыарқа" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) металлургия өнеркәсібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) машиналар мен жабдықтардан басқа, дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) авиациялық, автомобиль және мотоцикл қозғалтқыштарынан басқа қозғалтқыштар мен турбиналар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) автокөлік құралдарын, трейлерлерді және жартылай тіркемелерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) компьютерлер, электрондық және оптикалық өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) электр жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) химия өнеркәсібі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) резеңке және пластмасса бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) гидравликалық жабдық өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өзге де сорғыларды, компрессорларды, тығындарды және клапандарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өзге де крандар мен вентильдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мойынтіректерді, берілістерді, беріліс элементтерін және жетектерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) плиталар, пештер және пеш оттықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) көтергіш және тасымалдау жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) қол электр құралдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) өнеркәсіптік тоңазытқыш және желдету жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) сұйық минералдарға арналған тазарту аппараттарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) сұйық минералдарды немесе ұнтақтарды өндіруге, дисперсиялауға немесе бүркуге арналған жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) мұнайды, химия өнеркәсібін, сусындар өндірісі бойынша индустрияны тазартуға арналған тазарту жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) центрифугалар өндірісі (кілегей бөлгіштер мен кептіру аппараттарын қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) суды рециркуляция арқылы тікелей салқындату үшін суды салқындату көтергіштерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) ауыл шаруашылығы және орман шаруашылығы техникасын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) металдарды қысыммен өңдеуге арналған жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) өзге де металл өңдеу станоктарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) металлургияға арналған машиналар мен жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) тау-кен өндіру өнеркәсібі, жерасты игеру және құрылыс үшін техника өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) тамақ өнімдерін, сусындарды және темекі бұйымдарын өндіруге және қайта өңдеуге арналған жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) тоқыма, тігін, үлбір және былғары бұйымдарын дайындауға арналған жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) қағаз және картон дайындауға арналған техника өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) резеңке, пластмасса және басқа да полимерлік материалдарды қайта өңдеуге арналған жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) қалдықтарды жинау, өңдеу және жою; пайдаланудан шыққан көлік құралдарына, арнайы техника мен ауыл шаруашылығы машиналарына, тоңазытқыштар мен тоңазытқыш жабдықтарына қатысты материалдарды кәдеге жарату (қалпына келтіру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) балық пен ауыл шаруашылығы жануарларына арналған жем өндіру және қайта өңдеу жөніндегі құрама жем зауытын салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) кокс пештерінің өнімін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) электр энергиясымен, газбен, бумен, ыстық сумен және кондиционерленген ауамен жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) көп бейінді аурухана салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) кестеге бағынатын жүк әуе көлігінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) жүктерді көліктік өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) көліктік-экспедициялық қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) өзге де көліктік-экспедициялық қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) 1, 2-санаттағы стационарлық сауда объектілерін қоспағанда, тұрғын емес ғимараттар құрылысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) жолдар мен автомагистральдар құрылысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) жүк автомобиль көлігінің қызметі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>6-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38), 39), 40), 41), 42), 43) және 44) тармақшаларының қолданылуы тек қана әуежай аумағына таралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қорғас-Шығыс қақпасы" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z492" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қойма шаруашылығы және қосалқы көлік қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z493" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тамақ өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z494" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) былғары және оған жататын өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z495" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z496" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z497" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) химия өнеркәсібі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z498" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) машиналар мен жабдықтардан басқа, дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z499" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) басқа санаттарға енгізілмеген машиналар мен жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z500" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) көрмелерді, мұражайды, қойма және әкімшілік ғимараттарды ұйымдастыру үшін жобалау-сметалық құжаттамаға сәйкес ғимараттар салу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z501" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z502" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) теңіз балық шаруашылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z503" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тұщы су балық шаруашылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z504" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) шаруашылық-тұрмыстық және санитариялық-гигиеналық мақсаттағы қағаз бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z505" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) электрондық элементтерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z506" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) шойын, болат және ферроқорытпалар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z507" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) жобалық-сметалық құжаттамаға сәйкес мейрамханалар мен қонақүйлерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z508" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ұшақтар мен ғарыш аппараттарын жөндеу және техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z509" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) авиациялық бензин мен керосиннің көтерме саудасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z510" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-тармақтың 16), 17), 18) тармақшаларының қолданылуы тек қана әуежай аймағының аумағына ғана таралады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 29.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 331</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Павлодар" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z236" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) химия өнеркәсібі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z237" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мұнай-химия өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z238" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жобалау-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z239" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) металлургия өнеркәсібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z240" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z241" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) машиналар мен жабдықтардан басқа, дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z242" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) резеңке және пластмасса бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z243" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көп бейінді аурухана салу және пайдалануға беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z244" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "Jibek Joly" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) химия өнеркәсібінің өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) резеңке және пластмасса бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өзге де бейметалл минералды өнімдер өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жобалық-сметалық құжаттама шегінде қызметтің басым түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тамақ өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) киім өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) былғары және оған жататын өнімдерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) жиһаздан басқа, ағаш және тығын бұйымдарын өндіру; сабаннан және тоқуға арналған материалдардан жасалған бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қағаз және қағаз өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) негізгі фармацевтикалық өнімдер мен фармацевтикалық препараттар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) металлургия өндірісі (негізгі асыл және түсті металдар өндірісін және өзге де түсті металдар құю қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) машиналар мен жабдықтардан басқа дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) компьютерлер, электрондық және оптикалық жабдықтар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) электр жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) басқа топтамаларға енгізілмеген машиналар мен жабдықтар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) автомобильдер, тіркемелер және жартылай тіркемелер өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) басқа көлік құралдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жиһаз өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) өзге де дайын бұйымдар өндіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. "Астана – Технополис" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзге де тамақ өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұн тарту және жарма өнеркәсібі өнімдерін, крахмал және құрамында крахмал бар өнімдерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фармацевтикалық препараттар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) шыныдан және шыныдан жасалған бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) абразивті бұйымдар мен өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өзге де металл цистерналар, резервуарлар мен контейнерлер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өзге де дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) компьютерлер мен перифериялық жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сәулелендіруге арналған жабдықтар, электр-медициналық және электр-терапевтік жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) электр қозғалтқыштарын, генераторларды, трансформаторларды, сондай-ақ электр тарату және реттеу аппаратурасын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) электр жарықтандыру жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электр өткізгіштер мен электр өткізгіш аспаптарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) басқа санаттарға енгізілмеген машиналар мен жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жалпы мақсаттағы машиналар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) қойма шаруашылығы және қосалқы көлік қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) бағдарламалық қамтамасыз етуді шығару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) компьютерлік бағдарламалау, консультациялар және басқа да ілеспе қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) сәулет, инженерлік ізденістер, техникалық сынақтар және талдау саласындағы қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ғылыми зерттеулер мен әзірлемелер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) денсаулық сақтау саласындағы қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) денсаулықты қорғау жөніндегі өзге де қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) орындықтар мен басқа да орындық жиһаздарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) орындықтар мен орындықтарға арналған басқа да жиһаздардан басқа кеңселер мен сауда кәсіпорындарына арналған жиһаз өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) ас үй жиһазын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) құрылыс болат конструкцияларын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) алюминийден және алюминий қорытпаларынан жасалған құрылыс конструкциялары мен бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) контейнерлік және жиналмалы-жиналмалы ғимараттар мен үй-жайларды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) құрылыс пластик бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) медициналық және стоматологиялық құралдар мен керек-жарақтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29-1) жобалық-сметалық құжаттамаға сәйкес әкімшілік, тұрғын және тұрғын емес ғимараттарды салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) суықтай қалыптау немесе ию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) орталық жылыту радиаторлары мен қазандықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) орталық жылыту қазандықтарынан басқа бу қазандықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) 1, 2-санаттағы стационарлық сауда объектілерін қоспағанда, тұрғын емес ғимараттар құрылысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33) тармақшасының қолданылуы тек қана әуежай аумағына таралады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) әуе мен ғарыштық ұшу аппараттарын жөндеу және техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) жобалық-сметалық құжаттама шегінде осы тармақтың 1), 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15), 16), 17), 18), 19), 20), 21), 22), 23), 24), 25), 26), 27), 28), 29), 29-1), 30), 31), 32), 33), 34) тармақшаларында көзделген қызмет түрлерін тікелей жүзеге асыруға арналған объектілерді, сондай-ақ инфрақұрылым объектілерін салу және пайдалануға беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z284" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "TURAN" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) туристерді орналастыру орындарын, санаторий және сауықтыру объектілерін салу және пайдалануға беру мынадай шарттар сақталған кезде: салынып жатқан және пайдалануға берілетін объектілер ойын бизнесімен байланысты емес; салу және пайдалануға беру жобалау-сметалық құжаттамаға сәйкес жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жобалау-сметалық құжаттамаға сәйкес инфрақұрылым объектілерін, әкімшілік және тұрғын үй кешендерін салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жобалау-сметалық құжаттамаға сәйкес ауруханалар, емханалар, мектептер, балабақшалар, мұражайлар, театрлар, жоғары және орта оқу орындары, кітапханалар, оқушылар сарайлары, спорт кешендерін салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жобалау-сметалық құжаттамаға сәйкес өндіріс және қайта өңдеу объектілерін салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) құрылыс материалдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) машиналар мен жабдықтардан басқа, дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Түркістан қаласының халықаралық әуежайын, оның ішінде әуеайлақты, аэровокзалды және ұшу-қону жолақтарын салу және пайдалануға беру және жобалау-сметалық құжаттамаға сәйкес өзге де;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әуежайлардың қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      10) тармақша 31.12.2031 дейін қолданылады осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -9823,1804 +10427,2776 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="287"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z306" w:id="288"/>
+    <w:bookmarkStart w:name="z305" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. "Qyzyljar" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z512" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тамақ өнімдерін өндіру және қайта өңдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z307" w:id="289"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z513" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құрылыс материалдары мен жиһаздарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z308" w:id="290"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z514" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электроника және электр жабдықтары өнімдерін өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z309" w:id="291"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z515" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) машина жасау өнімін өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z310" w:id="292"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z516" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көп бейінді аурухана салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z311" w:id="293"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z517" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кең бейінді ауруханалар мен мамандандырылған ауруханалардың қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z312" w:id="294"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z518" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ағаш массасы мен целлюлоза өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z313" w:id="295"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z519" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қағаз және картон өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z314" w:id="296"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z520" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) гофрленген картон өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z315" w:id="297"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z521" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қағаз және картон ыдыстарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z318" w:id="300"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z522" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) шаруашылық-тұрмыстық және санитариялық-гигиеналық мақсаттағы қағаз бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z523" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) негізгі фармацевтикалық өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z524" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) фармацевтикалық препараттар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z320" w:id="302"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z525" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ветеринарияға арналған дәрілік препараттар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z526" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) өзге де ағаш бұйымдары өндірісі; тығыннан, сабаннан және тоқуға арналған материалдардан жасалған бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z527" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) ағаш ыдыстар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z528" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тауарларға арналған пластмасса қаптамалар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z529" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) өсімдіктерді молайту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z530" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) көкөністерді, олардың тұқымдарын және көшеттерін өсіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z531" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) меншікті немесе жалға берілетін мүлікті жалға беру және басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z532" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z533" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) тармақшаның күші тек шағын өнеркәсіптік аймақ аумағына қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z534" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) өзге де негізгі органикалық химиялық заттар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z535" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) уыт өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z536" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) тыңайтқыштар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z537" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) ашытылған материалдан басқа тазартылмаған сусындар өндірісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 476</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қорғас" халықаралық шекара маңы ынтымақтастығы орталығы" арнайы экономикалық аймағы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z321" w:id="303"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z321" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автомобильдер мен мотоциклдерді қоспағанда, көтерме сауда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z322" w:id="304"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z322" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автомобильдер мен мотоциклдер саудасынан басқа бөлшек сауда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z323" w:id="305"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z323" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жүктерді сақтау және сақтау және қосалқы көлік қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z324" w:id="306"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z324" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сақтандыру және зейнетақы қорларының қызметтерін қоспағанда, қаржылық қызметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z325" w:id="307"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z325" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) туроператорлардың, турагенттердің және туризм саласында қызмет көрсететін өзге де ұйымдардың қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z326" w:id="308"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z326" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) конференциялар мен сауда көрмелерін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z327" w:id="309"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z327" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тұруды және тамақтануды ұйымдастыру жөніндегі қызметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z328" w:id="310"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z328" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) азық-түлік өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z329" w:id="311"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z329" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) минералды сулар мен басқа да алкогольсіз сусындар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z330" w:id="312"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z330" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) дайын тоқыма бұйымдарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z331" w:id="313"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z331" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) киім өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z332" w:id="314"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z332" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) былғары және оған жататын өнімдер өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z333" w:id="315"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z333" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) фармацевтикалық препараттар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z334" w:id="316"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z334" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) өзге де металл емес өнімдерді өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z335" w:id="317"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z335" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) велосипед және мүгедектер арбалары/креслолар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z336" w:id="318"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z336" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) басқа да дайын бұйымдар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z337" w:id="319"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z337" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) орау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z338" w:id="320"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z338" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) 1), 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15). 16), 17) тармақтарда көзделген қызмет түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру жобалау-сметалық құжаттама шегінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z339" w:id="321"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z339" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Alatau" арнайы экономикалық аймағы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z377" w:id="322"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балықты, шаян тәрізділерді және моллюскаларды өңдеу және консервілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z378" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кілемдер мен кілем бұйымдарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z379" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тоқу өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z380" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) маталар мен тоқыма бұйымдарын әрлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z381" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) аяқ киім өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z382" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ағаш массасы мен целлюлоза өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z383" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қағаз және картон өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z384" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) гофрленген қағаз және картон, қағаз және картон ыдыстарын өндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z385" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) асбестцементтен және талшықты цементтен жасалған бұйымдар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z386" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бетоннан, құрылыс гипсінен және цементтен жасалған өзге де бұйымдар өндірісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z387" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тұрғын және тұрғын емес ғимараттар салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z388" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) су құрылыстарын салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z389" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жүктерді қоймалау және сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z390" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) жүктерді көліктік өңдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z391" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) құрлық көлігінің қосалқы қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z392" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) өзге де қосалқы көлік қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) бекітілген жобалау-сметалық құжаттама шегінде 1), 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15), 16), 18), 19), 20), 21), 22), 23), 24), 25), 26), 27), 28), 29), 30), 31) тармақшаларда көзделген қызмет түрлерін жүзеге асыру үшін тікелей арналған объектілерді салу және пайдалануға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) үй жануарларына арналған дайын азық өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) қант өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) құрама темірбетон және бетон құрылымдары мен бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) электр қозғалтқыштарын, генераторлар мен трансформаторларды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) басқа электр сымдары мен кабельдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) электр тарату және реттеу аппаратурасын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) алюминий мен алюминий қорытпаларынан құрылыс құрылымдары мен бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) парақ шыныны қалыптастыру және өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) тоңазытқыштар мен мұздатқыштардан басқа электр тұрмыстық аспаптарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) киімнен басқа тоқыма емес материалдардан бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) фармацевтикалық препараттарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) резеңкеден жасалған санитарлық-гигиеналық және медициналық бұйымдарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) медициналық және ветеринариялық құралдар, аспаптар мен жабдықтарды өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) тауарларға арналған пластмассадан жасалған орамаларды (қаптамаларды) өндіру.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 05.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 153</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 546</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z411" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. "Ақтөбе" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тамақ өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сусындар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) киім өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) былғары және оған жататын өнімдерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жиһаздан басқа, ағаш және тығын бұйымдарын өндіру; сабаннан және тоқуға арналған материалдардан жасалған бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қағаз және қағаз өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) химия өнеркәсібінің өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) негізгі фармацевтикалық өнімдер мен фармацевтикалық препараттар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) резеңке және пластмасса бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өзге де бейметалл минералдық өнімдер өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) металлургия өндірісі (асыл (бағалы) металдар өндіру, өзге де түсті металдар өндіру, ядролық отынды қайта өңдеу, өзге де түсті металдар құю қоспағанда)*;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – тармақша жаңа жобаларға ғана қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) машиналар мен жабдықтардан басқа дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) компьютерлер, электрондық және оптикалық жабдықтар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) электр жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) басқа топтамаларға енгізілмеген машиналар мен жабдықтар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) автомобильдер, тіркемелер және жартылай тіркемелер өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) басқа көлік құралдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жиһаз өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) өзге де дайын бұйымдар өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) машиналар мен жабдықтарды жөндеу және орнату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) жүк әуе көлігінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) жүктерді қоймаға қою және сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) құрлықтағы жол көлігінің қосалқы қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) әуе көлігінің қосалқы қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) жүктерді көліктік өңдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) өзге де көліктік қосалқы қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) жалпыға қызмет көрсету шегіндегі пошталық қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) өзге де пошталық және курьерлік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) инфрақұрылым объектілерін, сондай-ақ тармақшаларда көзделген қызмет түрлерін жүзеге асыруға тікелей арналған объектілерді салу және пайдалануға беру 1), 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15), 16), 17), 18), 19), 20), 21), 22), 23), 24), 25), 26), 27), 28), 29), 30) осы тармақтың жобалық-сметалық құжаттама шегінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 10.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z411" w:id="340"/>
-[...594 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z578" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қорқыт Ата" арнайы экономикалық аймағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z579" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тоқыма бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z580" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) киім өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z581" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) былғары және оған жататын өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z582" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жиһаздан басқа ағаш және тығын бұйымдарын өндіру; сабаннан жасалған бұйымдар мен тоқуға арналған материалдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z583" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қағаз және қағаз өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z584" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) химия өнеркәсібі өнімдерін өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z585" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) негізгі фармацевтикалық өнімдерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z586" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) резеңке және пластмасса бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z587" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) портландцементтен, глинозем цементінен, қож цементінен, суперсульфат цементінен, сульфатқа төзімді цементтен, тампонаж цементінен және ұқсас гидравликалық цементтерден басқа, боялмаған немесе боялған, дайын немесе клинкер түрінде өзге де металл емес минералды өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z588" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) машиналар мен жабдықтардан басқа, дайын металл бұйымдарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z589" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) компьютерлер, электрондық және оптикалық өнімдер өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z590" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электр жабдықтарын өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z591" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) басқа санаттарға енгізілмеген машиналар мен жабдықтар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z592" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) автокөлік құралдарын, трейлерлерді және жартылай тіркемелерді өндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z593" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) әуе, ғарыш және ұқсас техника өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z594" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) өзге де дайын бұйымдар өндірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z595" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) әуе кемелері мен ғарыш кемелеріне жөндеу, техникалық қызмет көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z596" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) қойма шаруашылығы және қосалқы көлік қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z597" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) инфрақұрылым объектілерін, сондай-ақ осы тармақтың 1), 2), 3), 4), 5), 6), 7), 8), 9), 10), 11), 12), 13), 14), 15), 16), 17), 18) тармақшаларында көзделген қызмет түрлерін тікелей жүзеге асыруға арналған нысандарды салу және пайдалануға беру, жобалау-сметалық құжаттама шегінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 10.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 201</w:t>
+        <w:t xml:space="preserve">      Ескерту. Тізбе 16-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 470</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -11751,842 +13327,842 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 72 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z358" w:id="341"/>
+    <w:bookmarkStart w:name="z358" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z359" w:id="342"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z359" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 16588 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z360" w:id="343"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z360" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қорғас" шекара маңы ынтымақтастығы халықаралық орталығы" арнайы экономикалық аймағын құру мақсатына сәйкес келетін қызметтің басым түрлерінің тізбесін бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 26 ақпандағы № 130 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 16590 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z361" w:id="344"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z361" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2019 жылғы 30 шілдедегі № 570 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 19181 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z362" w:id="345"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z362" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына толықтырулар енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2019 жылғы 12 желтоқсандағы № 923 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 19727 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z363" w:id="346"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z363" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына толықтырулар енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2020 жылғы 5 қаңтардағы № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 19824 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z364" w:id="347"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z364" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс және толықтырулар енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 15 сәуірдегі № 204 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 20410 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z365" w:id="348"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z365" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 29 қыркүйектегі № 498 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 21327 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z366" w:id="349"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z366" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына толықтыру енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 1 қазандағы № 511 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 21359 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z367" w:id="350"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z367" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 12 қаңтардағы № 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 22070 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z368" w:id="351"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z368" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 25 қаңтардағы № 27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 22128 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z369" w:id="352"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z369" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 22 сәуірдегі № 184 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 22618 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z370" w:id="353"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z370" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 11 мамырдағы № 231 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 22748 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z371" w:id="354"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z371" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2021 жылғы 30 маусымдағы № 342 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 23447 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z372" w:id="355"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z372" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2021 жылғы 27 шiлдедегi № 395 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 23865 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z373" w:id="356"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z373" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 2 желтоқсандағы № 627 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 25557 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z374" w:id="357"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z374" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму Министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 2 желтоқсандағы № 628 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 25596 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z375" w:id="358"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z375" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2022 жылғы 24 қаңтардағы № 27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 26635 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z376" w:id="359"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z376" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесін, сондай-ақ арнайы экономикалық аймақ құру мақсаттарына сәйкес келетін, арнайы экономикалық аймақ бөлінісінде қызметтің басым түрлерінің тізбесіне қызметтің басым түрлерін енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 27 ақпандағы № 142 бұйрығына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2022 жылғы 11 наурыздағы № 131 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 27178 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>