--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7bc3209" w14:textId="7bc3209">
+    <w:p w14:paraId="d9f023a" w14:textId="d9f023a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -772,90 +772,152 @@
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Шекара қызметінің (бұдан әрі – Шекара қызметі) лауазымды адамдары әкімшілік ұстап алған адамдарды арнайы жабдықталған үй-жайларда ұстау тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      1) әкімшілік ұстап алынған адамдарды ұстау үшін арнайы жабдықталған үй-жай (бұдан әрі – арнайы үй-жай) – әкімшілік ұстап алынған адамдарды (бұдан әрі – ұсталған адамдар) тәулік бойы ұстауға арналған модульдік үлгіде жабдықталған бөлмелер мен үй-жайлар кешені; </w:t>
+    <w:bookmarkStart w:name="z112" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әкімшілік ұстап алу – құқық бұзушылықтың жолын кесу немесе іс жүргізуді қамтамасыз ету мақсатында жеке тұлғаның, заңды тұлға өкілінің, лауазымды адамның жеке бас бостандығын қысқаша мерзімге шектеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z113" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) әкімшілік ұстап алу – құқық бұзушылықтың жолын кесу немесе іс жүргізуді қамтамасыз ету мақсатында жеке тұлғаның, заңды тұлға өкілінің, лауазымды адамның жеке бас бостандығын қысқаша мерзімге шектеу.</w:t>
+      2) әкімшілік ұстап алынған адамдарды ұстау үшін арнайы жабдықталған үй-жай (бұдан әрі – арнайы үй-жай) – әкімшілік ұстап алынған адамдарды (бұдан әрі – ұсталған адамдар) тәулік бойы ұстауға арналған модульдік үлгіде жабдықталған бөлмелер мен үй-жайлар кешені.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ұсталған адамдарды арнайы жабдықталған үй-жайларда ұстау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1410,86 +1472,356 @@
         <w:t>
       16. Ұсталған адамдар немесе заттай айғақтар болмаған жағдайда аумағында арнайы үй-жай орналасқан бөлімше бастығының шешімі бойынша кезекшілік тағайындалмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Арнайы үй-жай бойынша кезекші өзінің қызметін атқару кезеңінде аумақтық бөлімшенің және (немесе) оның құрылымдық бөлімшесінің анықтау және әкімшілік іс жүргізу бөлімшесінің бастығына, аумақтық бөлімше және (немесе) оның құрылымдық бөлімшесі бойынша арнайы үй-жайлар бойынша жауаптыға және кезекшіге (арнайы үй-жай орналасқан бөлімше бойынша) бағынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арнайы үй-жай бойынша кезекші тиісті жазбалар жасау арқылы мынадай есепке алу құжаттарын толтырады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша арнайы үй-жайда ұсталатын адамдарды есепке алу журналы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша арнайы үй-жай бойынша кезекшілікті қабылдау және тапсыру кітабы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша шағымдар мен ұсыныстар кітабы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша арнайы үй-жайда ұстауға түскен ұсталған адамдардан бастапқы сұрақ-жауап алу мен медициналық көмек көрсетуді тіркеу журналы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша заттай айғақтарды сақтауға арналған бөлмедегі құжаттарды және заттай айғақтарды есепке алу журналы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Арнайы үй-жайда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ұсталған адамдарды ұстауға арналған кемінде екі бөлме;</w:t>
+      ұсталған адамдарды ұстауға арналған кемінде төрт бөлме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заттай айғақтарды сақтауға арналған бөлме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1554,50 +1886,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жуынатын бөлме және дәретхана;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       серуендету алаңы жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармаққа өзгеріс енгізілді - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлмелер электрлі жарықпен жабдықталады, электрлі шамдар бөлменің төбесінде орналастырылып, органикалық әйнекпен немесе берік сынбайтын, көрінетін материалмен қоршалады. Жарықты жағып-өшіру құрылғысы әр бөлменің дәліз жағында орналастырылады. Дәретхана есігінің жанында ашалы розеткалар орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
@@ -7687,55 +8081,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>