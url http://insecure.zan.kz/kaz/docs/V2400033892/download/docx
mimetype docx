--- v0 (2025-10-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bfdd554" w14:textId="bfdd554">
+    <w:p w14:paraId="9590e8f" w14:textId="9590e8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің 2024 жылғы 5 қаңтардағы № 4 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 8 қаңтарда № 33892 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің 2024 жылғы 5 қаңтардағы № 4 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 8 қаңтарда № 33892 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -232,262 +232,230 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1-1) тармақшасына, Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы №580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>176) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттардың тізбесі бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша кейбір бұйрықтардың күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым және жоғары білім саласында сапаны қамтамасыз ету комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ғылым және жоғары білім министрлігінің ресми интернет-ресурсында орналастыруды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ғылым және жоғары білім вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -613,1234 +581,1234 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Нурбек</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әділет министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі істер министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорғаныс министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәдениет және ақпарат министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төтенше жағдайлар министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туризм және спорт министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық экономика министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Цифрлық даму, инновациялар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       және аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас прокуратурасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоғарғы соты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық қауіпсіздік комитеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1945,68 +1913,172 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 4 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тізбе жаңа редакцияда көзделген - ҚР Қазақстан Республикасы Ғылым және жоғары білім министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -2352,70 +2424,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31672 болып тіркелген) (бұдан әрі – № 4 бұйрығы) сәйкес әзірленген және енгізілген білім беру бағдарламасының болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="47"/>
+          <w:bookmarkStart w:name="z57" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылым және жоғары білім саласындағы уәкілетті органның кадрларды даярлау бағыты бойынша білім беру бағдарламаларының тізіліміне енгізілген, №2 бұйрық және (немесе) ҚР ДСМ-63 бұйрыққа және № 4 бұйрыққа сәйкес мемлекеттік және оқыту тілінде(дерінде) оқытудың толық кезеңіне әзірленген білім беру бағдарламасының көшірмесі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұлттық қауіпсіздік және әскери іс" саласы бойынша кадрларды даярлауды іске асыратын ЖЖОКБҰ үшін, сонымен қатар Қазақстан Республикасы Жоғарғы Соты жанындағы Сот төрелігі академиясы үшін – №2 бұйрыққа сәйкес мемлекеттік және оқыту тілінде (дерінде) оқытудың толық кезеңіне әзірленген кадрлар даярлау бағыты бойынша білім беру бағдарламасының, оқу жоспарының көшірмелері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2485,70 +2557,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="48"/>
+          <w:bookmarkStart w:name="z58" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1. Оқу бағдарламаларының пәндерін оқыту тілдерінде 100% қамтамасыз ететін, баспа және (немесе) электрондық басылымдар форматындағы оқу, оқу-әдістемелік және ғылыми әдебиеттердің кітапхана қорының болуы. ("Ұлттық қауіпсіздік және әскери іс" саласындағы кадрларды даярлау бағыттары бойынша - бейіндік цикл пәндерін қоспағанда).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2597,70 +2669,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4. "Денсаулық сақтау" бағыты бойынша - сонымен қатар дәлелді медицина бойынша халықаралық дерекқорларға институционалдық жазылудың болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="49"/>
+          <w:bookmarkStart w:name="z61" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу, оқу-әдістемелік және ғылыми әдебиеттер қорының болуы туралы мәліметтер (осы біліктілік талаптарына 1-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2790,70 +2862,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЖОКБҰ оқу корпустарының жабдықталған медициналық пункттермен қамтамасыз етілуі (резидентураны қоспағанда). Медициналық қызметке лицензияның болуы. "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды жүзеге асыратын ЖЖОКБҰ үшін - білім алушылар үшін медициналық қызмет көрсетудің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="50"/>
+          <w:bookmarkStart w:name="z63" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медициналық қызмет көрсетудің бар болуы, оның ішінде жабдықталған медициналық пункттермен қамтамасыз етілгені және медициналық қызметке лицензияның болуы туралы мәліметтер (осы біліктілік талаптарына 2-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау ұйымының білім алушыларға медициналық қызмет көрсетуін растайтын құжаттың көшірмесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3074,70 +3146,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="51"/>
+          <w:bookmarkStart w:name="z64" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1. Білім беру қызметінің сапасын қамтамасыз ететін қажетті ғимараттардың (оқу ғимараттарының) болуы:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3566,70 +3638,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="52"/>
+          <w:bookmarkStart w:name="z74" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғимараттарға (оқу ғимараттарына), клиникаларға шаруашылық жүргізу немесе жедел басқару немесе сенімді басқару құқығын растайтын құжаттардың көшірмелері.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3752,70 +3824,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="53"/>
+          <w:bookmarkStart w:name="z77" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше білім беру қажеттіліктері бар білім алушылар үшін білім беру қызметтеріне кедергісіз қол жеткізу және тең жағдайлардың жасалуы:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3864,70 +3936,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) инклюзивті білім берудің әдістемесі бойынша біліктілікті арттыру курстарынан немесе тағылымдамадан/қайта даярлаудан өткен мамандардың болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="54"/>
+          <w:bookmarkStart w:name="z80" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалы оқу алаңының, материалдық-техникалық базасының болуы туралы мәліметтер (осы біліктілік талаптарына 4-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадрларды даярлау бағытының білім беру бағдарламалары бойынша оқытушы кадрлармен жасақталуы туралы мәліметтер (осы біліктілік талаптарына 5-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3997,70 +4069,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="55"/>
+          <w:bookmarkStart w:name="z81" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.1. Сымсыз технологияларды қоса алғанда, кең жолақты интернеттің қолжетімділігі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4277,70 +4349,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру процесін материалдық-техникалық қамтамасыз етуі, оның ішінде компьютерлердің, зертханалық жабдықтың, техникалық оқу құралдарының, бағдарламалық қамтамасыз етудің және ақпараттық жүйелердің болуы туралы ақпарат (осы біліктілік талаптарына 6-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="56"/>
+          <w:bookmarkStart w:name="z88" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Сымсыз технологияларды қоса алғанда" біліктілік талабы "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды жүзеге асыратын ЖЖОКБҰ үшін қолданылмайды.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 84 бұйрықпен бекітілген нысандарға сәйкес жаңартылған деректер базалары бар білім беруді басқарудың ақпараттық жүйесінің болуы, нақты деректердің БЖБП сәйкестігі және үшінші деңгейдегі домендік атаудың болуына қойылатын біліктілік талаптары Қазақстан Республикасының ұлттық қауіпсіздік органдарына ведомстволық бағынысты білім беру ұйымдарына қолданылмайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4523,70 +4595,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="57"/>
+          <w:bookmarkStart w:name="z89" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.1. Негізгі жұмыс орны ЖЖОКБҰ болып табылатын оқытушылардың 3 (үш) жылда бір реттен кем емес оқытылатын пәндер бейініне сәйкес бір оқу курсында кемінде 72 (жетпіс екі) сағат көлемінде біліктілігін арттыруды қамтамасыз ету, оның ішінде:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4711,70 +4783,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №21847 болып тіркелген) Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидалары және қосымша және формальды емес білім беру арқылы алынған оқыту нәтижелерін тану қағидаларына сәйкес біліктілігін арттыруды қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="58"/>
+          <w:bookmarkStart w:name="z94" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқытылатын пәндердің бейініне сәйкес оқытушылардың және менеджмент саласы бойынша ЖЖОКБҰ басшыларының біліктілігін арттыру туралы мәліметтер (осы біліктілік талаптарына 8-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біліктілікті арттыру курсын аяқтағанын растайтын құжаттар, оның ішінде: курстың тақырыбы, игерілген сағаттар көлемі, курсты аяқтау мерзімі көрсетілген сертификат, курс нәтижелері туралы тындаушының есебі (курстың мазмұнында шектелген ақпарат бар болған жағдайларды қоспағанда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5025,70 +5097,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұқтаж білім алушылардың тұруы үшін жағдай жасау (санитариялық ережелердің талаптарына сәйкес келетін жатақханалар/хостелдер/қонақ үйлермен қамтамасыз ету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="59"/>
+          <w:bookmarkStart w:name="z95" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жатақханалардың болуы туралы және/немесе ЖЖОКБҰ басшысымен бекітілген хостелдермен/қонақ үйлермен шарттар туралы ақпарат;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5186,126 +5258,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="60"/>
+          <w:bookmarkStart w:name="z97" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа тілден аударылған мәтінді пайдалануды қоса алғанда, мағынаны (парафраз) өзгертпей, сөздер мен сөйлемдерді синониммен ауыстыра отырып мәтінді пайдаланудың және бөтен материалдың бар-жоғын тексеруге арналған компьютерлік бағдарламаны пайдалану.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген білім беру құжаттары, сондай-ақ дипломдық жұмыстар (жобалар), магистрлік диссертациялардың жұмыс істеп тұрған электрондық деректер базасының (мұрағатының) болуы (электрондық дерекқорға немесе ақпараттық ресурстарға қолжетімділік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="61"/>
+          <w:bookmarkStart w:name="z98" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа тілден аударылған мәтінді пайдалануды қоса алғанда, мағынаны (парафраз) өзгертпей, сөздер мен сөйлемдерді синониммен ауыстыра отырып мәтінді пайдаланудың және бөтен материалдың бар-жоғын тексеруге арналған компьютерлік бағдарламаның болуын растайтын құжат.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген білім беру құжаттары, дипломдық жұмыстар (жобалар), магистрлік диссертациялардың жұмыс істеп тұрған электрондық деректер базасына (мұрағатына) тестілік қолжетімділікке сілтеме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5612,70 +5684,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="62"/>
+          <w:bookmarkStart w:name="z99" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.1. Білім беру бағдарламаларының пәндеріне сәйкес оқытушылардың болуы;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5864,90 +5936,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадрларды даярлау бағытының білім беру бағдарламалары бойынша оқытушы кадрлармен жасақталуы туралы мәліметтер (осы біліктілік талаптарына 5-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="63"/>
+          <w:bookmarkStart w:name="z105" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Пәннің мазмұнын, оқу саласының ерекшеліктерін есепке ала отырып, пәннің бейіні жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттарының жіктеуішіне және (немесе) "Ғылым туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес бекітілген Ғылыми бағыттар жіктеуішіне сәйкес айқындалады.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоса атқаратын оқытушыларға қатысты, жалпы білім беру пәндері циклі бойынша оқытушылардың білімінің оқытатын пәндерінің бейініне сәйкестігіне қатысты біліктілік талаптары "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды іске асыратын ЖЖОКБҰ үшін қолданылмайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5981,70 +6053,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="64"/>
+          <w:bookmarkStart w:name="z106" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.1. "Сәулет және құрылыс" кадрларды даярлау бағытының білім беру бағдарламалары бойынша – оқытылатын пәндер бейініне сәйкес келетін өндірісте соңғы 10 (он) жылда кемінде 3 (үш) жыл практикалық жұмыс тәжірибесі бар (соның ішінде жобалық топтың құрамында) бейінді пәндер оқытушыларының үлесі кадрларды даярлау бағыты бойынша білім беру бағдарламаларының бейіндік пәндер оқытушыларының жалпы санынан - кемінде 40 %.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6174,70 +6246,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="65"/>
+          <w:bookmarkStart w:name="z108" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.1. Негізгі жұмыс орны ЖЖОКБҰ болып табылатын ғылым және жоғары білім саласындағы уәкілетті орган берген/таныған ғылыми дәрежесі және (немесе) PhD философия докторы/бейіні бойынша доктор (академиялық) дәрежесі бар және (немесе) ғылыми атағы бар және (немесе) "Қазақстан Республикасының еңбек сіңірген жаттықтырушысы" спорттық атағына ие ("Өнер" кадрларды даярлау бағыты бойынша қосымша –кадрларды даярлау бейініне сай келетін Қазақстан Республикасының құрметті атақтарымен және мемлекеттік наградаларымен марапатталған) оқытушылардың үлесі: "Педагогикалық ғылымдар", "Құқық" кадрларды даярлау бағыттары бойынша - кадрларды даярлау бағытының білім беру бағдарламалары бойынша оқытушылардың жалпы санынан кемінде 50 %; "Қызмет көрсету саласы", "Ақпараттық және коммуникациялық технологиялар", "Журналистика және ақпарат" кадрларды даярлау бағыттары бойынша - кадрларды даярлау бағытының білім беру бағдарламалары бойынша оқытушылардың жалпы санынан кемінде 30 %; кадрларды даярлаудың өзге бағыттары бойынша - білім беру бағдарламалары бойынша оқытушылардың жалпы санынан кемінде 40 %.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6540,70 +6612,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z111" w:id="66"/>
+          <w:bookmarkStart w:name="z111" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру бағдарламаларының бейіні бойынша практика базаларымен азаматтық заңнамаға сәйкес жасалған шарттардың (келісімдердің) болуы, оның ішінде:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6652,70 +6724,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)"Құқық" кадрларды даярлау бағыты үшін – кадрларды даярлау бейініне сәйкес құқықтану саласындағы ұйымдармен азаматтық заңнамаға сәйкес жасалған шарттардың (келісімдердің) болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z114" w:id="67"/>
+          <w:bookmarkStart w:name="z114" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадрларды даярлау бағытының бейініне сәйкес практикадан өту базасы ретінде анықталған ұйымдармен жасалған шарттардың (келісімдердің) (кемінде екі) көшірмелері;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6986,70 +7058,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="68"/>
+          <w:bookmarkStart w:name="z117" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакалавриат деңгейі бойынша түлектерді кадрларды даярлау бағыты бойынша жұмысқа орналастыру, бұл ретте бітірген жылы ішінде кадрлар даярлау бағыты бойынша түлектердің жалпы санына шаққанда жұмысқа орналастырылғандардың үлесі - кемінде 50 %, оның ішінде кемінде 3 (үш) ай үздіксіз еңбек қызметімен қамтамасыз етілуі – кемінде 50 % ("Педагогикалық ғылымдар", "Құқық" кадрларды даярлау бағыты үшін – кемінде 60%, "Денсаулық сақтау" кадрларды даярлау бағыты үшін – кемінде 80 %).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұл ретте жұмысқа орналастырылған түлектердің санына екінші жоғары білім беру бағдарламалары бойынша, күндізгі оқу нысаны бойынша, резидентурада немесе магистратурада немесе докторантурада оқуды жалғастырған, сондай-ақ Қазақстан Республикасы Қарулы Күштерінің қатарына әскери қызметке шақырылған түлектер, 3 (үш) жасқа толғанға дейін бала күтімі бойынша демалыста жүрген адамдар кіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7346,70 +7418,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="69"/>
+          <w:bookmarkStart w:name="z118" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.1. Білім беру бағдарламасының пәндеріне сәйкес оқытушылардың болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7800,70 +7872,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="70"/>
+          <w:bookmarkStart w:name="z124" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.1. Кадрларды даярлау бағытының бейініне сәйкес ғылыми дәрежесі және (немесе) PhD философия докторы/бейіні бойынша докторы (академиялық) дәрежесі бар,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8197,70 +8269,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды іске асыратын ЖЖОКБҰ және Қазақстан Республикасы Жоғарғы Сотының жанындағы Сот төрелігі академиясын қоспағанда, білім беру бағдарламасына сәйкес білім алушылардың практикадан өтуіне, кадрлар даярлаудың тиісті бағыттары бойынша ғылыми тағылымдамадан өтуіне орындармен қамтамасыз етілуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="71"/>
+          <w:bookmarkStart w:name="z132" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика базасы ретінде анықталған ұйымдармен жасалған шарттардың (келісімдердің) (кемінде екі), тиісті кадрларды даярлау бағыттары бойынша ғылыми тағылымдамадан өтуге шарттардың (келісімдердің) (кемінде екі) көшірмелері; практиканы ЖЖОКБҰ-да өткен жағдайда – растайтын құжаттардың көшірмесі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттар (келісімдер) білім алушылардың толық оқу кезеңін қамтуы тиіс және мерзімін ұзарту туралы тармақты қамтуы мүмкін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8372,70 +8444,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="72"/>
+          <w:bookmarkStart w:name="z133" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі жұмыс орны ЖЖОКБҰ болып табылатын және ғылым және жоғары білім саласындағы уәкілетті орган берген/таныған ғылыми дәрежесі және (немесе) PhD философия докторы/бейіні бойынша доктор (академиялық) дәрежесі бар, кадрларды даярлау бағытының бейіні бойынша Жарияланымдар тізбесінде және шетелдік басылымдарда жарияланған кемінде 4 (төрт) мақаланың авторы болып табылатын екіден кем емес маманның болуы;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 немесе негізгі жұмыс орны ЖЖОКБҰ болып табылатын ғылыми дәрежесі және (немесе) PhD философия докторы /бейіні бойынша доктор (академиялық) дәрежесі бар, кадрларды дайындау бағытының бейіні бойынша Жарияланымдар тізбесінде және шетелдік басылымдарда жарияланған кемінде 4 (төрт) мақаланың авторы болып табылатын бір маманның және негізгі жұмыс орны ЖЖОКБҰ болып табылатын, кемінде 3 (үш) жыл ғылыми-педагогикалық жұмыс өтілі және кемінде 5 (бес) жыл клиникалық жұмыс өтілі бар бір маманның болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8909,70 +8981,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="73"/>
+          <w:bookmarkStart w:name="z134" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.1. Білім беру бағдарламасының пәндеріне сәйкес оқытушылардың болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9162,70 +9234,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z138" w:id="74"/>
+          <w:bookmarkStart w:name="z138" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.1. Негізгі жұмыс орны ЖЖОКБҰ болып табылатын, кадрларды даярлау бағыты бойынша ғылыми дәрежесі және (немесе) PhD философия докторы/бейіні бойынша доктор (академиялық) дәрежесі бар, соңғы 5 (бес) жылда рецензияланатын халықаралық ғылыми журналдарда жарияланған кемінде 3 (үш) мақаласы және (немесе) шолуы бар:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9560,70 +9632,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="75"/>
+          <w:bookmarkStart w:name="z142" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.1. Ғылыми дәрежесі және (немесе) (PhD) философия докторы /бейіні бойынша доктор (академиялық) дәрежесі бар,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9845,70 +9917,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын шетелдік ЖЖОКБҰ және (немесе) ғылыми ұйымдармен ынтымақтастық туралы және шетелдік консультанттарды тарту және бірлескен ғылыми жобаларды іске асыру бойынша нормаларды көздейтін азаматтық заңнамаға сәйкес шарттардың (келісімдердің) болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="76"/>
+          <w:bookmarkStart w:name="z146" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетелдік ЖЖОКБҰ-мен ғылыми алмасу, оның ішінде шетелдік консультанттарды тарту және бірлескен ғылыми жобаларды іске асыру туралы келісім-шарттардың (келісімдердің) (кемінде екі) көшірмелері.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10042,70 +10114,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кадрлар даярлау бағыты бойынша докторанттардың практикадан өтуі үшін отандық ұйымдармен азаматтық заңнамаға сәйкес жасалған шарттармен (келісімдермен) және шетелдік ғылыми тағылымдамадан өтуге арналған азаматтық заңнамаға сәйкес шарттармен (келісімдермен) қамтамасыз етілуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="77"/>
+          <w:bookmarkStart w:name="z148" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Практика базасы ретінде анықталған ұйымдармен жасалған шарттардың (келісімдердің) (кемінде екі), тиісті кадрларды даярлау бағыттары бойынша ғылыми тағылымдамадан өтуге шарттардың (келісімдердің) (кемінде екі) көшірмелері; практиканы ЖЖОКБҰ-да өткен жағдайда – растайтын құжаттардың көшірмесі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттар (келісімдер) білім алушылардың толық оқу кезеңін қамтуы тиіс және мерзімін ұзарту туралы тармақты қамтуы мүмкін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10382,70 +10454,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="78"/>
+          <w:bookmarkStart w:name="z149" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сымсыз технологияларды қоса алғанда, өткізу қабілеті кемінде 500 (бес жүз) Мбит/с болатын кең жолақты интернеттің қолжетімділігі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүйелердің ақпараттық қауіпсіздігін және деректерді қорғауды қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10547,90 +10619,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="79"/>
+          <w:bookmarkStart w:name="z150" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Меншікті ақпараттық-технологиялық инфрақұрылымның, білім беруді басқарудың ақпараттық жүйесінің (ақпараттық-білім беру порталы, веб-сайт, оқытудың кредиттік технологиясын қамтамасыз етудің автоматтандырылған жүйесі, ақпараттық қауіпсіздік және деректерді қорғау жүйелері) және "Қашықтықтан оқыту бойынша білім беру ұйымдарына қойылатын талаптарды және қашықтықтан оқыту бойынша және жоғары және (немесе) жоғары оқу орнынан кейінгі білім берудің білім беру бағдарламалары бойынша онлайн-оқыту нысанында оқу процесін ұйымдастыру қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 20 наурыздағы № 137 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №10768 тіркелген) көзделген оқу процесін ұйымдастыру үшін қажетті өзге де ақпараттық-білім беру ресурстары мен жағдайларының болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10760,70 +10832,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="80"/>
+          <w:bookmarkStart w:name="z152" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу бағдарламаларының пәндерін оқыту тілдерінде 100% қамтамасыз ететін, электрондық басылымдар форматындағы оқу, оқу, әдістемелік және ғылыми әдебиеттердің кітапхана қорының болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10872,70 +10944,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім алушылар мен профессор-оқытушылар құрамына электрондық ақпараттық ресурстарға және деректер қорына қолжетімділігін қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="81"/>
+          <w:bookmarkStart w:name="z155" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цифрлық тасымалдағышта оқу және ғылыми әдебиеттер қорының болуы туралы ақпарат (осы біліктілік талаптарына 1-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сілтеме және тестілік қолжетімділік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11001,126 +11073,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z156" w:id="82"/>
+          <w:bookmarkStart w:name="z156" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру саласындағы уәкілетті органның білім беру бағдарламаларының тізіліміне енгізілген білім беру бағдарламасының №2 бұйрыққа сәйкес әзірленген болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЖОКБҰ-ның ресми платформасында орналастырылған білім беру бағдарламасы пәндерінің жалпы санының кемінде 10% құрайтын пәндер бойынша жаппай ашық онлайн-курс бағдарламаларының (қалыптастырылатын оқыту нәтижелерінің картасымен, бағалау көрсеткіштері мен өлшемшарттарын сипаттай отырып және білімді бақылау жүйесінің ерекшелігін көрсете отырып) болуы, сонымен қатар халықаралық білім беру платформаларына жазылудың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="83"/>
+          <w:bookmarkStart w:name="z157" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 2 бұйрыққа сәйкес толық оқу кезеңіне әзірленген, кадрлар даярлаудың бағытына сәйкес білім беру саласындағы уәкілетті органның білім беру бағдарламаларының тізіліміне енгізілген білім беру бағдарламасының мемлекеттік және оқыту тіл(дер)індегі көшірмесі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресми ЖЖОКБҰ платформасында жаппай ашық онлайн курстарына және халықаралық білім беру платформаларына жазылуға сілтеме және тестілік қолжетімділік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11512,70 +11584,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЖОКБҰ негізгі жұмыс орны болып табылатын оқытушылардың кемінде 80%-ның соңғы 3 (үш) жылда кадрларды даярлау бағыты бойынша оқыту курсының көлемі кемінде 72 (жетпіс екі) сағатты құрайтын IT-құзыреті және онлайн-оқыту әдістемесі саласында біліктілігін арттырудан өткен болуы; базалық IT-білімі бар оқытушылар үшін - соңғы 3 (үш) жылда оқыту курсының көлемі кемінде 36 (отыз алты) сағат онлайн-оқыту әдістемесі бойынша курстардан өтуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="84"/>
+          <w:bookmarkStart w:name="z158" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Педагог және оқытушы кадрлармен жасақталуы туралы мәліметтер (осы біліктілік талаптарына 5-қосымшаға сәйкес нысан бойынша), оқытылып отырған пәндердің бейініне сәйкес кадрлардың біліктілігін арттыру туралы мәліметтер (осы біліктілік талаптарына 8-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біліктілікті арттыру курсын аяқтағанын растайтын құжаттар, оның ішінде: курстың тақырыбы, игерілген сағаттар көлемі, курсты аяқтау мерзімі көрсетілген сертификат, курс нәтижелері туралы тындаушының есебі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11641,70 +11713,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="85"/>
+          <w:bookmarkStart w:name="z159" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқытушылардың білімінің және(немесе) ғылым және жоғары білім саласындағы уәкілетті орган берген/таныған ғылыми дәрежесінің және (немесе) PhD философия докторы/бейіні бойынша доктор (академиялық) дәрежесінің және (немесе) ғылыми атағының білім беру бағдарламасы пәндерінің бейініне сәйкес болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЖОКБҰ негізгі жұмыс орны болып табылатын білім беру бағдарламаларының пәндеріне сәйкес оқытушылардың үлесі білім беру бағдарламасы бойынша оқытушылардың жалпы санының 80%-нан кем болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12138,70 +12210,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z160" w:id="86"/>
+          <w:bookmarkStart w:name="z160" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.1. Білім беру бағдарламаларының пәндеріне сәйкес оқытушылардың болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12504,70 +12576,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="87"/>
+          <w:bookmarkStart w:name="z163" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.1. Білім беру бағдарламасы пәндерінің 100 %-ын қамтамасыз ететін, оның ішінде оқыту тілі бойынша басып шығарылған және (немесе) электрондық басылымдар форматында оқу, оқу-әдістемелік және ғылыми әдебиет кітапхана қорының болуын қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12588,70 +12660,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.3. Кітапханалар және ғылыми ұйымдармен кітапхана қорын пайдалану туралы (электрондық деректер қорын немесе ақпараттық ресурсты пайдалану) келісімдердің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="88"/>
+          <w:bookmarkStart w:name="z165" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу, оқу-әдістемелік және ғылыми әдебиеттер қорының болуы туралы мәліметтер (осы біліктілік талаптарына 1-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12747,70 +12819,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z167" w:id="89"/>
+          <w:bookmarkStart w:name="z167" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.1. Санитарлық ережелер мен өрт қауіпсіздігі талаптарына сәйкес келетін қажетті ғимараттармен (оқу ғимараттарымен) қамтамасыз етілуі</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12887,70 +12959,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.5. Білім беру үдерісі кезінде білім алушылар үшін қажетті қауіпсіздік жағдайларын қамтамасыз ету (кіруді бақылау, оқу аудиториялары мен оқу ғимараттарының іргелес аумақтарын, жатақханаларды бейнебақылау).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="90"/>
+          <w:bookmarkStart w:name="z171" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдалы оқу алаңының, материалдық-техникалық базасының болуы туралы мәліметтер (осы біліктілік талаптарына 4-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13034,70 +13106,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="91"/>
+          <w:bookmarkStart w:name="z173" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғимаратты (оқу ғимараттарын) кемінде он жыл мерзімге пайдалану құқығына қолданыстағы заңнамаға сәйкес жасалған шарттың көшірмесі.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13247,70 +13319,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="92"/>
+          <w:bookmarkStart w:name="z177" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.1. Сымсыз технологияларды қоса алғанда, кең жолақты интернетпен қамтамасыз етілуі;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13331,70 +13403,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.3. Әкімшілік деректер нысандарына сәйкес өзекті дерекқорлары бар білім беруді басқарудың ақпараттық жүйесінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="93"/>
+          <w:bookmarkStart w:name="z179" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кең жолақты интернеттің, сымсыз технологиялардың болуы және білім беру ұйымының ақпараттық қауіпсіздік саясаты туралы ақпарат (осы біліктілік талаптарына 6-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13488,70 +13560,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="94"/>
+          <w:bookmarkStart w:name="z181" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.1. Оқытылатын пәндердің бейініне сәйкес оқытушыларға 3 (үш) жылда кемiнде 1 (бiр) рет және көлемі кемінде 72 (жетпіс екі) сағат біліктілігін арттыруды қамтамасыз ету;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13572,70 +13644,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.3. Лицензиаттың ғылыми қызметкерлерінің біліктілігін 5 (бес) жылда кемінде 1 (бір) рет арттыруды қамтамасыз ету.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="95"/>
+          <w:bookmarkStart w:name="z183" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқытылатын пәндердің бейініне сәйкес оқытушылардың біліктілігін арттыру туралы және менеджмент саласы бойынша мәліметтер (осы біліктілік талаптарына 8-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біліктілікті арттыру курсын аяқтағанын растайтын құжаттар, оның ішінде: курстың тақырыбы, орындалған сағаттар көлемі, курсты аяқтау мерзімі көрсетілген сертификат, курс нәтижелері туралы тындаушының есебі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13701,70 +13773,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="96"/>
+          <w:bookmarkStart w:name="z184" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім алушылардың ғылыми-зерттеу іс-әрекетіне жағдай жасау, оның ішінде:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13785,70 +13857,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51.2. Кадрларды даярлаудың әрбір бағыты бойынша білім беру бағдарламасына сәйкес қажетті құралдармен жабдықталған мамандандырылған (ғылыми-техникалық және (немесе) ғылыми-әдістемелік және (немесе) клиникалық, эксперименттік) базаның болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z186" w:id="97"/>
+          <w:bookmarkStart w:name="z186" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс өтілі, ғылыми жарияланымдары және дайындалған оқу құралы немесе оқу құралы көрсетіле отырып, кадрлар даярлаудың тиісті бағыты бойынша ғылыми жетекшілікті жүзеге асыратын ғылыми жетекшілер туралы мәліметтер (осы біліктілік талаптарына 10-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандандырылған ғылыми-техникалық/ ғылыми-әдістемелік/ клиникалық/ эксперименталдық базалардың, шығармашылық шеберханалардың, концерттік, көрме залдарының болуы туралы мәліметтер (осы біліктілік талаптарына 9-қосымшаға сәйкес нысан бойынша).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13914,126 +13986,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z187" w:id="98"/>
+          <w:bookmarkStart w:name="z187" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.1. Лицензиаттың оқуды басқару жүйесіне біріктірілген плагиатқа қарсы жүйенің болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.2. Берілген білім беру құжаттарының, сондай-ақ дипломдық жұмыстардың (жобалардың), магистрлік диссертациялардың (электрондық дерекқорға немесе ақпараттық ресурстарға қолжетімділік) жұмыс істейтін электрондық деректер базасының (мұрағатының) болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z188" w:id="99"/>
+          <w:bookmarkStart w:name="z188" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа тілден аударылған мәтінді пайдалануды қоса алғанда, мағынаны (парафраз) өзгертпей сөздер мен сөйлемдерді синониммен ауыстыра отырып, бөтен материалдың бар-жоғын және мәтінді пайдалануды тексеруге арналған компьютерлік бағдарламаның болуын растайтын құжат.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломдық жұмыстардың (жобалардың), магистрлік және докторлық диссертациялардың жұмыс істейтін электрондық деректер базасына (мұрағатына) тестілік қолжетімділікке сілтеме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14188,128 +14260,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z189" w:id="100"/>
+    <w:bookmarkStart w:name="z189" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Білім беру қызметін лицензиялау кезінде қойылатын осы біліктілік талаптарында және оларға сәйкестікті растайтын құжаттар тізбесінде пайдаланылатын қысқартулар мен белгілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z190" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z190" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Е-Лицензиялау" МДҚ АЖ – лицензиарлар беретін лицензиялардың сәйкестендіру нөмірін орталықтандырып қалыптастыратын, берілген, қайта ресімделген, тоқтатыла тұрған, қайта басталған және қолданысы тоқтатылған лицензиаттар туралы мәліметтерді қамтитын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z191" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z191" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Жылжымайтын мүлік тіркелімі" МДҚ АЖ – Жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және есепке алу саласындағы мәліметтерді автоматтандырылған жинауға (енгізуге), өңдеуге, өзекті етуге, сақтауға және талдауға арналған ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14505,88 +14559,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="103"/>
+    <w:bookmarkStart w:name="z195" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқу, оқу-әдістемелік және ғылыми әдебиеттер қорының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z196" w:id="104"/>
+      <w:bookmarkStart w:name="z196" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы) (_____________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15815,130 +15869,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="105"/>
+    <w:bookmarkStart w:name="z197" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * онлайн білім алуға лицензия алу кезінде электрондық басылымдардағы әдебиеттер туралы ақпарат беріледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z198" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z198" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** "Денсаулық сақтау" кадрларды даярлау бағыты үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z199" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z199" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы __________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z200" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z200" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16134,88 +16188,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z203" w:id="109"/>
+    <w:bookmarkStart w:name="z203" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медициналық қызмет көрсетудің бар болуы, оның ішінде жабдықталған медициналық пункттермен қамтамасыз етілгені және медициналық қызметке лицензияның болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z204" w:id="110"/>
+      <w:bookmarkStart w:name="z204" w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру/денсаулық сақтау ұйымының атауы) (________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16642,110 +16696,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="111"/>
+    <w:bookmarkStart w:name="z205" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Лицензияның мәртебесі "Е-лицензиялау" МДҚ АЖ-ны пайдалана отырып тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z206" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z206" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы __________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z207" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z207" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16941,88 +16995,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="114"/>
+    <w:bookmarkStart w:name="z210" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Санитариялық ережелерге сәйкес тамақтандыру объектісінің болуы, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті органның тамақтану объектісіне қорытындысының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z211" w:id="115"/>
+      <w:bookmarkStart w:name="z211" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы) (_____________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17449,90 +17503,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z212" w:id="116"/>
+    <w:bookmarkStart w:name="z212" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы __________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z213" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z213" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17728,88 +17782,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="118"/>
+    <w:bookmarkStart w:name="z216" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдалы оқу алаңы, материалдық-техникалық базасының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z217" w:id="119"/>
+      <w:bookmarkStart w:name="z217" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы) (______________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18081,70 +18135,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру ұйымының үй-жайларында және іргелес жатқан аумақтарында бейнебақылаудың болуы, техникалық сипаттамалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z218" w:id="120"/>
+          <w:bookmarkStart w:name="z218" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұқтаж білім алушылардың тұруы үшін жағдай жасау (жатақханалар/хостелдер/қонақ үйлермен қамтамасыз ету)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 туралы ақпарат, үй-жайлар алаңы (шаршы метр), Санитарлық ережелерге сәйкестігі туралы қорытындының мәліметтері **</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18676,130 +18730,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z219" w:id="121"/>
+    <w:bookmarkStart w:name="z219" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы _____________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z220" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z220" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z221" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z221" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: *Жылжымайтын мүлікке тіркелген құқықтар және оның техникалық сипаттамалары туралы ақпарат "Жылжымайтын мүлік тіркелімі" МДҚ АЖ-дан деректерді алу мүмкіндігі болған жағдайда ұсынылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z222" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z222" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** ЖЖОКБҰ лицензия алған немесе олардың қайта ұйымдастырылуына байланысты лицензияны қайта ресімдеген кезде оқу үй-жайларының ауданы бойынша біліктілік талаптарына сәйкестігі оқу сабақтарының ауысымын ескере отырып, белгіленген Санитарлық ережелерде белгіленген нормаларына сүйене отырып айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18995,88 +19049,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z225" w:id="125"/>
+    <w:bookmarkStart w:name="z225" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кадрларды даярлау бағытының білім беру бағдарламалары бойынша оқытушы кадрлармен жасақталуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z226" w:id="126"/>
+      <w:bookmarkStart w:name="z226" w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы) (_____________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20133,70 +20187,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="127"/>
+    <w:bookmarkStart w:name="z227" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20305,70 +20359,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының мемлекеттік марапаттарымен және құрметті атақтары, "Еңбек сiңiрген жаттықтырушы" спорттық атақтары немесе жоғары мен бірінші дәрігерлік санаты туралы мәлімет, берілген жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="128"/>
+          <w:bookmarkStart w:name="z228" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инклюзивті білім беруде оқыту дағдыларының болуы туралы ақпарат (курстар (кемінде 72 сағат), тағылымдамалар</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (сертификат № және берген күні)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20836,110 +20890,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z229" w:id="129"/>
+    <w:bookmarkStart w:name="z229" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы __________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z230" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z230" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z231" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z231" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды іске асыратын ЖЖОКБҰ-на қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21135,68 +21189,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z234" w:id="132"/>
+    <w:bookmarkStart w:name="z234" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Білім беру процесінің материалдық-техникалық қамтамасыз етілуі, оның ішінде компьютерлердің, зертханалық жабдықтардың, оқу-әдістемелік құралдарының, бағдарламалық және ақпараттық жүйелердің болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -21545,70 +21599,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Симуляциялық кабинеттер" (орталықтар)* Арнайы программалық жүйелер **</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z235" w:id="133"/>
+          <w:bookmarkStart w:name="z235" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңартылған дерекқорлары бар білім беруді басқарудың ақпараттық жүйесі, ЖЖОКБҰ-ның басқару жүйесінің БЖБП-мен интеграциясы туралы ақпарат, edu.​kz аймағындағы үшінші деңгейлі домендік атау.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интернеттің жылдамдығы туралы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21987,130 +22041,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z236" w:id="134"/>
+    <w:bookmarkStart w:name="z236" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы _________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z237" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z237" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z238" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z238" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: *"Денсаулық сақтау" кадрларды даярлау бағыты үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z239" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z239" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** "Сәулет және құрылыс" кадрларды даярлау бағыты үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22306,68 +22360,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="138"/>
+    <w:bookmarkStart w:name="z242" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тиісті оқу жылына арналған бір білім алушыға кететін ең төменгі шығынға сәйкестік туралы мәліметтер *</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -22857,110 +22911,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="139"/>
+    <w:bookmarkStart w:name="z243" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы ___________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z244" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z244" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z245" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z245" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе * магистратура кадрлар даярлау бағыты бойынша лицензия алған кезде ғылыми-педагогикалық магистратура үшін бөлек, бейінді магистратура үшін бөлек шығындардың сомасы жеке көрсетілуі қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23156,68 +23210,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="142"/>
+    <w:bookmarkStart w:name="z248" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқытылатын пәннің бейініне сәйкес оқытушылардың, сондай-ақ менеджмент саласында білім беру ұйымдарының басшылары үшін біліктілігін арттыру туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -23942,90 +23996,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="143"/>
+    <w:bookmarkStart w:name="z249" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы ___________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z250" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z250" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24221,68 +24275,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z253" w:id="145"/>
+    <w:bookmarkStart w:name="z253" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мамандандырылған ғылыми-техникалық/ғылыми-әдістемелік/клиникалық/эксперименталдық базалардың, шығармашылық шеберханалардың, концерттік залдардың, көрме залдарының болуы туралы мәліметтер*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -24692,110 +24746,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="146"/>
+    <w:bookmarkStart w:name="z254" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы ____________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z255" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z255" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z256" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z256" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Ескертпе: ақпарат кадрларды даярлау бағытының бөлінісінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24991,68 +25045,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z259" w:id="149"/>
+    <w:bookmarkStart w:name="z259" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс өтілі, ғылыми жарияланымдары мен оқулығы немесе оқу құралы көрсетілген тиісті кадрларды даярлау бағыты бойынша ғылыми жетекшілікті жүзеге асыратын ғылыми жетекшілер туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -26113,130 +26167,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z260" w:id="150"/>
+    <w:bookmarkStart w:name="z260" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы __________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z261" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z261" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z262" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z262" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * "Ұлттық қауіпсіздік және әскери іс" саласында оқытуды жүзеге асыратын ЖЖОКБҰ үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z263" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z263" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** шетелдік білім беру ұйымдарының филиалдары лицензия алған кезде ғылыми жарияланымдар туралы ақпарат тек халықаралық рецензияланатын ғылыми журналдар бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26432,88 +26486,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z266" w:id="154"/>
+    <w:bookmarkStart w:name="z266" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тәлімгерлер құрамы туралы ақпарат ("Денсаулық сақтау" оқыту бағыты бойынша)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z267" w:id="155"/>
+      <w:bookmarkStart w:name="z267" w:id="156"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы) (______________ жағдай бойынша)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -27255,90 +27309,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z268" w:id="156"/>
+    <w:bookmarkStart w:name="z268" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Білім беру ұйымының басшысы ___________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z269" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z269" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Тегі, аты, әкесінің аты (болған жағдайда) (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27443,428 +27497,428 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 4 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="158"/>
+    <w:bookmarkStart w:name="z271" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z272" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z272" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11716 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z273" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z273" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2016 жылғы 11 наурыздағы № 194 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13733 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z274" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z274" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 20 қыркүйектегі № 568 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14453 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z275" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z275" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2017 жылғы 28 жедтоқсандағы № 657 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16737 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z276" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z276" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 16 қарашадағы № 634 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17764 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z277" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z277" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 5 маусымдағы № 231 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20827 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z278" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z278" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2021 жылғы 14 шілдедегі № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23542 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z279" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z279" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ғылым және жоғары білім министрі міндетін атқарушының 2022 жылғы 24 қарашадағы № 152 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30720 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z280" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z280" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Білім беру қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 17 маусымдағы № 391 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ғылым және жоғары білім министрі міндетін атқарушының 2022 жылғы 24 қарашадағы № 152 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Ғылым және жоғары білім министрі міндетін атқарушының 2023 жылғы 20 қаңтардағы № 22 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31751 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>