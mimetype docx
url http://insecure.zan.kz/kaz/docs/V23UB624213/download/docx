--- v0 (2025-11-08)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2cee6bd" w14:textId="2cee6bd">
+    <w:p w14:paraId="bdc217c" w14:textId="bdc217c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидаларын бекіту туралы</w:t>
+        <w:t>Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу Қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Түркістан облысы Арыс қаласы әкiмдiгiнiң 2023 жылғы 16 ақпандағы № 61 қаулысы. Түркістан облысының Әдiлет департаментiнде 2023 жылғы 16 ақпанда № 6242-13 болып тiркелдi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - Түркістан облысы Арыс қаласы әкiмдiгiнiң 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,186 +194,246 @@
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 16-5) тармақшасына сәйкес Арыс қаласының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу </w:t>
-[...9 lines deleted...]
-        <w:t>қағидалары</w:t>
+      1. Қоса беріліп отырған Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Түркістан облысы Арыс қаласы әкiмдiгiнiң 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Арыс қаласының тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы қаулының "Қазақстан Республикасы Әділет министрлігі Түркістан облысының Әділет департаменті" Республикалық мемлекеттік мекемесінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыны ресми жарияланғанынан кейін Арыс қаласы әкімдігінің интернет - ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы қаулының орындалуын бақылау Арыс қаласы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p>
-[...51 lines deleted...]
-      3. Осы қаулының орындалуын бақылау Арыс қаласы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -529,770 +627,756 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 16 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 61 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+        <w:t xml:space="preserve"> Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Түркістан облысы Арыс қаласы әкiмдiгiнiң 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Арыс қаласының бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі - </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабы 2-тармағының </w:t>
+      1. Осы Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі - қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+        <w:t>, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Арыс қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қағидада</w:t>
+        <w:t>Қағидаларда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
-[...17 lines deleted...]
-      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
+      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және ұялы байланыс операторларының меншігі болып табылатын телекоммуникациялық жабдықтан басқа, кондоминиум объектісінің бөліктері (сыртқы қабырғалары, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+      5) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, бір тұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көппәтерлі тұрғын үй кондоминиумы (бұдан әрі – кондоминиум) – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар, орынтұрақ орындары, қоймалар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – Жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) реконструкциялау - әдетте өзгеретін объектіні жаңарту мен жаңғырту қажеттігіне байланысты жалпы жекелеген үй-жайларды, ғимараттың өзгеде бөліктерін немесе ғимаратты өзгерту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сыртқы қабырғаларды күрделі жөндеу сыртқы қабырғаның айтарлықтай тозуы немесе зақымдануы кезінде жүргізіледі. Мақсат-сыртқы қабырғалардың техникалық және пайдалану сипаттамаларын қалпына келтіру және жақсарту, тірек құрылымдарын нығайту және материалдардың қызмет ету мерзімін ұзарту.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Арыс қаласының тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі (бұдан әрі - бөлім) Арыс қаласына бірыңғай сәулеттік келбет беру үшін сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Арыс қаласының сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі қағидалардың 3-тармағында көрсетілген көппәтерлі тұрғын үйлердің тізбесін айқындағаннан кейін қаланың бірыңғай сәулеттік келбетін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Арыс қаласының әкімдігі мынадай іс-шараларды ұйымдастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көппәтерлі тұрғын үйдің пәтерлерінің, тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін қаланың бірыңғай сәулеттік келбетінің жобасымен әкімдіктің ресми интернет-ресурсында таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көппәтерлі тұрғын үйдің пәтерлерімен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін жоспарланатын жұмыстар және оларды өткізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау, жөндеу жұмыстарының жүргізілуіне келісу немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жиналыс пәтер, тұрғын емес үй-жайлар иелерінің жалпы санының жартысынан астамы қатысқан кезде шешім қабылдайды. Шешім тікелей дауыс беруге қатысқан пәтерлер, тұрғын емес үй-жайлар меншік иелерінің жалпы санының көпшілігінің келісімімен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жиналыста теріс шешім қабылданған жағдайда, көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау, жөндеу жөніндегі бірыңғай сәулеттік келбет беруге бағытталған жұмыстар жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жиналыстың оң шешімі қабылданған жағдайда, бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау, техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жұмыс көлемін, жөндеу үлгісін (ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау, техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көппәтерлі тұрғын үй сыртқы қабырғаларын, шатырларын реконструкциялау, техникалық жай-күйін тексеру қорытындысы бойынша Бөлім бірыңғай сәулеттік келбет беруге бағытталған сыртқы қабырғаларын, шатырларын реконструкциялау, күрделі жөндеуге ағымдағы жөндеудің сметалық есебін әзірлеу немесе жобалау-сметалық құжаттаманы дайындау жұмыстарын ұйымдастырады, кейіннен жергілікті бюджет қаражаты есебінен сараптама қорытындысын алады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. "Арыс қаласының сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі Қағиданың </w:t>
-[...312 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      12. Сараптаманың оң қорытындысын алғаннан және ағымдағы жөндеудің сметалық құны немесе көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, күрделі жөндеудің жобалау-сметалық құжаттамасы бекітілгеннен кейін Бөлім бюджеттік жоспарлау жөніндегі орталық уәкілетті орган айқындаған тәртіпке сәйкес бюджеттік өтінім жасайды. ("Қазақстан Республикасының 2025 жылғы 15 наурыздағы №171-VIII </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюджет кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", "Қазақстан Республикасының 1997 жылғы 16 сәуірдегі №94-I Тұрғын үй қатынастары" туралы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-3 бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды бөлім мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдауды техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып, жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>