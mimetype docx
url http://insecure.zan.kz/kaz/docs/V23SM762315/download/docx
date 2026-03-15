--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0df93f5" w14:textId="0df93f5">
+    <w:p w14:paraId="69e9c2e" w14:textId="69e9c2e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -511,3579 +511,3592 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда – Солтүстік Қазақстан облысы Уәлиханов ауданы мәслихатының 22.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2-28 с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күнтізбелік күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күнтізбелік күн өткен соң қолданысқа енгізіледі); 18.11.2025 № 2-34 с (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күнтізбелік күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>1-тарау. Жалпы ережелер</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы Уәлиханов ауданында әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Уәлиханов ауданында әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының Әлеуметтік кодексі, Қазақстан Республикасының "Ардагерлер туралы" Заңы негізінде және Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы № 523 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" қаулысына (бұдан әрі – Үлгілік қағидалар) сәйкес әзірленді және әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) арнайы комиссия – мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек алуға үміткер адамның (отбасының) өтінішін қарау бойынша Солтүстік Қазақстан облысы Уәлиханов ауданы әкімінің шешімімен құрылатын комиссия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік көмек – жергілікті атқарушы органмен мұқтаж азаматтардың жекелеген санаттарына (бұдан әрі – алушылар), сондай-ақ атаулы күндер мен мереке күндеріне орай ақшалай немесе заттай нысанда көрсететін көмек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік көмек көрсету жөніндегі уәкілетті орган – "Солтүстік Қазақстан облысы Уәлиханов ауданы жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ең төмен күнкөріс деңгейі –шамасы бойынша ең төмен тұтыну себетінің құнына тең, бір адамға шаққандағы ең төмен ақшалай кіріс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жан басына шаққандағы орташа кіріс – отбасының бір айдағы жиынтық кірісінің отбасының әрбір мүшесіне тура келетін үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мереке күндері – Қазақстан Республикасының ұлттық және мемлекеттік мереке күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мерекелік күндер (бұдан әрі – атаулы күндер) – Қазақстан Республикасының кәсіптік және өзге де мерекелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) учаскелік комиссия – атаулы әлеуметтік көмек алуға өтініш жасаған тұлғалардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізу үшін тиісті ауылдық округ әкімінің шешімімен құрылатын арнаулы комиссия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) шекті мөлшер – әлеуметтік көмектің бекітілген ең жоғары мөлшері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) цифрлық құжаттар сервисі – "электрондық үкімет" ақпараттықкоммуникациялық инфрақұрылымының операторға бекітіп берілген және ақпараттандыру объектілерінен алынған мәліметтер негізінде қалыптастырылған электрондық түрдегі құжаттарды көрсетуге және пайдалануға арналған объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) "электрондық үкімет" веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік және өзге де қызметтерге қол жеткізудің "ортақ терезесі" дегенді білдіретін ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидалар Солтүстік Қазақстан облысы Уәлиханов ауданы аумағында тұрақты тіркелген және тұратын адамдарға таралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасының Әлеуметтік кодексінің 71-бабының 4-тармағында, 170-бабының 3-тармағында, 229-бабының 3-тармағында, Қазақстан Республикасының "Ардагерлер туралы" Заңының (бұдан әрі - Заңы) 10-бабы 1-тармағының 2) тармақшасында, 11-бабының 1-тармағының 2) тармақшасында, 12-бабының 1-тармағының 2) тармақшасында, 13-бабының 2) тармақшасында, 17-бабында көрсетілген тұлғаларға әлеуметтік көмек осы Қағидаларда көзделген тәртіппен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Әлеуметтік көмек көрсетудің, мұқтаж алушылардың жекелеген санаттарының тізбесін айқындау және әлеуметтік көмектің мөлшерлерін белгілеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Азаматтарды мұқтаждар санатына жатқызу үшін мыналар негіз болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік маңызы бар аурудың болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жергілікті өкілді орган ең төмен күнкөріс деңгейіне еселік қатынаста белгілеген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жетімдік, ата-ана қамқорлығының болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнайы комиссия әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде Уәлиханов ауданының мәслихатымен бекіткен азаматтарды мұқтаждар санатына жатқызу негізінің тізбесін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы Қағидалардың 6-тармағы 1) және 2) тармақшаларында көзделген негіздер бойынша әлеуметтік көмек көрсетілген оқиғалар басталған күннен бастап алты айдан кешіктірілмей көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мереке күндері мен атаулы күндерге әлеуметтік көмек келесі санаттағы азаматтарға ақшалай төлемдер түрінде, жылына 1 (бір) рет көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 15 ақпан- Кеңес әскерлерінің шектеулі контингентін Ауғанстан Демократиялық Республикасынан шығару күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағы үкіметтік органдарының шешімдеріне сәйкес басқа мемлекеттердің аумағындағы ұрыс қимылдарына қатысқан Кеңес Армиясының, Әскери-теңіз флотының, Мемлекеттік қауіпсіздік комитетінің әскери қызметшілеріне, бұрынғы КСР Одағы ішкі істер министрлігінің басшы және қатардағы құрамының адамдарына (әскери мамандар мен кеңесшілерді қоса алғанда) – 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оқу жиындарына шақырылған және Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде жiберiлген әскери мiндеттiлерге –35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде осы елге жүк жеткiзу үшiн жiберiлген автомобиль батальондарының әскери қызметшiлеріне - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағының аумағынан Ауғанстанға жауынгерлiк тапсырмалармен ұшқан ұшу құрамының әскери қызметшiлерiне -35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауғанстандағы кеңестік әскери контингентке қызмет көрсеткен, жарақат, контузия алған немесе мертіккен не ұрыс қимылдарын қамтамасыз етуге қатысқаны үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен марапатталған жұмысшылар мен қызметшiлерге -35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағын қорғау, әскери қызметтiң өзге де мiндеттерiн басқа кезеңдерде атқару кезiнде жаралануы, контузия алуы, мертігуі салдарынан немесе майданда болуына байланысты, сондай-ақ Ауғанстанда немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттерде әскери қызметiн өткеру кезiнде ауруға шалдығуы салдарынан мүгедектік белгіленген әскери қызметшiлерге -35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа елдердегі майдандағы әскери контингенттерге қызмет көрсеткен және ұрыс қимылдарын жүргiзу кезеңiнде жаралануы, контузия алуы, мертігуі не ауруға шалдығуы салдарынан мүгедектік белгіленген тиiстi санаттардағы жұмысшылар мен қызметшiлерге - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына -35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1992 жылғы қыркүйек – 2001 жылғы ақпан аралығындағы кезеңде Тәжік-Ауған учаскесінде Тәуелсіз Мемлекеттер Достастығының шекарасын күзетуді күшейту жөніндегі мемлекетаралық шарттар мен келісімдерге сәйкес міндеттерді орындаған Қазақстан Республикасының әскери қызметшілеріне - 35 (отыз бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2003 жылғы тамыз – 2008 жылғы қазан аралығындағы кезеңде Ирактағы халықаралық бітімгершілік операцияға бітімгерлер ретінде қатысқан Қазақстан Республикасының әскери қызметшілеріне - 35 (отыз бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1986 – 1991 жылдар аралығындағы кезеңде Таулы Қарабақтағы этносаралық жанжалды реттеуге қатысқан бұрынғы КСР Одағының ішкі істер және мемлекеттік қауіпсіздік органдарының әскери қызметшілеріне,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сондай – ақ басшы және қатардағы құрамының адамдарына – 35 (отыз бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 8 наурыз - Халықаралық әйелдер күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Алтын алқа", "Күміс алқа" алқаларымен марапатталған немесе бұрын "Батыр Ана" атағын алғандар, I және II дәрежелі "Ана даңқы" ордендерімен марапатталған көп балалы аналарға - 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірге тұратын төрт және одан да көп кәмелетке толмаған балалары, оның ішінде он сегіз жасқа толғаннан кейін білім беру ұйымдарын бітіретін уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін) орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысаны бойынша оқитын балалары бар көп балалы отбасыларға – 5 (бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 7 мамыр – Отан қорғаушы күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бейбiт уақытта әскери қызметiн өткеру кезiнде қаза тапқан (қайтыс болған) әскери қызметшiлердiң отбасыларына - 5 (бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы Кеңестік Социалистік Республикалар Одағы (бұдан әрі – КСР Одағы) Қорғаныс министрлiгiнің, iшкi iстер және мемлекеттiк қауiпсiздiк органдарының әскери мiндеттiлер жиындарына шақырылған, қоғамға жат көрiнiстерге байланысты төтенше жағдайлар кезiнде қоғамдық тәртiптi қорғау жөнiндегi міндеттерді орындау кезінде қаза тапқан (қайтыс болған) әскери қызметшiлерінiң, басшы және қатардағы құрам адамдарының отбасыларына - 5 (бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) 9 мамыр – Жеңіс күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысы кезеңінде алған жаралануы, контузия алуы, мертігуі немесе ауруы салдарынан мүгедектігі бар адамдарға, атап айтқанда, майдандағы Ұлы Отан соғысының партизандары мен жерасты қайраткерлеріне сондай-ақ Ұлы Отан соғысы кезінде соғыс қимылдары ауданында, темір жолдардың майдан алдындағы учаскелерінде, қорғаныс шептерінің құрылыстарында, Әскери-теңіз базалары мен әуеайлақтарда алған жаралануы, контузия алуы, мертігуі немесе ауруы салдарынан мүгедектігі белгіленген жұмысшылар мен қызметшілерге – 382 (үш жүз сексен екі) айлық есептік көрсеткіш мөлшерінде, 2025 жылғы 9 мамырды қоспағанда. 2025 жылғы 9 мамырға 5000000 (бес миллион) теңге;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысының қатысушыларына, атап айтқанда, Ұлы Отан соғысы кезеңінде, сондай – ақ бұрынғы КСР Одағын қорғау жөніндегі басқа да жауынгерлік операциялар кезінде армия мен флоттың құрамына кірген әскери бөлімдерде, штабтар мен мекемелерде қызмет өткерген әскери қызметшілерге, Ұлы Отан соғысының партизандары мен жерасты қайраткерлеріне- 382 (үш жүз сексен екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде алған жаралануы, контузия алуы, мертігуі немесе ауруы салдарынан мүгедектігі бар адамдарға, атап айтқанда, майдандағы Ұлы Отан соғысының партизандары мен жерасты қайраткерлеріне сондай-ақ Ұлы Отан соғысы кезінде соғыс қимылдары ауданында, темір жолдардың майдан алдындағы учаскелерінде, қорғаныс шептерінің құрылыстарында, Әскери-теңіз базалары мен әуеайлақтарда алған жаралануы, контузия алуы, мертігуі немесе ауруы салдарынан мүгедектігі белгіленген жұмысшылар мен қызметшілерге – 382 (үш жүз сексен екі) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда Ұлы Отан соғысы кезеңінде қызмет өткерген әскери қызметшiлер, сондай-ақ бұрынғы КСР Одағы iшкi iстер және мемлекеттiк қауiпсiздiк органдарының басшы және қатардағы құрамының адамдарына - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы кезеңінде майдандағы армия құрамына кiрген әскери бөлiмдерде, штабтарда, мекемелерде штаттық лауазымдар атқарған не сол кезеңдерде майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда болған Кеңес Армиясының, Әскери-Теңiз Флотының, бұрынғы КСР Одағының iшкi iстер және мемлекеттiк қауiпсiздiк әскерлерi мен органдарының еріктi жалдамалы құрамының адамдарына - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы кезеңінде майдандағы армия мен флоттың құрамына кiрген бөлiмдердiң, штабтар мен мекемелердiң құрамында полк балалары (тәрбиеленушiлерi) және юнгалар ретiнде болған адамдарға - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екiншi дүниежүзiлiк соғыс жылдарында шет елдердiң аумағында партизан отрядтары, астыртын топтар және басқа да фашизмге қарсы құралымдар құрамында фашистiк Германия мен оның одақтастарына қарсы ұрыс қимылдарына қатысқан адамдарға - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағы Қатынас жолдары халық комиссариатының, Байланыс халық комиссариатының, кәсiпшiлiк және көлiк кемелерiнiң жүзу құрамы мен авиацияның ұшу-көтерілу құрамының, Балық өнеркәсiбi халық комиссариатының, теңiз және өзен флотының, Солтүстiк теңiз жолы бас басқармасының ұшу-көтерілу құрамының арнаулы құралымдарының Ұлы Отан соғысы кезеңінде әскери қызметшiлер жағдайына көшiрiлген және ұрыс майдандарының тылдағы шекаралары, флоттардың жедел аймақтары шегiнде майдандағы армия мен флот мүдделерi үшін мiндеттер атқарған қызметкерлерi, сондай-ақ Ұлы Отан соғысының бас кезiнде басқа мемлекеттердiң порттарында еріксіз ұсталған көлiк флоты кемелерi экипаждарының мүшелерiне - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екiншi дүниежүзiлiк соғыс кезеңiнде фашистер мен олардың одақтастары құрған концлагерьлердегі, геттолардағы және басқа да мәжбүрлеп ұстау орындарындағы кәмелетке толмаған тұтқындарға - 26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметтік мiндеттерiн атқару кезiнде жаралануы, контузия алуы, мертігуі салдарынан не майданда болуына немесе ұрыс қимылдары жүргiзiлген мемлекеттерде қызметтік мiндеттерiн орындауына байланысты ауруға шалдығуы салдарынан мүгедектік белгіленген, бұрынғы КСР Одағының мемлекеттік қауіпсіздік органдарының және ішкі істер органдарының басшы және қатардағы құрамының адамдарына -26 (жиырма алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ленинград қаласындағы қоршау кезеңінде қаланың кәсiпорындарында, мекемелерi мен ұйымдарында жұмыс iстеген және "Ленинградты қорғағаны үшiн" медалiмен немесе "Қоршаудағы Ленинград тұрғыны" белгiсiмен наградталған азаматтарға - 16 (он алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1944 жылғы 1 қаңтар – 1951 жылғы 31 желтоқсан аралығындағы кезеңде Украина КСР, Беларусь КСР, Литва КСР, Латвия КСР, Эстония КСР аумағында болған халықты қорғаушы жойғыш батальондардың, взводтар мен отрядтардың жауынгерлерi мен командалық құрамы қатарындағы, осы батальондарда, взводтарда, отрядтарда қызметтік мiндеттерiн атқару кезiнде жаралануы, контузия алуы немесе мертігуі салдарынан мүгедектік белгіленген адамдарға - 16 (он алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысында қаза тапқан, жергiлiктi әуе шабуылына қарсы қорғаныстың объектiлiк және авариялық командаларының өзiн-өзi қорғау топтарының жеке құрамы қатарындағы адамдардың отбасылары, Ленинград қаласының госпитальдары мен ауруханаларының қаза тапқан жұмыскерлерінiң отбасыларына - 16 (он алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z80" w:id="77"/>
-[...15 lines deleted...]
-      Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталған адамдарға - 8 (сегіз) айлық есептік көрсеткіш мөлшерінде, 2025 жылғы 9 мамырды қоспағанда. 2025 жылғы 9 мамырға 50000 (елу мың) теңге;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысының қайтыс болған мүгедегінiң немесе жеңілдіктер бойынша Ұлы Отан соғысының мүгедектігі бар адамдарына теңестiрiлген адамның екiншi рет некеге тұрмаған жұбайы (зайыбы), сондай-ақ жалпы ауруға шалдығу, жұмыста мертігу және басқа да себептер (құқыққа қайшы келетiндердi қоспағанда) салдарынан мүгедектігі бар адамдар деп танылған, Ұлы Отан соғысының қайтыс болған қатысушысының, партизанның, астыртын әрекет етушiнің, "Ленинградты қорғағаны үшiн" медалiмен немесе "Қоршаудағы Ленинград тұрғыны" белгiсiмен наградталған азаматтың екінші рет некеге тұрмаған жұбайы (зайыбы) - 8 (сегіз) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталған адамдарға - 8 (сегіз) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1941 жылғы 22 маусым – 1945 жылғы 9 мамыр аралығында кемiнде алты ай жұмыс iстеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегi мен мiнсiз әскери қызметі үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталмаған адамдар - 5 (бес) айлық есептік көрсеткіш мөлшерінде, 2025 жылғы 9 мамырды қоспағанда. 2025 жылғы 9 мамырға 50000 (елу мың) теңге; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+      1941 жылғы 22 маусым – 1945 жылғы 9 мамыр аралығында кемiнде алты ай жұмыс iстеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегi мен мiнсiз әскери қызметі үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталмаған адамдар - 5 (бес) айлық есептік көрсеткіш мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 31 мамыр - Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қазіргі уақытта Қазақстан Республикасының аумағын құрайтын аумақта оларға қуғын-сүргін қолданылғанға дейін тұрақты тұрған адамдарға-15 (он бес) айлық есептік көрсеткіш мөлшерінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бұрынғы КСР Одағынан тыс кеңестік соттар мен басқа да органдардың қуғын сүргінді қолдануы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екінші дүниежүзілік соғыс кезінде әскери трибуналдардың белсенді армияны айыптауы (бейбіт тұрғындар мен әскери қызметшілер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Қазақстан аумағынан тыс жерлерде әскери қызмет өткеру үшін әскерге шақырылғаннан кейін қуғын-сүргінді қолдану; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орталық одақтық органдардың: КСР Жоғарғы Соты мен оның сот алқаларының, КСР Одағының Біріккен Мемлекеттік саяси басқару алқасының, ішкі істер халық комиссариаты - мемлекеттік қауіпсіздік министрлігі-КСР Одағының ішкі істер Министрлігі жанындағы ерекше кеңестің, КСР Одағы прокуратурасы комиссиясының және КСР Одағының Тергеу Істері жөніндегі ішкі істер халық комиссариатының және басқа да органдардың шешімдері бойынша қуғын-сүргіндерді қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ата–аналарымен бірге немесе олардың орнындағы адамдармен бірге бас бостандығынан айыру орындарында, айдауда, жер аударуда немесе арнайы қоныс аударуда болған Саяси қуғын-сүргіндер құрбандарының балаларына, сондай-ақ қуғын-сүргін кезінде он сегіз жасқа толмаған және оны қолдану нәтижесінде ата-анасының немесе олардың біреуінің қамқорлығынсыз қалған саяси қуғын-сүргіндер құрбандарының балаларына - 10 (он) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КСР Одағы мемлекеттік үкіметтің жоғары органдарының актілері негізінде Қазақстанға және Қазақстаннан күштеу арқылы құқыққа қарсы қоныс аударуға ұшыраған адамдарға - 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағының аумағында саяси қуғын - сүргінге тікелей ұшыраған және қазіргі уақытта Қазақстан Республикасының азаматтары болып табылатын адамдарға-15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 29 тамыз - Семей ядролық сынақ полигонының жабылу күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдар және мүгедектігі ата-анасының бiрiнiң радиациялық сәуле алуымен генетикалық байланысты олардың балаларына - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың және ядролық сынақтардың салдарынан сәуле ауруына шалдығып қайтыс болғандардың немесе қайтыс болған мүгедектігі бар адамдардың, сондай-ақ қайтыс болуы белгiленген тәртiппен солардың әсеріне байланысты болған азаматтардың отбасыларына - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жою кезiнде қаза тапқан адамдардың отбасылары - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1986 – 1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқан, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарға - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға - 35 (отыз бес) айлық есептік көрсеткіштер мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 30 тамыз - Қазақстан Республикасының Конституция күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социалистік Еңбек Ерлеріне, үш дәрежелі Даңқ, үш дәрежелі Еңбек Даңқы ордендерінің иегерлеріне - 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстанның Еңбек Ері" атағына ие болған адамдарға - 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасына сіңірген ерекше еңбегі үшін зейнетақы тағайындалған адамдарға, облыстық маңызы бар дербес зейнеткер мәртебесі бар зейнеткерлерге, облыстың, қаланың құрметті азаматтарына - 10 (он) айлық есептік көрсеткіш мөлшерінде біржолғы өтемақылар төленеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 16 желтоқсан - Қазақстан Республикасының Тәуелсіздік күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін қуғын-сүргін қолданылған жағдайда, осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданылып жүрген тәртібі сақталатын адамдарды қоспағанда, Қазақстан Республикасының қазіргі аумағын құрайтын аумақта оларға қуғын-сүргін қолданылғанға дейін тұрақты тұрған адамдарға – 51 (елу бір) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Әлеуметтік көмек мұқтаж азаматтардың келесі санаттарына жан басына шаққандағы орташа табысы ескерілмей көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматқа (отбасына) дүлей зілзаланың немесе өрттің салдарынан өзіне не оның мүлкіне нұқсан келтіру себебінен, бір мезгілде тұрғын үй (тұрғын үй құрылысы) меншік иелерінің біріне 200 (екі жүз) айлық есептік көрсеткіштен аспайтын мөлшерде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік маңызы бар аурулардың салдарынан мұқтаж деп танылған адамдарға (отбасыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туберкулез ауруы бар диспансерлік есепте тұрған адамдарға ай сайын 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспансерлік есепте тұрған адамның иммун тапшылығы вирусын (АИТВ) жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне - Қазақстан Республикасының тиісті қаржы жылына арналған республикалық бюджет туралы Заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшері мөлшерінде ай сайын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z108" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       онкологиялық ауруымен диспансерлік есепте тұрған (сәуле терапиясы химиятерапия алып жүрген) адамдарға жан басына шаққандағы орташа табысы есепке алынбай, ай сайын 10 (он) айлық есептік көрсеткіштер мөлшерінде беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы азаматтарының жекелеген санаттарына белгілі бір аурулары (жағдайлары) бойынша тегін және (немесе) жеңілдікті амбулаториялық-емханалық көмек көрсетуге арналған дәрілік заттар мен медициналық мақсаттағы бұйымдар тізбесіне енгізілмеген емдеуші дәрігердің рецепті бойынша мамандандырылған емдік тамақтану тағайындалған мүгедек балаларға – ай сайын 110 (жүз он) айлық көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әлеуметтік көмек мұқтаж азаматтардың мынадай санаттарына жан басына шаққандағы орташа табысын ескермей отырып, жылына бір рет 10 (он) айлық есептік көрсеткіш мөлшерінде көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жетім балаларға, ата-анасының қамқорлығынсыз қалған балаларға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әлеуметтік маңызы бар аурумен ауыратын адамдар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жасы ұлғаюына байланысты өзіне-өзі қызмет көрсете алмайтын адамдарға; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z114" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бас бостандығынан айыру орындарынан босатылған, пробация қызметінің есебіндегі адамдарға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z116" w:id="113"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Әлеуметтік көмек мұқтаж азаматтардың келесі санаттарына табыстарын ескере отырып жылына бір рет көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жан басына шаққандағы орташа табысы ең төмен күнкөріс деңгейінен төмен жан басына шаққандағы табысы жоғары оқу орындарында күндізгі оқу нысанында оқу құнын төлеу кезінде адамның (отбасының) жан басына шаққандағы орташа табысын ескере отырып, біржолғы ең төмен күнкөріс деңгейінің шекті мәнінен аспайтын әрбір академиялық семестр үшін оқу құнының мөлшерінде бөлек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z117" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z117" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бірге тұратын төрт және одан да көп кәмелетке толмаған балалары бар көп балалы отбасылар, жеке тұлғаның (отбасының) жан басына шаққандағы орташа табысы біржолғы ең төмен күнкөріс деңгейінің шегінен аспайтын 10 (он) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z118" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z118" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Әлеуметтік көмек азаматтардың келесі санаттарына кірістері есепке алынбай көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z119" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z119" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы ардагерлеріне, басқа мемлекеттер аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысы ардагерлеріне теңестірілген ардагерлерге, Ұлы Отан соғысы жылдарында тылдағы жанқиярлық еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен марапатталған адамдарға және Заңның 8-бабы 1), 2), 3) тармақшаларында көрсетілген басқа да адамдарға тіс протездеу ақысын төлеуге шот-фактураны және орындалған жұмыс актісін ұсынумен, (бағалы металдар мен металл керамикадан, металл акрилден жасалған протездерден басқа), жылына 1(бір) рет 50 (елу) айлық есептік көрсеткіштен аспайтын мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z120" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z120" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы ардагерлеріне, басқа мемлекеттер аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысы ардагерлеріне теңестірілген ардагерлерге, Заңның 8-бабы 1), 2), 3) тармақшаларында көрсетілген басқа да адамдарға, Қазақстан Республикасының санаторийлерінде (профилакторийлерінде) санаторий-курорттық, өтініш берушінің тұрғылықты жері бойынша емдеу-алдын алу мекемесінің ұсынымдарына сәйкес, санаторий-курорттық емдеу құны мөлшерінде жылына 1(бір) рет санаторий-курорттық картадан үзінді көшірме ұсынумен, 50 (елу) айлық есептік көрсеткіштен аспайтын мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z121" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы ардагерлеріне, басқа мемлекеттер аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысы ардагерлеріне теңестірілген ардагерлерге, Заңның 8-бабы 1), 2), 3) тармақшаларында көрсетілген басқа да адамдарға коммуналдық қызметтерге ақы төлеуге және отын сатып алуға ай сайын 6 (алты) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z122" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы ардагерлеріне, басқа мемлекеттер аумағындағы ұрыс қимылдарының ардагерлеріне, жеңілдіктер бойынша Ұлы Отан соғысы ардагерлеріне теңестірілген ардагерлерге, Ұлы Отан соғысы жылдарында тылдағы жанқиярлық еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен марапатталған адамдарға және Заңның 8-бабы 1), 2), 3) тармақшаларында көрсетілген басқа да адамдарға, Семей ядролық полигоны аймағында зардап шеккендерге, жалпы аурудан бірінші, екінші, үшінші топтағы мүгедектігі бар адамдарға және жеті жасқа дейінгі мүгедектігі бар балаларға, жеті жастан он сегіз жасқа дейінгі бірінші, екінші, үшінші топтағы мүгедектігі бар балаларға сондай-ақ мүгедектігі бар балаларды алып жүретін азаматтарға жылына 1(бір) рет, Қазақстан Республикасының аумағында растайтын құжатын көрсете отыра, теміржол (плацкартты вагон), жолаушылар тасымалдайтын автомобиль көлігімен (таксиден басқа) жол жүру станциясынан ауруханаға жатқызылатын жерге дейін және кері жол жүру құны мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z123" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүгедектігі бар адамдарды абилитациялау мен оңалтудың жеке бағдарламасына сәйкес жолдама берілген бірінші топтағы мүгедек адамдарға жеке көмекшінің санаторий-курорттық емдеуге алып жүруіне жылына 1 (бір) рет 55 (елу бес )айлық есептік көрсеткіш мөлшерінде жолдама беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z124" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Адамның (отбасының) жан басына шаққандағы орташа табысы Еңбек және халықты әлеуметтік қорғау министрінің "Мемлекеттік атаулы әлеуметтік көмек алуға үміткер адамның (отбасының) жиынтық табысын есептеу қағидаларын бекіту туралы" Қазақстан Республикасының 2023 жылғы 26 мамырдағы № 181 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32609 болып тіркелген) мемлекеттік атаулы әлеуметтік көмек алуға үміткер адамның (отбасының) жиынтық табысын есептеу қағидаларына сәйкес есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z125" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z125" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әрбір жеке жағдайда көрсетілетін әлеуметтік көмектің мөлшерін арнайы комиссия айқындайды, ол оны әлеуметтік көмек көрсету қажеттілігі туралы қорытындыда көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z126" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z126" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әлеуметтік көмек көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z127" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z127" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек алушылардың өтініштері талап етілмей көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z128" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z128" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмекті алушылардың санаттарын жергілікті атқарушы орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z129" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z129" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек алушылардың тізімдері Мемлекеттік корпорацияға, жергілікті атқарушы орган және денсаулық сақтау ұйымдарына сұрау салу негізінде не уәкілетті мемлекеттік органның ақпараттық жүйелерінен электрондық түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z130" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z130" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік маңызы бар ауру болған кезде әлеуметтік көмек алушылардың тізімдерін Денсаулық сақтау ұйымдары әлеуметтік маңызы бар аурулар тізбесіне сәйкес аурулардың халықаралық сыныптамасының кодтарын көрсете отырып, электрондық түрде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мұқтаж азаматтардың жекелеген санаттарына берілетін әлеуметтік көмекті алу үшін өтініш беруші өзінің немесе отбасының атынан (немесе өкілі, Қазақстан Республикасы Азаматтық кодексінің 167-бабына сәйкес берілген сенімхат бойынша) жергілікті әлеуметтік көмек көрсету жөніндегі уәкілетті органға немесе ауылдық округ әкіміне немесе Мемлекеттік корпорацияға Үлгілік қағидалардың 1-қосымшасына сәйкес нысан бойынша жазбаша өтінішпен немесе Үлгілік қағидалардың 1-1-қосымшасына сәйкес нысан бойынша порталға электрондық түрдегі өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z132" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жазбаша өтініш берген кезде құжаттарды қабылдайтын маман "электрондық үкімет" шлюзі арқылы мемлекеттік органдардың және (немесе) ұйымдардың тиісті ақпараттық жүйелеріне (бұдан әрі – АЖ) Үлгілік қағидалардың 1-2-қосымшасына сәйкес нысанда сұрау салу қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z133" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЖ-да мәліметтер сәйкес келмеген (болмаған) кезде өтініш беруші өтінішке мынадай құжаттарды қоса береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z134" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электрондық құжат (жеке басты сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z135" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z135" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) адамның (отбасы мүшелерінің) табысы туралы мәліметтер (адамның (отбасы мүшелерінің) табысына қарамай тағайындалатын әлеуметтік көмекті алу үшін адамның (отбасы мүшелерінің) табысы туралы мәліметтер ұсынылмайды);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мұқтаждар санатына жатқызу негіздерінің болу фактісін растайтын төменде көрсетілген құжаттардың бірі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z137" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келу фактісін растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z138" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келу фактісін растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z139" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z139" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік маңызы бар аурудың болу фактісін растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z140" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z140" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жетімдік, ата-ана қамқорлығының болмау фактісін растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z141" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жасының егде тартуына байланысты өзіне-өзі күтім жасай алмау фактісін растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z142" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z142" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бас бостандығынан айыру орындарынан босатылу, пробация қызметінің есебінде болу фактісін растайтын құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z143" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салыстырып тексеру үшін құжаттардың төлнұсқалары және көшірмелері ұсынылады. Салыстырып тексерілгеннен кейін құжаттардың төлнұсқасы өтініш берушіге қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z144" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z144" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші толық емес құжаттар топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған кезде Үлгілік қағидалардың 1-3-қосымшасына сәйкес нысан бойынша әлеуметтік көмек көрсетуге өтініш қабылдаудан бас тарту туралы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z145" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z145" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші әлеуметтік көмекке портал арқылы электронды түрде жүгінген кезде мемлекеттік органдардың және (немесе) ұйымдардың АЖ-на қажетті мәліметтерді алу үшін өтініш берушінің өзі сұрау салады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z146" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z146" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте мемлекеттік органдардың және (немесе) ұйымдардың АЖ-нан келіп түскен электрондық өтініш пен мәліметтерді өтініш беруші өзінің ЭЦҚ-мен куәландырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z147" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z147" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Келіп түскен өтініштерді, оның ішінде электрондық өтініштерді әлеуметтік көмек көрсету жөніндегі уәкілетті орган келіп түскен күні жұмыс күні ішінде, ал келіп түскен жағдайда жұмыс күнінен тыс уақытта – өтініш келіп түскен күннен кейінгі бірінші жұмыс күні тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z148" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z148" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 6-тармағының 1), 2) және 4) тармақшаларында көрсетілген негіздер бойынша мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетуге өтініш келіп түскен кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган немесе ауылдық округ әкімі 1 (бір) жұмыс күні ішінде өтініш берушінің құжаттарын адамның материалдық жағдайына тексеру жүргізу үшін учаскелік комиссияға жібереді (отбасылар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z149" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z149" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Учаскелік комиссия құжаттарды алған күннен бастап 2 (екі) жұмыс күні ішінде өтініш берушіге тексеру жүргізеді, оның нәтижелері бойынша Үлгілік қағидалардың 2, 3-қосымшаларына сәйкес нысандар бойынша тұлғаның (отбасының) материалдық жағдайы туралы акт жасайды, тұлғаның (отбасының) әлеуметтік көмекке мұқтаждығы туралы қорытынды дайындайды және оларды әлеуметтік көмек көрсету жөніндегі уәкілетті органға немесе ауылдық округ әкіміне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z150" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z150" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауылдық округ әкімі учаскелік комиссияның актісі мен қорытындысын алған күннен бастап 2 (екі) жұмыс күні ішінде оларды қоса берілген құжаттарымен бірге әлеуметтік көмек көрсету жөніндегі уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z151" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z151" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әлеуметтік көмек көрсету үшін құжаттар жетіспеген жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек көрсетуге ұсынылған құжаттарды қарау үшін қажетті мәліметтерді тиісті органдардан сұратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z152" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z152" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қажетті құжаттардың бүлінуіне, жоғалуына байланысты өтініш берушінің оларды ұсынуға мүмкіндігі болмаған жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек тағайындау туралы шешімді өзге уәкілетті органдар мен ұйымдардың тиісті мәліметтерді қамтитын деректері негізінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z153" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z153" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган учаскелік комиссиядан немесе ауылдық округ әкімінен құжаттар түскен күннен бастап 1 (бір) жұмыс күні ішінде Қазақстан Республикасының заңнамасына сәйкес тұлғаның (отбасының) жан басына шаққандағы орташа табысын есептеуді жүргізеді және құжаттардың толық пакетін арнайы комиссияның қарауына ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z154" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z154" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Арнайы комиссия құжаттар түскен күннен бастап 2 (екі) жұмыс күні ішінде әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарады, қорытынды оң болған кезде әлеуметтік көмектің мөлшерін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z155" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z155" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Өтініш берушінің әлеуметтік көмек алуға қажетті құжаттары тіркелген күннен бастап 8 (сегіз) жұмыс күні ішінде әлеуметтік көмек көрсету жөніндегі уәкілетті орган қабылданған құжаттар мен арнайы комиссияның әлеуметтік көмек көрсету қажеттігі туралы қорытындысының негізінде әлеуметтік көмек көрсету не көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z156" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z156" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы қағидалардың 19 және 20-тармақтарында көрсетілген жағдайларда әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіден немесе ауылдық округ әкімінен құжаттарды қабылдаған күннен бастап 20 (жиырма) жұмыс күні ішінде әлеуметтік көмек көрсету не көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z157" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z157" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік көмек көрсетуден бас тарту негіздері анықталған кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган шешім қабылдағанға дейін кемінде үш жұмыс күні бұрын өтініш берушіні бас тарту туралы алдын ала шешім туралы, сондай-ақ алдын ала шешім бойынша ұстанымды білдіруге мүмкіндік беру үшін тыңдау өткізілетіні туралы хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z158" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z158" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган тыңдаудың уақыты мен күнін белгілейді, ол:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z159" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z159" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш берушіні бейнеконференц-байланыс немесе өзге де коммуникация құралдары арқылы тыңдауға шақыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z160" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z160" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақпараттық жүйелерді пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z161" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z161" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш берушіге өзінің ұстанымын баяндауға мүмкіндік беретін өзге де байланыс тәсілдері арқылы жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z162" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z162" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші әкімшілік істі алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде алдын ала шешімге қарсылығын білдіруге немесе айтуға құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z163" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z163" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші өз қарсылығын ауызша білдірген жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган, лауазымды тұлға тыңдау хаттамасын жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z164" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z164" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган, лауазымды тұлға өтініш берушіні тыңдау хаттамасымен танысуға мүмкіндігімен қамтамасыз етуге міндетті. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z165" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z165" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші танысқаннан кейін үш жұмыс күні ішінде тыңдау хаттамасына өз ескертулерін беруге құқылы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z166" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z166" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертулерді қарау нәтижелері бойынша әлеуметтік көмек көрсету жөніндегі уәкілетті орган Үлгілік қағидалардың 4-қосымшасына сәйкес нысан бойынша әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z167" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z167" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіге Үлгілік қағидалардың 5-қосымшасына (бас тартқан жағдайда – Үлгілік қағидалардың 6-қосымшасына) сәйкес әлеуметтік көмек көрсету туралы қабылданған шешім туралы хабарлама жолдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z168" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z168" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер әлеуметтік көмек көрсетуге өтініште мобильді азаматтар базасында тіркелген ұялы телефон нөмірі көрсетілсе, әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарлама өтініш берушінің ұялы телефонына sms-хабарлама жіберу арқылы автоматты режимде жолданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z169" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z169" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің ұялы телефонына sms-хабарлама жіберу мүмкіндігі болмаса, әлеуметтік көмек көрсету жөніндегі уәкілетті орган немесе мемлекеттік корпорация әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарламаны басып шығарады және оны өтініш беруші өзі келген кезде береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z170" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z170" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш портал арқылы берілген болса, әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарлама шешім қабылданған күннен бастап бір жұмыс күні ішінде өтініш берушінің жеке кабинетіне портал арқылы автоматты режимде жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z171" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z171" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Әлеуметтік көмек көрсетуден бас тарту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z172" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z172" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z173" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z173" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) адамның (отбасының) материалдық жағдайына тексеру жүргізуден өтініш беруші бас тартқан, жалтарған; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z174" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z174" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) адамның (отбасының) жан басына шаққандағы орташа табысы әлеуметтік көмек көрсету үшін жергілікті өкілді орган белгілеген шектен артық болған; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z175" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z175" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті мемлекеттік органның ақпараттық жүйесінен әлеуметтік көмек тағайындау, осы негіз бойынша төлемді жүзеге асыруға өтініш беру фактісін растайтын мәліметтер алынған жағдайларда әлеуметтік көмек көрсетуден бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z176" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z176" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Әлеуметтік көмек ұсынуға шығыстарды қаржыландыру Уәлиханов ауданының бюджетінде көзделген ағымдағы қаржы жылына арналған қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z177" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z177" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z178" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z178" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация әлеуметтік көмек көрсету жөніндегі уәкілетті органнан алынған әлеуметтік көмек сомаларын төлем кестесіне сәйкес ағымдағы айдың 25-күнінен кешіктірмей әлеуметтік көмек алушылардың банктік шоттарына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z179" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z179" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Әлеуметтік көмек мына жағдайларда тоқтатылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z180" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z180" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушы қайтыс болғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z181" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z181" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушы Уәлиханов ауданының шегінен тыс жерге тұрақты тұруға кеткенде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z182" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z182" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алушыны мемлекеттік медициналық-әлеуметтік мекемелерге тұруға жіберген кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z183" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z183" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтініш беруші жалған мәліметтерді ұсынғаны анықталғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z184" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z184" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік көмек көрсетуге негіз болмай қалғаны туралы мәліметтер анықталған жағдайларда әлеуметтік көмек көрсету тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z185" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z185" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 3) тармақшасы осы қағидалардың 6-тармағының 1) және 2) тармақшаларында көрсетілген негіздер бойынша тағайындалған әлеуметтік көмекті төлеуге қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z186" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z186" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың 1) - 3) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмек төлеу көрсетілген мән-жайлар басталғаннан кейінгі айдан бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z187" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z187" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Осы тармақтың 4) және 5) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмекті төлеу көрсетілген мән-жайлар басталған күннен бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z188" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z188" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Әлеуметтік көмектің артық төленген сомалары ерікті тәртіппен қайтарылуға жатады, заңсыз алынған сомалар ерікті түрде немесе сот тәртібімен қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z189" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z189" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Әлеуметтік көмек көрсетудің мониторингі мен есебін "Е-Собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып, әлеуметтік көмек көрсету жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z190" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z190" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Атаулы күндер мен мереке күндеріне әлеуметтік көмек төлеуге алушылар санаттарын қалыптастыру тәртібі және Мемлекеттік корпорация арқылы әлеуметтік көмек төлеуді жүзеге асыру процесі Үлгілік қағидалардың 26-32 тармақтарында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z126" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәлиханов аудандық мәслихатының</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z127" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 15 қарашадағы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z128" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4599,55 +4612,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>