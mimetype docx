--- v0 (2025-10-03)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63d3d0c" w14:textId="63d3d0c">
+    <w:p w14:paraId="530cace" w14:textId="530cace">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы қаласы әкімдігінің "Алматы қаласында туристерді тасымалдау жөніндегі көлік қызметтерін ұсыну қағидаларын бекіту туралы" қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы қаласы әкімдігінің 2023 жылғы 26 қаңтардағы № 1/36 қаулысы. Алматы қаласы Әділет департаментінде 2023 жылғы 26 қаңтарда № 1712 болып тіркелді</w:t>
+        <w:t>Алматы қаласы әкімдігінің 2023 жылғы 26 қаңтардағы № 1/36 қаулысы. Алматы қаласы Әділет департаментінде 2023 жылғы 26 қаңтарда № 1712 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Алматы қаласының ерекше мәртебесі туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -667,267 +667,315 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда келесі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) автомобиль тасымалдаушысы (бұдан әрі – тасымалдаушы) – жолаушыларды, багажды, жүктерді және пошта жөнелтілімдерін тасымалдау бойынша кәсіпкерлік қызметті жүзеге асыратын, меншік құқығында немесе өзге де заңды негіздерде жеңіл көліктерді қоспағанда, автокөлік құралдарын иеленуші жеке немесе заңды тұлға.</w:t>
-[...53 lines deleted...]
-      4) шағын автобус – дайындаушы зауыт көздеген жүргізушінің орнын қоспағанда, отыратын орны он алтыдан аспайтын, ерекше шағын кластағы автобус;</w:t>
+      1) автобус – жүргізушінің орнын қоспағанда, сегізден астам отыратын орны бар, жолаушылар мен багажды тасымалдауға арналған автомобиль көлік құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автомобиль тасымалдаушысы (бұдан әрі – тасымалдаушы) – жолаушыларды, багажды, жүктерді және пошта жөнелтілімдерін тасымалдау бойынша кәсіпкерлік қызметті жүзеге асыратын, меншік құқығында немесе өзге де заңды негіздерде жеңіл көліктерді қоспағанда, автокөлік құралдарын иеленуші жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) туристік агент – турагенттік қызметті жүзеге асыратын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) туристік көрсетілетін қызметтер – туристің саяхаты кезеңінде және осы саяхатқа байланысты ұсынылатын, оның қажеттіліктерін қанағаттандыру үшін қажетті көрсетілетін қызметтер (орналастыру, тасымалдау, тамақтандыру, экскурсиялар, туризм нұсқаушыларының, гидтердің көрсететін қызметтері) және туристік қызмет көрсету шартында көзделген, сапар мақсатына қарай көрсетілетін басқа да қызметтер, сондай-ақ мүгедектігі бар адамдар мен халықтың жүріп-тұруы шектеулі топтарын (инклюзивті туризмді) қоса алғанда, барлық туристер үшін туризм инфрақұрылымына тең (кедергісіз) қолжетімділікті қамтамасыз етуге бағытталған көрсетілетін қызметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) туристік көлік – адамдарды, жүктерді немесе оған орнатылған жабдықтарды жолдармен туристік-экскурсиялық тасымалдауға арналған автобус және шағын автобус;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) туристік қызмет субъектілері – Қазақстан Республикасында жеке кәсіпкерлер немесе заңды тұлғалар ретінде қызметін жүзеге асыратын туроператорлар мен турагенттер, сондай-ақ туристік қызмет саласындағы қоғамдық бірлестіктер, ішкі және келу туризмін дамыту мақсатында Қазақстан Республикасының Үкіметі құрған ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) туристік қызмет көрсетуге арналған шарт - өтемді туристік қызмет көрсету бойынша туристік қызметті жүзеге асыратын тұлға мен туристің арасындағы келісім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) туристік қызмет – туристік қызметтер көрсету бойынша жеке немесе заңды тұлғалардың кәсіпкерлік қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) туристік маршрут – туристің қажеттіліктерін қанағаттандыруы үшін жүру жолы, оны туристік оператор әзірлейді және ол туристік қызмет объектілеріне баруы егжей-тегжейлі регламенттелген (пайдаланылатын көлік, тоқтайтын орындар, бару объектілері, түнейтін жерлер, шұғыл жағдайлардағы медициналық көмек және басқа да жағдайлар) осындай баруды қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) туристік оператор (бұдан әрі – туроператор) – туристік операторлық қызметті, ішкі туризм, келу немесе шығу туризмі саласындағы туристік операторлық қызметті жүзеге асыратын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) туристік өнім – саяхат кезінде туристің қажеттіліктерін қанағаттандыру үшін жеткілікті барлық қажетті туристік қызметтер көрсету кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) шағын автобус – дайындаушы зауыт көздеген жүргізушінің орнын қоспағанда, отыратын орны он алтыдан аспайтын, ерекше шағын кластағы автобус;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) шұғыл жедел қызметтерді шақыру құрылғысы (бұдан әрі – шақыру құрылғысы) – жұмыс істеп тұрған кемінде екі жаһандық навигациялық спутниктік жүйе сигналдарының көмегімен көлік құралының координаттарын, жылдамдығын және қозғалыс бағытын айқындауды, жол-көлік оқиғасы және өзге де төтенше жағдай кезінде көлік құралы туралы хабарлама беруді, сондай-ақ жылжымалы радиотелефон байланысы желілері арқылы жедел қызметтер екіжақты дауыс байланысын жүзеге асыратын және қамтамасыз ететін құрылғы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) туристік маршрут – туристің қажеттіліктерін қанағаттандыруы үшін жүру жолы, оны туристік оператор әзірлейді және ол туристік қызмет объектілеріне баруы егжей-тегжейлі регламенттелген (пайдаланылатын көлік, тоқтайтын орындар, бару объектілері, түнейтін жерлер, шұғыл жағдайлардағы медициналық көмек және басқа да жағдайлар) осындай баруды қамтиды; </w:t>
-[...143 lines deleted...]
-      13) шұғыл жедел қызметтерді шақыру құрылғысы (бұдан әрі – шақыру құрылғысы) – жұмыс істеп тұрған кемінде екі жаһандық навигациялық спутниктік жүйе сигналдарының көмегімен көлік құралының координаттарын, жылдамдығын және қозғалыс бағытын айқындауды, жол-көлік оқиғасы және өзге де төтенше жағдай кезінде көлік құралы туралы хабарлама беруді, сондай-ақ жылжымалы радиотелефон байланысы желілері арқылы жедел қызметтер екіжақты дауыс байланысын жүзеге асыратын және қамтамасыз ететін құрылғы.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 2-тармақ жаңа редакцияда – Алматы қаласы әкімдігінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/811</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әкімшілік-аумақтық белгілері бойынша туристерді республикаішілік тасымалдау:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1961,55 +2009,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2335,31 +2383,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>