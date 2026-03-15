--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1365c75" w14:textId="1365c75">
+    <w:p w14:paraId="e45403d" w14:textId="e45403d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы қаласының жасыл желектерін күтіп-ұстау және қорғау Қағидасын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>VII сайланған Алматы қаласы мәслихатының XXXII сессиясының 2023 жылғы 17 қаңтардағы № 211 шешiмi. Алматы қаласы Әділет департаментінде 2023 жылғы 20 қаңтарда № 1710 болып тіркелді</w:t>
+        <w:t>VII сайланған Алматы қаласы мәслихатының XXXII сессиясының 2023 жылғы 17 қаңтардағы № 211 шешiмi. Алматы қаласы Әділет департаментінде 2023 жылғы 20 қаңтарда № 1710 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Алматы қаласының ерекше мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3898,54 +3898,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жаяу жүргіншілер мен автокөліктердің қауіпсіз жүру жағдайларын қамтамасыз ету қажеттілігі (егер ағаштар мен бұталар көзбен шолуды жауып, қозғалысқа кедергі келтірсе және жол-көлік оқиғаларына қауіп төндірсе).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z72" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Ағаштарды кесу рұқсат беру рәсімдеріне сәйкес уәкілетті органның рұқсаты бойынша жүргізіледі.</w:t>
+      50. Ағаштарды кесуді рұқсат беру рәсімдеріне сәйкес уәкілетті органның рұқсаты бойынша осы жер учаскесіне қызмет көрсететін ұйымдар жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда – VIII сайланған Алматы қаласы мәслихатының кезектен тыс XL сессиясының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті орган Қазақстан Республикасы Үкіметінің 2006 жылғы 31 қазандағы № 1034 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4468,291 +4530,381 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жауапты болады және ағаштарды елу есе мөлшерде өтемдік отырғызуды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z92" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      69. Тізбеге енгізілген көпжылдық екпелерді және (немесе) жасыл екпелерді заңсыз кесу (кесу), жою, бүлдіру жағдайында сол түрдегі (кіші түрдегі) жасыл екпелерді жүз есе мөлшерде өтемдік отырғызу жүргізіледі және Қазақстан Республикасы Қылмыстық кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қылмыстық жауаптылық көзделген.</w:t>
+      69. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Үкіметінің 2006 жылғы 31 қазандағы № 1034 қаулысымен бекітілген Өсімдіктер мен жануарлардың сирек кездесетiн және құрып кету қаупi төнген түрлерiнiң тiзбесiне енгізілген жасыл екпелер заңсыз кесілген не олардың құрып кетуіне алып келген бүлінген жағдайда өтемдік отырғызу жүз есе мөлшерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда – VIII сайланған Алматы қаласы мәслихатының кезектен тыс XL сессиясының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Қазақстан Республикасының өсімдіктер дүниесіне келтірілген залалдың мөлшерін Қазақстан Республикасы Экология және табиғи ресурстар министрінің міндетін атқарушының 2023 жылғы 23 ақпандағы № 61 бұйрығымен бекітілген Қазақстан Республикасының өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның мөлшерлерін есептеуге арналған базалық ставкаларға (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31997 болып тіркелген) сәйкес уәкілетті орган есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 70-тармақ жаңа редакцияда – VIII сайланған Алматы қаласы мәслихатының кезектен тыс XL сессиясының 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Ағаштарды өтемдік отырғызу материалының сапасы бойынша ең төменгі талаптарға сәйкес келетін отырғызу материалынан және суару жүйесін ұйымдастыра отырып, биіктігі кемінде 2,5 метр кесекпен немесе биіктігі кемінде 2 метр кесекпен қылқан жапырақты ағаштардың көшеттерін отырғызу жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көшеттердің жоғарғы тамыр жүйесінен магистральдың диаметрі кемінде 3 сантиметр, дің бөлігінің 1,3 метр биіктігінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:bookmarkStart w:name="z95" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Ағаштарды кесу кезінде уәкілетті органның рұқсаты бойынша және (немесе) ағаштарды заңсыз кесу (кесу), жою немесе бүлдіру кезінде өтемдік отырғызу кесу орнынан 1 километр радиуста аумақта, уәкілетті орган көрсеткен учаскедегі ағаштарды жою немесе бүлдіру кезінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кесу орнынан 1 километр радиуста өтемдік отырғызу үшін бос орын болмаған кезде өтемдік отырғызу аумағын уәкілетті орган жазбаша түрде көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:bookmarkStart w:name="z96" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Ағаштарды мәжбүрлеп кесу кезінде көгалдандыру жөніндегі ұйымды тарта отырып, өтемдік отырғызу жалпы пайдаланымдағы жерлерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z97" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Ағаштарды өтемдік отырғызу дендрологиялық жоспарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z98" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. Жол-көлік оқиғасы нәтижесінде және құрылыс жұмыстарын жүргізу, оның ішінде инженерлік желілерді төсеу кезінде жалпы пайдаланымдағы жерлерде және жеке аумақтарда өсетін жасыл желектер механикалық зақымданған немесе жойылған жағдайда кінәлі Тарап осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>71-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көшеттер отырғызу жолымен бүлінген немесе жойылған жасыл желектердің орнына бес есе мөлшерде өтемдік отырғызу жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z99" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Ағаштарды өтемдік отырғызу жөніндегі жұмыстар аяқталғаннан кейін жеке және заңды тұлғалар бір ай ішінде уәкілетті органды өтемдік отырғызу жоспарына сәйкес жұмыстардың орындалуы туралы жазбаша түрде хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z100" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. Кепілдік хатқа сәйкес жеке және заңды тұлғалар өтемдік отырғызу сәтінен бастап үш жыл ішінде (ағаш көшетінің өмір сүру кезеңі) тармақшаларға сәйкес көшеттерді күтіп-ұстау және қорғау жөніндегі іс-шараларды жүргізеді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4847,171 +4999,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z101" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Үш жыл өткеннен кейін өтемақы отырғызуды жүзеге асырған жеке және заңды тұлғалар уәкілетті органмен бірлесіп осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жасыл желектердің тіршілік ету актісін жасайды және одан әрі күтіп-ұстау үшін Алматы қаласы аудандары әкімдері аппараттарының теңгеріміне береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z102" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Уәкілетті орган тамыр жайған ағаштарды жасыл желектер тізіліміне енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z103" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Өтемдік отырғызу кезінде отырғызылған көшеттер қайтыс болған жағдайда, олардың мүддесі үшін кесу жүргізілген адамдар жасыл желектерді қайта отырғызады және қайта отырғызу жүргізілген сәттен бастап үш жыл ішінде (ағаш көшетінің өмір сүру кезеңі) оларды күтіп-ұстау және қорғау жөніндегі одан әрі іс-шараларды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z104" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Ережені бұзған жеке немесе заңды тұлға Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>386-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5090,86 +5242,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қорғаудың қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жасыл желектерді суару нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ағаштарды кесекпен күту кезінде суару нормасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6620,68 +6772,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қорғаудың қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылыс объектілерінен ең аз арақашықтық жасыл кеңістікке дейін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8051,68 +8203,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____ жылғы 1 қаңтардағы Жасыл екпелер тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жасыл екпелер объектілерінің (учаскелерінің) алаңын жердің санатына, өсімдіктің типтеріне, функционалдық мақсатына қарай бөлу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10366,68 +10518,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жасыл екпелердің жерсіну актісі 20___ ж. "___" _________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жасыл екпелердің отырғызған мекенжайы:______________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12103,68 +12255,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қорғаудың қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Санитарлық жағдайдың сапалық сипаттамасының өлшемдері ағаштар мен бұталар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13043,68 +13195,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жасыл екпелерді зерттеп-қарау актісі 20__ж. "___"___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -18868,80 +19020,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(электрондық мекенжайы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кепілдік хат __________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(жеке немесе заңды тұлғаның атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағаштарды кесуге рұқсат алған сәттен бастап алты ай ішінде ____________ дана көлемінде өтемдік ағаш отырғызуды жүргізуге кепілдік береді, ___________ тұқымдылар, ағаштардың орнына _________ дана, _________________ үшін кесілетін тұқымдар _______________________ мекенжайы бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19218,86 +19370,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қорғаудың қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отырғызу материалының сапасына қойылатын минималды талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z121" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жапырақты көшеттердің мөлшері мен параметрлерінің кесекпен қатынасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22871,55 +23023,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -23245,31 +23397,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>