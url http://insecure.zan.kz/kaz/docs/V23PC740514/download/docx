--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73bdf0e" w14:textId="73bdf0e">
+    <w:p w14:paraId="4575c6c" w14:textId="4575c6c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және Екібастұз қаласы мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар облысы Екібастұз қалалық мәслихатының 2023 жылғы 13 қазандағы № 80/8 шешімі. Павлодар облысының Әділет департаментінде 2023 жылғы 16 қазанда № 7405-14 болып тіркелді.</w:t>
+        <w:t>Павлодар облысы Екібастұз қалалық мәслихатының 2023 жылғы 13 қазандағы № 80/8 шешімі. Павлодар облысының Әділет департаментінде 2023 жылғы 16 қазанда № 7405-14 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1533,267 +1533,285 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнайы комиссиялар әлеуметтік көмек көрсету қажеттігі туралы қорытынды шығарған кезде жергілікті өкілді органдар бекіткен азаматтарды мұқтаждар санатына жатқызу негіздерінің тізбесін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Атаулы күндер мен мереке күндеріне келесі санаттағы азаматтарға табыс есебінсіз біржолғы көрсетіледі:</w:t>
-[...215 lines deleted...]
-      1986 – 1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқандарына, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарына 50 (елу)АЕК мөлшерінде;</w:t>
+      8. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мереке күндері мен атаулы күндерге орай алушылардан өтініштерді талап етпей табысын ескермей біржолғы әлеуметтік көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 15 ақпан - Ауғанстан Демократиялық Республикасынан Кеңес әскерлерінің шектеулі контингентінің шығарылған күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы Кеңестік Социалистік Республикалар Одағын ( бұдан әрі – КСР Одағы) қорғау, әскери қызметтің өзге де міндеттерін басқа кезеңдерде атқару кезінде жаралануы, контузия алуы, мертігуі салдарынан немесе майданда болуына байланысты, сондай-ақ Ауғанстанда немесе ұрыс қимылдары жүргізілген басқа да мемлекеттерде әскери қызметін өткеру кезінде ауруға шалдығуы салдарынан мүгедектік белгіленген әскери қызметшілерге 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу жиындарына шақырылған және Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде жiберiлген әскери мiндеттiлерге 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде осы елге жүк жеткiзу үшiн жiберiлген автомобиль батальондарының әскери қызметшiлерiне 50 (елу) АЕК мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бұрынғы КСР Одағының аумағынан Ауғанстанға жауынгерлiк тапсырмалармен ұшқан ұшу құрамының әскери қызметшiлерiне 50 (елу) АЕК мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ауғанстандағы кеңестік әскери контингентке қызмет көрсеткен, жарақат, контузия алған немесе мертіккен не ұрыс қимылдарын қамтамасыз етуге қатысқаны үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталған жұмысшылар мен қызметшiлерге 50 (елу) АЕК мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 8 наурыз – Халықаралық әйелдер күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік атаулы әлеуметтік көмек алушылар қатарындағы көпбалалы аналарға (отбасыларға) 5 (бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 26 сәуір – Радиациялық апаттар мен апаттардың салдарын жоюға және осы апаттар мен апаттардың құрбандарын еске алуға қатысушылар күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдарға және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986 – 1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқандарға, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарға 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жою кезiнде қаза тапқан адамдардың отбасыларына 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1803,827 +1821,1295 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәуле ауруының салдарынан қайтыс болғандардың немесе қайтыс болған мүгедектігі бар адамдардың, сондай-ақ қайтыс болуы белгіленген тәртіппен Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың және ядролық сынақтардың әсеріне байланысты болған азаматтардың отбасыларына 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарына 50 (елу) АЕК мөлшерінде;</w:t>
-[...35 lines deleted...]
-      2003 жылғы тамыз – 2008 жылғы қазан аралығындағы кезеңде Ирактағы халықаралық бітімгершілік операцияға бітімгерлер ретінде қатысқан Қазақстан Республикасының әскери қызметшілеріне 50 (елу)АЕК мөлшерінде;</w:t>
+      1988 – 1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 7 мамыр – Отан қорғаушы күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2003 жылғы тамыз – 2008 жылғы қазан аралығындағы кезеңде Ирактағы халықаралық бітімгершілік операцияға бітімгерлер ретінде қатысқан Қазақстан Республикасының әскери қызметшілеріне 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1992 жылғы қыркүйек – 2001 жылғы ақпан аралығындағы кезеңде Тәжікстан-Ауғанстан учаскесінде Тәуелсіз Мемлекеттер Достастығының шекарасын қорғауды күшейту жөніндегі мемлекетаралық шарттар мен келісімдерге сәйкес міндеттерін орындаған Қазақстан Республикасының әскери қызметшілеріне 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бейбiт уақытта әскери қызметiн өткеру кезiнде қаза тапқан (қайтыс болған) әскери қызметшiлердiң отбасыларына 50 (елу)АЕК мөлшерінде;</w:t>
-[...143 lines deleted...]
-      Екiншi дүниежүзiлiк соғыс жылдарында шет елдердiң аумағында партизан отрядтары, астыртын топтар және басқа да фашизмге қарсы құралымдар құрамында фашистiк Германия мен оның одақтастарына қарсы ұрыс қимылдарына қатысқан адамдарына 10 (он) АЕК мөлшерінде;</w:t>
+      бейбiт уақытта әскери қызметiн өткеру кезiнде қаза тапқан (қайтыс болған) әскери қызметшiлердiң отбасыларына 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9 мамыр – Жеңіс күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысына қатысушыларға, атап айтқанда, Ұлы Отан соғысы кезеңінде, сондай-ақ бұрынғы КСР Одағын қорғау бойынша басқа да ұрыс операциялары кезiнде майдандағы армия мен флоттың құрамына кiрген әскери бөлiмдерде, штабтар мен мекемелерде қызмет өткерген әскери қызметшiлерге, Ұлы Отан соғысының партизандары мен астыртын әрекет етушiлерiне 5 000 000 (бес миллион) теңге мөлшерінде, сондай-ақ азық-түлік жиынтығы 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға, атап айтқанда, Ұлы Отан соғысы кезеңінде майданда, ұрыс қимылдары ауданында, майдан маңындағы теміржол учаскелерінде, қорғаныс шептерінің, әскери-теңіз базалары мен әуеайлақтардың құрылысжайларында жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан мүгедектік белгіленген майдандағы армия мен флоттың әскери қызметшілеріне, Ұлы Отан соғысының партизандары мен астыртын әрекет етушілеріне, жұмысшылар мен қызметшілерге 5 000 000 (бес миллион) теңге мөлшерінде, сондай-ақ азық-түлік жиынтығы 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде майдандағы армия құрамына кiрген әскери бөлiмдерде, штабтарда, мекемелерде штаттық лауазымдар атқарған не сол кезеңдерде майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда болған Кеңес Армиясының, Әскери-Теңiз Флотының, бұрынғы КСР Одағының iшкi iстер және мемлекеттiк қауiпсiздiк әскерлерi мен органдарының еріктi жалдамалы құрамының адамдарына 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда Ұлы Отан соғысы кезеңінде қызмет өткерген әскери қызметшiлерге, сондай-ақ бұрынғы КСР Одағы iшкi iстер және мемлекеттiк қауiпсiздiк органдарының басшы және қатардағы құрамының адамдарына 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағы Қатынас жолдары халық комиссариатының, Байланыс халық комиссариатының, кәсiпшiлiк және көлiк кемелерiнiң жүзу құрамы мен авиацияның ұшу-көтерілу құрамының, Балық өнеркәсiбi халық комиссариатының, теңiз және өзен флотының, Солтүстiк теңiз жолы бас басқармасының ұшу-көтерілу құрамының арнаулы құралымдарының Ұлы Отан соғысы кезеңінде әскери қызметшiлер жағдайына көшiрiлген және ұрыс майдандарының тылдағы шекаралары, флоттардың жедел аймақтары шегiнде майдандағы армия мен флот мүдделерi үшін мiндеттер атқарған қызметкерлерiне, сондай-ақ Ұлы Отан соғысының бас кезiнде басқа мемлекеттердiң порттарында еріксіз ұсталған көлiк флоты кемелерi экипаждарының мүшелерiне 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде майдандағы армия мен флоттың құрамына кiрген бөлiмдердiң, штабтар мен мекемелердiң құрамында полк балалары (тәрбиеленушiлерi) және юнгалар ретiнде болған адамдарға 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екiншi дүниежүзiлiк соғыс жылдарында шет елдердiң аумағында партизан отрядтары, астыртын топтар және басқа да фашизмге қарсы құралымдар құрамында фашистiк Германия мен оның одақтастарына қарсы ұрыс қимылдарына қатысқан адамдарға 10 (он) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметтік міндеттерін атқару кезінде жаралануы, контузия алуы, мертігуі салдарынан не майданда болуына немесе ұрыс қимылдары жүргізілген мемлекеттерде қызметтік міндеттерін орындауына байланысты ауруға шалдығуы салдарынан мүгедектік белгіленген, бұрынғы КСР Одағының мемлекеттік қауіпсіздік органдарының және ішкі істер органдарының басшы және қатардағы құрамының адамдарына 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      басқа елдердегі майдандағы әскери контингенттерге қызмет көрсеткен және ұрыс қимылдары жүргізілген кезеңде жаралануы, контузия алуы, мертігуі не ауруға шалдығуы салдарынан мүгедектік белгіленген тиісті санаттардағы жұмысшылар мен қызметшілер10 (он) АЕК мөлшерінде;</w:t>
-[...125 lines deleted...]
-      бұрынғы КСР Одағын қорғау, әскери қызметтiң өзге де мiндеттерiн (қызметтік мiндеттерді) атқару кезiнде жаралануы, контузия алуы немесе мертігуі салдарынан немесе майданда болуына байланысты ауруға шалдығуы салдарынан қаза болған (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердің, партизандардың, астыртын әрекет етушiлердің, "Ардагерлер туралы" Заңның 4 – 6 - баптарында аталған адамдардың отбасыларына 10 (он) АЕК мөлшерінде;</w:t>
+      басқа елдердегі майдандағы әскери контингенттерге қызмет көрсеткен және ұрыс қимылдары жүргізілген кезеңде жаралануы, контузия алуы, мертігуі не ауруға шалдығуы салдарынан мүгедектік белгіленген тиісті санаттардағы жұмысшылар мен қызметшілерге 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екiншi дүниежүзiлiк соғыс кезеңiнде фашистер мен олардың одақтастары құрған концлагерьлердегі, геттолардағы және басқа да мәжбүрлеп ұстау орындарындағы кәмелетке толмаған тұтқындарға 200 000 (екі жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1944 жылғы 1 қаңтар – 1951 жылғы 31 желтоқсан аралығындағы кезеңде Украина КСР, Беларусь КСР, Литва КСР, Латвия КСР, Эстония КСР аумағында болған халықты қорғаушы жойғыш батальондардың, взводтар мен отрядтардың жауынгерлері мен командалық құрамы қатарындағы, осы батальондарда, взводтарда, отрядтарда қызметтік міндеттерін атқару кезінде жаралануы, контузия алуы немесе мертігуі салдарынан мүгедектік белгіленген адамдарға 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ленинград қаласындағы қоршау кезеңінде қаланың кәсiпорындарында, мекемелерi мен ұйымдарында жұмыс iстеген және "Ленинградты қорғағаны үшiн" медалiмен немесе "Қоршаудағы Ленинград тұрғыны" белгiсiмен наградталған азаматтарға 150 000 (жүз елу мың) теңге мөлшерінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986 – 1991 жылдар аралығындағы кезеңде Таулы Қарабақтағы этносаралық қақтығысты реттеуге қатысқан әскери қызметшілерге, сондай-ақ бұрынғы КСР Одағы ішкі істер және мемлекеттік қауіпсіздік органдарының басшы және қатардағы құрамының адамдарына 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталған адамдарға 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1941 жылғы 22 маусым – 1945 жылғы 9 мамыр аралығында кемiнде алты ай жұмыс iстеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегi мен мiнсiз әскери қызметі үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталмаған адамдарға 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағын қорғау, әскери қызметтiң өзге де мiндеттерiн (қызметтік мiндеттерді) атқару кезiнде жаралануы, контузия алуы немесе мертігуі салдарынан немесе майданда болуына байланысты ауруға шалдығуы салдарынан қаза болған (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердің, партизандардың, астыртын әрекет етушiлердің, "Ардагерлер туралы" Заңның 4 – 6 баптарында аталған адамдардың отбасыларына 10 (он) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысында қаза тапқан, жергiлiктi әуе шабуылына қарсы қорғаныстың объектiлiк және авариялық командаларының өзiн-өзi қорғау топтарының жеке құрамы қатарындағы адамдардың отбасылары, Ленинград қаласының госпитальдары мен ауруханаларының қаза тапқан жұмыскерлерінiң отбасыларына 10 (он) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бұрынғы КСР Одағы Қорғаныс министрлiгiнің, ішкi iстер және мемлекеттiк қауiпсiздiк органдарының әскери мiндеттілер жиындарына шақырылған, қоғамға жат көрiнiстерге байланысты төтенше жағдайлар кезiнде қоғамдық тәртiптi қорғау жөнiндегi міндеттерді орындау кезінде қаза тапқан (қайтыс болған) әскери қызметшiлерінiң, басшы және қатардағы құрам адамдарының отбасыларына 10 (он) АЕК мөлшерінде;</w:t>
-[...17 lines deleted...]
-      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның екінші рет некеге тұрмаған зайыбына (жұбайына), сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адам деп танылған, қайтыс болған Ұлы Отан соғысы қатысушысының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) 60 000 (алпыс мың)теңге мөлшерінде;</w:t>
+      бұрынғы КСР Одағы Қорғаныс министрлiгiнің, ішкi iстер және мемлекеттiк қауiпсiздiк органдарының әскери мiндеттілер жиындарына шақырылған, қоғамға жат көрiнiстерге байланысты төтенше жағдайлар кезiнде қоғамдық тәртiптi қорғау жөнiндегi міндеттерді орындау кезінде қаза тапқан (қайтыс болған) әскери қызметшiлердiң, басшы және қатардағы құрам адамдарының отбасыларына 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның екінші рет некеге тұрмаған зайыбына (жұбайына), сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адам деп танылған, қайтыс болған Ұлы Отан соғысы қатысушысының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) 60 000 (алпыс мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағының үкiметтік органдарының шешiмдерiне сәйкес басқа мемлекеттердiң аумағындағы ұрыс қимылдарына қатысқан Кеңес Армиясының, Әскери-Теңiз Флотының, Мемлекеттiк қауiпсiздiк комитетiнiң әскери қызметшiлерiне, бұрынғы КСР Одағы Iшкi iстер министрлiгiнiң басшы және қатардағы құрамының адамдарына (әскери мамандар мен кеңесшiлердi қоса алғанда) 50 (елу) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) 31 мамыр - Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
-[...17 lines deleted...]
-      сотпен немесе Қазақстан Республикасының "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Заңында белгіленген тәртіппен саяси қуғын-сүргіндер құрбаны немесе саяси қуғын-сүргіндерден зардап шеккен деп танылған азаматтарына 10 (он) АЕК мөлшерінде;</w:t>
+      - 31 мамыр – Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотпен немесе Қазақстан Республикасының "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Заңында белгіленген тәртіппен саяси қуғын-сүргіндер құрбаны немесе саяси қуғын-сүргіндерден зардап шеккен деп танылған азаматтарға 10 (он) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Социалистік Еңбек Ерлеріне, үш дәрежелі Еңбек Даңқы орденінің иегерлеріне 10 (он) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Қазақстанның Еңбек Ері", "Халық қаһарманы" атағына ие болған адамдарына 10 (он) АЕК мөлшерінде;</w:t>
-[...17 lines deleted...]
-      7) 30 тамыз – Қазақстан Республикасының Конституция күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      "Қазақстанның Еңбек Ері", "Халық қаһарманы" атағына ие болған адамдарға 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 30 тамыз – Қазақстан Республикасының Конституция күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18 жасқа дейінгі мүгедектігі бар балаларды тәрбиелеп отырған отбасыларға 20 (жиырма) АЕК мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының колледждерінде ақылы негізде оқитын мүгедектігі бар адамдарына 30 (отыз) АЕК мөлшерінде;</w:t>
-[...125 lines deleted...]
-      бірінші және екінші топтағы мүгедектігі бар адамдарына 5 (бес) АЕК мөлшерінде;</w:t>
+      Қазақстан Республикасының колледждерінде ақылы негізде оқитын мүгедектігі бар адамдарға 30 (отыз) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының жоғары оқу орындарында ақылы негізде оқитын мүгедектігі бар адамдарға 60 (алпыс) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 1 қазан – Қарттар күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зейнеткерлік жасқа толған, зейнетақының және (немесе) жәрдемақының ең төмен мөлшерін немесе зейнетақының және (немесе) жәрдемақының ең төмен мөлшерінен төмен алатын азаматтарға 2 (екі) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зейнетақының және (немесе) жәрдемақының ең төмен мөлшерін немесе зейнетақының және (немесе) жәрдемақының ең аз мөлшерінен төмен алатын 80 жастағы және одан (асқан) көп жасқа толған азаматтарға 3 (үш) АЕК мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - 25 қазан – Қазақстан Республикасының күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18 жасқа дейінгі мүгедектігі бар балаларға 5 (бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші және екінші топтағы мүгедектігі бар адамдарға 5 (бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       - 16 желтоқсан – Қазақстан Республикасының Тәуелсіздік күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Заңымен белгіленген 1986 жылғы 17-18 желтоқсандағы Қазақстандағы оқиғаларға қатысқан азаматтарға 60 (алпыс) АЕК мөлшерінде көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табысын ескермей біржолғы әлеуметтік көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүлей апат салдарынан азаматтарға (отбасыларға) не олардың мүлкіне зиян келуі (меншігінде бір бірліктен астам тұрғын үйі (пәтері, үйі) бар азаматтарды (отбасыларды) қоспағанда) – арнайы комиссияның қорытындысына сәйкес 100 (жүз) АЕК мөлшерінде – Үлгілік қағидалардың 12-тармағының 1) тармақшасында 3) тармақшасының екінші абзацында көрсетілген (алты ай көлемінде әрекет етеді), барлық отбасы мүшелеріне жылжымайтын мүліктің жоқтығы (болуы) туралы анықтама құжаттарын қоса бере отырып, өтініш негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өрт салдарынан азаматтарға (отбасыларға) не олардың мүлкіне зиян келуі (меншігінде бір бірліктен астам тұрғын үйі (пәтері, үйі) бар азаматтарды (отбасыларды) қоспағанда) – 100 (жүз) АЕК мөлшерінде – Үлгілік қағидалардың 12 - тармағының 1) тармақшасында 3) тармақшасының үшінші абзацында көрсетілген (алты ай көлемінде әрекет етеді), барлық отбасы мүшелеріне жылжымайтын мүліктің жоқтығы (болуы) туралы анықтама құжаттарын қоса бере отырып, өтініш негізінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында 3) тармақшасының төртінші абзацында көрсетілген көрсетілген құжаттарды қоса бере отырып өтініш негізінде қатерлі ісіктен зардап шегетін және диспансерлік есепте тұрған адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодар облысы әкімдігі Павлодар облысы денсаулық сақтау басқармасының "Павлодар облыстық АИТВ инфекциясының алдын алу жөніндегі орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Екібастұз бөлімшесі ұсынған тізімі негізінде адамның иммунитет тапшылығы вирусын (бұдан әрі – АИТВ) жұқтырған диспансерлік есепте тұрған адамдарға– 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екібастұз қаласының емханалары ұсынатын тізімдер негізінде "I типті, II типті қант диабеті, атап айтқанда инсулинге қажеттілік нысаны" ауруымен зардап шегетін адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екібастұз қаласының емханалары ұсынылған тізімдер негізінде "жүйелі қызыл жегі" ауруымен зардап шегетін және диспансерлік есепте тұрған адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасы ішкі істер министрлігінің Павлодар облысының полиция департаменті Екібастұз қаласының полиция басқармасы" мемлекеттік мекемесінің тізімдері негізінде бас бостандығынан айыру орындарынан босатылған адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодар облысы бойынша қылмыстық - атқару жүйесі департаментінің Екібастұз қаласы пробация қызметінің тізімдері негізінде пробация қызметінің есебінде тұрған адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатқа қоса "Ардагерлер туралы" Заңның 5 – бабы 1) тармақшасының тоғызыншы абзацында, 6 - бабы 2) тармақшасының екінші, алтыншы абзацтарында, 8-бабы 3) тармақшасында көрсетілген санаттар үшін сауықтыруға – 50 (елу) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатқа қоса тісті протездеуді алғандығын дәлелдейтін құжаттарын (орындалған жұмыстар акті, шот фактура) бере отырып өтініш негізінде "Ардагерлер туралы" Заңның 5-бабы 1) тармақшасының тоғызыншы абзацында, 6-бабы 2) тармақшасының екінші, алтыншы абзацтарында, 8-бабы 3) тармақшасында көрсетілген санаттар үшін тіс протездеуге - 25 (жиырма бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатқа қоса санаторий-курорттық ем алғандығын дәлелдейтін құжаттарын (орындалған жұмыстар акті, шот фактура) бере отырып, өтініш негізінде жеке көмекшінің қызметін және санаторий-курорттық ем алуға мүгедектігі бар адамдың абилитациясы және оны оңалтудың жеке бағдарламасына сәйкес жұріп - тұруы қиын бірінші топтағы мүгедектігі бар адамдарға бір рет табысын ескермей санаторий-курорттық емделуге еріп жүретін адамның тамақтануы, жол жүруі және тұруына – 55 (елу бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатқа қоса санаторий-курорттық ем алғандығын дәлелдейтін құжаттарын (орындалған жұмыстар акті, шот фактура) бере отырып, өтініш негізінде санаторий-курорттық емделуін алуға мүгедектігі бар адамның абилитациясы және оны оңалтудың жеке бағдарламасының әлеуметтік бөлігінен үзінді көшірмесі бар, мүгедектігі бар балаларға санаторий-курорттық емделуге еріп жүретін адамның тамақтануы, жол жүруі және тұруына – бір рет табысын ескермей 20 (жиырма) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Екібастұз қаласы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің тізімі негізінде аймақтық, республикалық, халықаралық жарыстарға дайындалу үшін мүгедектігі бар адамдарға – 15 (он бес) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатты, 12 аптаға дейін жүктілікке тұруы туралы медициналық анықтаманы қоса бере отырып өтініш негізінде 12 аптаға дейін жүктілік мерзімінде есепке тұрған мүгедектігі бар әйелдерге – 20 (жиырма) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1) тармақшасында көрсетілген құжатты, баланың туу туралы куәлігін қоса бере отырып өтініш негізінде кәмелетке толмаған балалары бар мүгедектігі бар адамдарға – 5 (бес) АЕК мөлшерінде көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) табысын ескермей тоқсан сайын әлеуметтік көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1), 3) тармақшаларында көрсетілген құжатқа қоса (жылына бір рет) өтініш негізінде – "Ардагерлер туралы" Заңның 5-бабы, 1) тармақшасының жетінші, сегізінші, тоғызыншы абзацтарында, 6-бабы 2) тармақшасының екінші, үшінші, алтыншы абзацтарында, 8-бабы 2), 3) тармақшаларында көрсетілген санаттар үшін коммуналдық қызметтерге 10 (он) АЕК мөлшерінде көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10) 16 желтоқсан - Қазақстан Республикасының Тәуелсіздік күніне Мемлекеттік корпорацияның және әлеуметтік көмек көрсету жөніндегі уәкілетті органның тізімі негізінде: </w:t>
-[...17 lines deleted...]
-      "Жаппай саяси қуғын-сүргіндер құрбандарын оңалту туралы" Қазақстан Республикасының Заңымен белгіленген 1986 жылғы 17-18 желтоқсандағы Қазақстандағы оқиғаларға қатысқан адамдар 60(алпыс) АЕК мөлшерінде.</w:t>
+      4) табысын ескермей ай сайын әлеуметтік көмек: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1), 3) тармақшаларында көрсетілген құжаттарды қоса бере отырып өтініш негізінде Павлодар облысы әкімдігі, Павлодар облысы денсаулық сақтау басқармасы шаруашылық жүргізу құқығындағы "Павлодар облыстық онкологиялық диспансері" коммуналдық мемлекеттік кәсіпорнына және тұрғылықты орнына кері қайтуға жол жүру билеттері құнының нақты мөлшерінде (таксиден басқа) – қатерлі ісіктен зардап шегетін және диспансерлік есепте тұрған адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екібастұз қаласы емханалары ұсынған тізімнің негізінде туберкулезбен ауыратын амбулаториялық емделу кезеңіндегі адамдарға – 10 (он) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодар облысы әкімдігі Павлодар облысы денсаулық сақтау басқармасының "Павлодар облыстық АИТВ инфекциясының алдын алу жөніндегі орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Екібастұз бөлімшесі ұсынған тізімі негізінде АИТВ жұқтырған диспансерлік есепте тұрған балалардың ата-аналарына немесе өзге де заңды өкілдеріне – тиісті қаржы жылына арналған республикалық бюджет туралы заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1), 3) тармақшаларында көрсетілген құжаттарды қоса бере отырып өтініш негізінде Екібастұз қаласының колледждерінде білім алатын жетім балаларға, ата-анасының қарауынсыз қалған балалар қатарындағы студенттерге қалаішілік жолаушылар көлігіндегі жолақыға – 2 (екі) АЕК мөлшерінде көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) табысын ескере отырып біржолғы әлеуметтік көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 12-тармағының 1), 2), 3) тармақшаларында көрсетілген құжаттарды, 12 аптаға дейін жүктілікке тұруы туралы медициналық анықтаманы қоса бере отырып өтініш негізінде 12 аптаға дейін жүктілік мерзімінде есепке тұрған, жан басына шаққандағы орташа табысы ең төмен күнкөріс деңгейінен аспайтын аз қамтамасыз етілген отбасылардағы әйелдерге – 20 (жиырма) АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дәрігерлік-консультациялық комиссияның қорытындысын, Үлгілік қағидалардың 12-тармағының 1), 2), 3) тармақшаларында көрсетілген құжаттарды қоса бере отырып өтініш негізінде шұғыл немесе жоспарлы хирургиялық отадан өткен, шұғыл араласуды қажет ететін, бір айдан аса созылмалы ауруға байланысты өмірлік қиын жағдайға тап болған, жан басына шаққандағы орташа табысы ең төмен күнкөріс деңгейінен аспайтын азаматтарға – арнайы комиссия қорытындысына сәйкес 15 (он бес) АЕК мөлшерінде көрсетеді. Әлеуметтік көмекке жүгіну мерзімі – көрсетілген жағдайлар туындаған сәттен алты ай ішінде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - Павлодар облысы Екібастұз қалалық мәслихатының 24.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 238/29</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - Павлодар облысы Екібастұз қалалық мәслихатының 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 274/34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4049,55 +4535,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4423,31 +4909,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>