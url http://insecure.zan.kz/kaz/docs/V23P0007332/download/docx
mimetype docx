--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3fb575" w14:textId="f3fb575">
+    <w:p w14:paraId="d5c26cb" w14:textId="d5c26cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,90 +93,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Павлодар облысы бойынша әлеуметтік маңызы бар автомобиль қатынастарының тізбесін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар облыстық мәслихатының 2023 жылғы 27 сәуірдегі № 13/2 шешімі. Павлодар облысының Әділет департаментінде 2023 жылғы 2 мамырда № 7332 болып тіркелді.</w:t>
+        <w:t>Павлодар облыстық мәслихатының 2023 жылғы 27 сәуірдегі № 13/2 шешімі. Павлодар облысының Әділет департаментінде 2023 жылғы 2 мамырда № 7332 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Автомобиль көлігі туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">14-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағының 5) тармақшасына сәйкес, Павлодар облыстық мәслихаты ШЕШТІ:</w:t>
+        <w:t>1-тармағының 5) тармақшасына сәйкес, Павлодар облыстық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Павлодар облысы бойынша әлеуметтік маңызы бар автомобиль қатынастарының тізбесі осы шешімнің қосымшасына сәйкес айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
@@ -188,115 +188,114 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Павлодар облыстық мәслихатының төрағасы </w:t>
+              <w:t>      Павлодар облыстық мәслихатының төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -440,4179 +439,3844 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Павлодар облысы бойынша әлеуметтік маңызы бар автомобиль қатынастарының тізбесі</w:t>
+        <w:t xml:space="preserve"> Павлодар облысы бойынша әлеуметтік маңызы бар</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>автомобиль қатынастарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Павлодар облыстық мәслихатының 11.04.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Павлодар облыстық мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 120/11</w:t>
+        <w:t>№ 222/25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="2061"/>
+        <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қала және аудан атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маршруттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Олимпиядалық резерв бассейні" аялдамасы - "Северный бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Гагарин" аялдамасы - "Восточный бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Прибрежный" аялдамасы - "Кенжекөл ауылы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Павлодар қаласының теміржол вокзалы" аялдамасы - "Әуежай" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "КлҰн бау-бақшасы" аялдамасы - "Олимпиядалық резерв бассейні" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Атамекен" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Прибрежный" аялдамасы - "Мелиоратор бақшасы" аялдамасы; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жетекші ауылы" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржолшылар" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Павлодарское ауылы" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мойылды ауылы" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жаңа ауыл" аялдамасы - "Архангельская көшесі" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кенжекөл ауылы" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Павлодар қаласының теміржол вокзалы" аялдамасы - "Дружба бау-бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "№ 4 поликлиника" аялдамасы - "Северный бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Павлодар қаласының теміржол вокзалы" аялдамасы - "Ладожская" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Элеватор" аялдамасы - "Зеленстрой" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Прибрежный" аялдамасы - "Павлодар қаласының теміржол вокзалы" аялдамасы - "Металлург бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ажар" аялдамасы - "Нефтяник бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Прибрежный" аялдамасы - "Орталық әмбебап дүкені" аялдамасы - "Металлург бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Прибрежный" аялдамасы - "Южная станциясы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Авторемонтный завод" аялдамасы - "№ 4 поликлиника" аялдамасы; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "№ 157 соңғы маршруты" аялдамасы - "Теміржолшылар" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шаңғы базасы" аялдамасы - "5-ші автожол "Солтүстік өнеркәсіптік аудан" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "№ 4 поликлиника" аялдамасы - "Вторчермет" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Олимпиядалық резерв бассейні" аялдамасы - "Теміржол поселкесі " аялдамасы; </w:t>
             </w:r>
-          </w:p>
-[...33 lines deleted...]
-"Ладожская" аялдамасы - "Жағалау аудан" аялдамасы; "Зеленстрой" аялдамасы - "Оңтүстік станция" аялдамасы; "Ладожская" аялдамасы - "Ғ.Сұлтанов атындағы Павлодар облыстық ауруханасының жұқпалы аурулар орталығы" аялдамасы.</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"АЦТО" аялдамасы - "Павлодар қаласының Теміржол вокзалы" аялдамамы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Горводоканал" аялдамысы – "Теміржолшылар кенті" аялдамасы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"АЦТО" аялдамасы - "Шаңғы базасы" аялдамасы; "АЦТО" аялдамасы - "Ак.Шокин" аялдамасы - "Шаңғы базасы" аялдамасы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Ладожская" аялдамасы - "Жағалау аудан" аялдамасы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Зеленстрой" аялдамасы - "Оңтүстік станция" аялдамасы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ладожская" аялдамасы - "Ғ.Сұлтанов атындағы Павлодар облыстық ауруханасының жұқпалы аурулар орталығы" аялдамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Ескі монша" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Еуроазиаттық энергетикалық корпорациясы" акционерлік қоғамының солтүстік өткелі" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақсу орталық ауруханасы" аялдамасы - "Ягодка" бау-бақшасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақсу орталық ауруханасы" аялдамасы - "Ақсу су арнасы" коммуналдық мемлекеттік кәсіпорнының су мұнарасы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Беловка" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ескі монша" аялдамасы - "Еуроазиаттық энергетикалық корпорациясы" акционерлік қоғамының солтүстік өткелі" аялдамасы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Ақсу ферроқорытпа зауытының 2-аудандық жылу қазандығы" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Ақсу ферроқорытпа зауыты" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ескі монша" аялдамасы - "Больничная" аялдамасы - "Ақсу ферроқорытпа зауыты" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ескі монша" аялдамасы - "Лицей" аялдамасы - "Ақсу ферроқорытпа зауыты" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Амангелді" аялдамасы - "Ақсу ферроқорытпа зауыты" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Теміржол вокзалы" аялдамасы - "Еуроазиаттық энергетикалық корпорациясы" акционерлік қоғамының оңтүстік өткелі" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Құркөл ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Сольветка ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Сарышығанақ ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Береке ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Ақжол ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Айнакөл ауылы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Үштерек ауылы - Ақсу қаласы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екібастұз қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "22-шағын аудан" аялдамасы - "Горно-ремонтные мастерские" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Горно-ремонтные мастерские" аялдамасы - "22-шағын аудан" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Екібастұзжылуэнергиясы" аялдамасы - "Екібастұзжылуэнергиясы" аялдамасы (айналма маршрут);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Вагон депосы" аялдамасы - "Проммашкомплект" аялдамасы;</w:t>
             </w:r>
-          </w:p>
-[...41 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Екібастұз қаласының теміржол вокзалы" аялдамасы - "22-шағын аудан" аялдамасы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Екібастұз қаласының теміржол вокзалы" аялдамасы - "Вагон депосы" аялдамасы; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Московская" аялдамасы - "Московская" аялдамасы (айналма маршрут);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Дария" сауда үйі" аялдамасы - "Дария" сауда үйі" аялдамасы (айналма маршрут);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екібастұз қаласы - Солнечный поселкесі - Екібастұз қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйет ауылы - Екібастұз қаласы - Бәйет ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атығай ауылы - Екібастұз қаласы - Атығай ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екібастұз қаласы - Мәшһүр Жүсіп Көпеев кесенесі - Екібастұз қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Әлкей Марғұлан атындағы ауыл - Екібастұз қаласы - Әлкей Марғұлан атындағы ауыл; </w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Академик Әлкей Марғұлан атындағы ауыл - Екібастұз қаласы - академик Әлкей Марғұлан атындағы ауыл; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қала-саяжай үйлері "городские очистные" - саяжай үйлері "Надежда"; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қала-саяжай үйлері "Союз".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақтоғай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шолақсор ауылы - Ақтоғай ауылы - Шолақсор ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлыбай ауылы - Ақтоғай ауылы - Барлыбай ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұға ауылы - Ақтоғай ауылы - Шұға ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Харьковка ауылы - Қарабұзау ауылы - Ақтоғай ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтес ауылы - Ақтоғай ауылы - Өтес ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қараой ауылы - Ақтоғай ауылы - Қараой ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақтоғай ауылының Ақтоғай аудандық электр желілері кәсіпорны" аялдамасы - "Ақтоғай ауылың Абай атындағы жалпы білім беру орта мектебі" аялдамасы - "Ақтоғай ауылының Ақтоғай аудандық электр желілері кәсіпорны" аялдамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баянауыл ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майқайың поселкесі - Баянауыл ауылы - Майқайың поселкесі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмат Шанин ауылы - Баянауыл ауылы - Жұмат Шанин ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұзынбұлақ ауылы - Баянауыл ауылы - Ұзынбұлақ ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңажол ауылы - Баянауыл ауылы - Жаңажол ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаратомар ауылы - Баянауыл ауылы - Қаратомар ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсан ауылы - Баянауыл ауылы - Ақсан ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ертіс ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылқақ ауылы - Ертіс ауылы - Қызылқақ ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ертіс ауылы "Энергоорталық" аялдамасы - Қызылжар ауылы - Ертіс ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылағаш ауылы - Ертіс ауылы - Қызылағаш ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майқоңыр ауылы - Ертіс ауылы - Майқоңыр ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қосағаш ауылы - Ертіс ауылы - Қосағаш ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қараағаш ауылы - Ертіс ауылы - Қараағаш ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Железин ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">
+Железинка ауылы - Моисеевка ауылы - Железинка ауылы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озерное ауылы - Железинка ауылы - Озерное ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Михайловка ауылы - Железинка ауылы - Михайловка ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесное ауылы - Железинка ауылы - Лесное ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Май ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақшиман ауылы - Көктөбе ауылы - Ақшиман ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққулы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майқарағай ауылы - Аққулы ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазантай ауылы - Аққулы ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бесқарағай ауылы - Аққулы ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әбiлқайыр Баймолдин атындағы ауылы - Аққулы ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабағлы ауылы - Аққулы ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқтал ауылы - Аққулы ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңкөл ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңкөл ауылы - Ынталы ауылы - Тереңкөл ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Песчан ауылы - "Песчанский ремонтно-механический завод" аялдамасы - Песчан ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первомайск ауылы - Тереңкөл ауылы - Первомайск ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл ауылы - Павлодар қаласы - Жамбыл ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ольгинка ауылы - Павлодар қаласы - Ольгинка ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маралды ауылы - Павлодар қаласы - Маралды ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Заңғар ауылы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Новоямышево ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Богдановка ауылы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Заозерное ауылы - Шақат ауылы - Павлодар қаласы; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Шанды ауылы - Көктөбе ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Даниловка ауылы - Максимовка ауылы;</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-Рождественка ауылы - Павлодар қаласы.</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рождественка ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Павлодар қаласы - Кеменгер ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сычевка ауылы - Павлодар қаласы - Сычевка ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Павлодар қаласы - Новочерноярка ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пресное ауылы - Павлодар қаласы - Пресное ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Успен ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дмитриевка ауылы - Қоңыр Өзек ауылы - Успен ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Надаровка ауылы - Вознесенка ауылы - Чистополь ауылы - Успен ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тимирязево ауылы - Ольховка ауылы - Успен ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарбақты ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарбақты ауылы - Қосқұдық ауылы - Сахновка ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарбақты ауылы - Маралды ауылы - Көлбұлақ ауылы - Жылы-Бұлақ ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Есілбай ауылы - Чигириновка ауылы - Ботабас ауылы - Арбаиген ауылы - Галкино ауылы - Малиновка ауылы - Шарбақты ауылы; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заборовка ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалдай ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Красиловка ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сынтас ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа-ауыл ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шошқалы ауылы - Шарбақты ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Орловка ауылы - Шарбақты ауылы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауданаралық (облысiшiлiк қалааралық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Галицкое ауылы - Павлодар қаласы - Галицкое ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылжар ауылы - Павлодар қаласы - Қызылжар ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шарбақты ауылы - Павлодар қаласы - Шарбақты ауылы; </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанабет ауылы - Тереңкөл ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Успен ауылы - Павлодар қаласы - Успен ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Майқайың поселкесі - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Үлкен Ақжар ауылы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегістік (Покровка) ауылы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үрлітөбе ауылы - Павлодар қаласы - Үрлітөбе ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Михайловка ауылы - Павлодар қаласы - Михайловка ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майқайың поселкесі - Павлодар қаласы - Майқайың поселкесі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу қаласы - Екібастұз қаласы - Ақсу қаласы;</w:t>
             </w:r>
-          </w:p>
-[...41 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесқарағай ауылы - Аққулы ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Павлодар қаласы - Тереңкөл ауылы - Павлодар қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көктөбе ауылы - Павлодар қаласы - Көктөбе ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Песчан ауылы - Павлодар қаласы - Песчан ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңкөл ауылы - Павлодар қаласы - Тереңкөл ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаратай ауылы - Павлодар қаласы - Қаратай ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Баянауыл ауылы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодар қаласы - Екібастұз қаласы - Павлодар қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалдай ауылы - Павлодар қаласы - Шалдай ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Железин ауылы - Павлодар қаласы - Железин ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шолақсор ауылы - Павлодар қаласы - Шолақсор ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқтал ауылы - Павлодар қаласы - Шоқтал ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екібастұз қаласы - Павлодар қаласы - Екібастұз қаласы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Александровка ауылы - Павлодар қаласы - Александровка ауылы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Церковное ауылы - Павлодар қаласы - Церковное ауылы;</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-Барлыбай ауылы - Ақтоғай ауылы - Павлодар қаласы - Ақтоғай ауылы - Барлыбай ауылы.</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлыбай ауылы - Ақтоғай ауылы - Павлодар қаласы - Ақтоғай ауылы - Барлыбай ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақсу қаласы - Павлодар қаласы - Ақсу қаласы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақтоғай ауылы - Павлодар қаласы - Ақтоғай ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс ауылы - Павлодар қаласы - Ертіс ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Константиновка ауылы - Павлодар қаласы - Константиновка ауылы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алексеевка ауылы - Павлодар қаласы - Алексеевка ауылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4644,55 +4308,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>