--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba367f6" w14:textId="ba367f6">
+    <w:p w14:paraId="558515c" w14:textId="558515c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1548,95 +1548,167 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүгедектігі бар адамдарға және мүгедектігі бар балаларға - 3 (үш) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z116" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) 16 желтоқсан – Тəуелсіздік күні:</w:t>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16 желтоқсан – Тəуелсіздік күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z117" w:id="38"/>
-[...15 lines deleted...]
-      Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін, осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданылып жүрген тәртібі сақталатын адамдарды қоспағанда, қуғын-сүргіндерге ұшыраған адамдарға – 40 (қырық) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін, осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданылып жүрген тәртібі сақталатын адамдарды қоспағанда, қуғын-сүргіндерге ұшыраған адамдарға – 60 (алпыс) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z118" w:id="39"/>
+    <w:bookmarkStart w:name="z10" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       саяси қуғын-сүргiндерден зардап шеккендер ретiнде ата-аналармен немесе олардың орнындағы адамдармен бiрге бас бостандығынан айыру орындарында, айдауда, жер аударуда немесе арнайы қоныс аударуда болған саяси қуғын-сүргiндер құрбандарының балаларына, сондай-ақ қуғын-сүргiн кезiнде он сегiз жасқа толмаған және оның қолданылуы нәтижесiнде ата-анасының немесе олардың біреуінің қамқорлығынсыз қалған саяси қуғын-сүргiндер құрбандарының балаларына – 5 (бес) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - Қызылорда қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 307-44/1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z119" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z120" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1793,50 +1865,68 @@
         <w:t>
       қатерлі ісік, оның ішінде жіті лимфобластық және жіті миелоидты лейкоз ауруымен диспансерлік есепте тұрған адамдарға ай сайын жан басына шаққандағы орташа табысы есепке алынбай - 7,6 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z128" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспансерлік есепте тұрған адамның иммун тапшылығы вирусын жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне жан басына шаққандағы орташа табысы есепке алынбай, тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшерінде ай сайын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) Табысы аз отбасылардан шыққан балаларға оқу жылы кезеңінде қоғамдық көлікте (таксиден басқа) жол жүруге ай сайын – 1 (бір) айлық есептік көрсеткіш мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z129" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Бакалавр" дәрежесін алуға Қазақстан Республикасының жоғары оқу орындарында күндізгі оқу нысаны бойынша білім алатын студенттерге, өтініш берген уақыттың алдыңғы тоқсандағы жан басына шаққандағы орташа табысы тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төменгі күнкөріс деңгейінің үш еселенген шамасынан төмен халықтың әлеуметтік осал топтары үшін, атап айтқанда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z130" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1913,50 +2003,112 @@
         <w:t>
       4) Санаторий-курорттық емделуге бірінші топтағы мүгедектігі бар адаммен ілесіп жүретін адамға жан басына шаққандағы орташа табысы есепке алынбай Үлгілік қағидалардың 12-тармағында көрсетілген құжаттарды қоса ұсына отырып, өтініш негізінде 60 (алпыс) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z134" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Бас бостандығынан айыру орындарынан босатылған адамдарға жан басына шаққандағы орташа табысы есепке алынбай әлеуметтік көмек бір рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгерістер енгізілді - Қызылорда қалалық мәслихатының 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 307-44/1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z135" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әлеуметтік көмек көрсету тәртібі Үлгілік қағидаларға сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z136" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2729,55 +2881,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3103,31 +3255,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>