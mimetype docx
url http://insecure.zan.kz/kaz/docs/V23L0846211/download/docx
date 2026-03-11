--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="edd142f" w14:textId="edd142f">
+    <w:p w14:paraId="957295d" w14:textId="957295d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,80 +85,206 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қызылорда облысында ортақ су пайдаланудың қағидаларын бекіту туралы" Қызылорда облыстық мәслихатының 2019 жылғы 17 шілдедегі № 334 шешіміне өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облыстық мәслихатының 2023 жылғы 27 қазандағы № 56 шешімі. Қызылорда облысының Әділет департаментінде 2023 жылғы 1 қарашада № 8462-11 болып тіркелді</w:t>
+        <w:t>Қызылорда облыстық мәслихатының 2023 жылғы 27 қазандағы № 56 шешімі. Қызылорда облысының Әділет департаментінде 2023 жылғы 1 қарашада № 8462-11 болып тіркелді. Күші жойылды - Қызылорда облыстық мәслихатының 2025 жылғы 9 желтоқсандағы № 210 шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Қызылорда облыстық мәслихатының 09.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қызылорда облыстық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қызылорда облыстық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАБЫЛДАДЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қызылорда облысында ортақ су пайдаланудың қағидаларын бекіту туралы" Қызылорда облыстық мәслихатының 2019 жылғы 17 шілдедегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -320,88 +448,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -456,240 +567,189 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19-1/252</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11434 болып тіркелген) сәйкес әзірленді және Қызылорда облысының өңірлік жағдайының ерекшелігін ескере отырып ортақ су пайдалану тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>11-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11. Қызылорда облыстық мәслихаты мәслихаттың кезекті немесе кезектен тыс сессиясы барысында азаматтардың өмірі мен денсаулығын сақтау мақсатында өңірлік жағдайлардың ерекшеліктерін ескере отырып, ортақ су пайдалану қағидаларында өңірдің аумағында орналасқан су объектілерінде шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару, шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайтын жерлерді айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>14-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келесі редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "14. Ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын жариялау үшін оқшау немесе бірлесіп су пайдалануды жүзеге асыратын су пайдаланушы Қызылорда облыстық мәслихатына ортақ су пайдаланудың шарттарын немесе оған тыйым салынатынын белгілеудің қажеттігі негізделген ұсыныс енгізеді.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>19-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7) тармақшасы жаңа редакцияда жазылсын, орыс тіліндегі мәтіні өзгермейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -860,452 +920,512 @@
         </w:rPr>
         <w:t xml:space="preserve"> толықтырылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:tbl>
-[...383 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қызылорда облысының аумағында орналасқан су объектілерінде шомылуға тыйым салынған жерлер</w:t>
+        <w:t>Қызылорда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәслихатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Н. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Байкадамов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z26" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызылорда облыстық мәслихатының</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2023 жылғы 27 қазандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 56 шешіміне қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z29" w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызылорда облыстық мәслихатының</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2019 жылғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 шілдедегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 334 шешімімен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызылорда облысында</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ортақ су пайдалану қағидаларына қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызылорда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> су </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объектілерінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шомылуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жерлер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -1456,70 +1576,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су объектілеріндегі орындар (еңдік пен бойлық координаттары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="18"/>
+          <w:bookmarkStart w:name="z34" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коорди</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1569,70 +1689,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="19"/>
+          <w:bookmarkStart w:name="z37" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ортақ суды пайдала</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нуды шектеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1669,126 +1789,126 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="20"/>
+          <w:bookmarkStart w:name="z38" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Координат</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тың басталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="21"/>
+          <w:bookmarkStart w:name="z39" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Координат</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тың аяқталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -1927,182 +2047,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="22"/>
+          <w:bookmarkStart w:name="z40" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "КОПЭС" саяжай аймағы тұсындағы өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="23"/>
+          <w:bookmarkStart w:name="z41" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.75728 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.55432 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="24"/>
+          <w:bookmarkStart w:name="z42" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.76181 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.57808 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2131,70 +2251,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="25"/>
+          <w:bookmarkStart w:name="z43" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2241,182 +2361,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="26"/>
+          <w:bookmarkStart w:name="z44" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тасбөгет кентіндегі Қызылорда су торабынан "Батыс Еуропа-Батыс Қытай" магистралды тас жолының 1815+700 шақырымындағы көпіріне дейінгі өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="27"/>
+          <w:bookmarkStart w:name="z45" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.763511 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.536711 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="28"/>
+          <w:bookmarkStart w:name="z46" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.759696 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.582654 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2445,70 +2565,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="29"/>
+          <w:bookmarkStart w:name="z47" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2555,182 +2675,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="30"/>
+          <w:bookmarkStart w:name="z48" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Батыс Еуропа-Батыс Қытай" магистралды тас жолының 1815+700 шақырымындағы көпірінен Тасбөгет кентіндегі су тазалау станциясына дейінгі өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="31"/>
+          <w:bookmarkStart w:name="z49" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.77536 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.53862 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="32"/>
+          <w:bookmarkStart w:name="z50" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.77850 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.54422 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2759,70 +2879,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="33"/>
+          <w:bookmarkStart w:name="z51" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2905,126 +3025,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Арай" шағын ауданы тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="34"/>
+          <w:bookmarkStart w:name="z52" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.79824 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.49461 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="35"/>
+          <w:bookmarkStart w:name="z53" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.81327 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.49522 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3053,70 +3173,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="36"/>
+          <w:bookmarkStart w:name="z54" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3163,182 +3283,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="37"/>
+          <w:bookmarkStart w:name="z55" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Қызылорда облысы бойынша филиалы – "Халыққа қызмет көрсету орталығы" департаменті тұсындағы өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="38"/>
+          <w:bookmarkStart w:name="z56" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.82216 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.49609 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="39"/>
+          <w:bookmarkStart w:name="z57" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.82950 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.49583 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3367,70 +3487,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="40"/>
+          <w:bookmarkStart w:name="z58" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3477,70 +3597,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="41"/>
+          <w:bookmarkStart w:name="z59" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының Қызылорда облысы бойынша филиалы – "Халыққа қызмет көрсету орталығы" департаменті жанындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3561,126 +3681,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рілген кварталға дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="42"/>
+          <w:bookmarkStart w:name="z61" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.84668 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.45633 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="43"/>
+          <w:bookmarkStart w:name="z62" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.85748 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.45318 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3709,70 +3829,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="44"/>
+          <w:bookmarkStart w:name="z63" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3819,182 +3939,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="45"/>
+          <w:bookmarkStart w:name="z64" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мерей" шағын ауданы тұсындағы өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="46"/>
+          <w:bookmarkStart w:name="z65" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.83939 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.46196 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="47"/>
+          <w:bookmarkStart w:name="z66" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.85463 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.45686 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4023,70 +4143,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="48"/>
+          <w:bookmarkStart w:name="z67" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4133,70 +4253,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="49"/>
+          <w:bookmarkStart w:name="z68" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Т.Рысқұлов пен </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4217,126 +4337,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.86466 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.43121 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.87498 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.42050 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4365,70 +4485,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4475,182 +4595,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіздік көшесінен "Қызылорда облысының денсаулық сақтау басқармасының "Облыстық фтизиопульмонология орталығы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнына дейінгі өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z74" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.75704 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.55396 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="55"/>
+          <w:bookmarkStart w:name="z75" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.76339 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.56381 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4679,70 +4799,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="56"/>
+          <w:bookmarkStart w:name="z76" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4789,182 +4909,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="57"/>
+          <w:bookmarkStart w:name="z77" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қызылорда облысының денсаулық сақтау басқармасының "Облыстық фтизиопульмонология орталығы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорнынан "Ягодка" саяжай аймағына дейінгі өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="58"/>
+          <w:bookmarkStart w:name="z78" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.85588 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.45591 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="59"/>
+          <w:bookmarkStart w:name="z79" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.87241 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.42155 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4993,70 +5113,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="60"/>
+          <w:bookmarkStart w:name="z80" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5090,238 +5210,238 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="61"/>
+          <w:bookmarkStart w:name="z81" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жаға магистрал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ды каналы (Шіркейлі каналы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="62"/>
+          <w:bookmarkStart w:name="z82" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда су торабынан "Наурыз" шағын ауданына дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="63"/>
+          <w:bookmarkStart w:name="z83" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.76328 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.53466 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="64"/>
+          <w:bookmarkStart w:name="z84" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.78795 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.46693 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5350,70 +5470,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="65"/>
+          <w:bookmarkStart w:name="z85" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5448,238 +5568,238 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="66"/>
+          <w:bookmarkStart w:name="z86" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң жаға магистрал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ды каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="67"/>
+          <w:bookmarkStart w:name="z87" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тасбөгет кентінен Қарауылтөбе елді мекеніне дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="68"/>
+          <w:bookmarkStart w:name="z88" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.81208 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.57787 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="69"/>
+          <w:bookmarkStart w:name="z89" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.76443 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.53765 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5708,70 +5828,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="70"/>
+          <w:bookmarkStart w:name="z90" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5818,182 +5938,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="71"/>
+          <w:bookmarkStart w:name="z91" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белкөл кентіндегі көне көпірден Абай елді мекенінің көпіріне дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="72"/>
+          <w:bookmarkStart w:name="z92" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.76016 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.57142 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z93" w:id="73"/>
+          <w:bookmarkStart w:name="z93" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.74955 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.58967 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6022,70 +6142,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="74"/>
+          <w:bookmarkStart w:name="z94" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6132,182 +6252,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="75"/>
+          <w:bookmarkStart w:name="z95" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байқадам су торабынан Қарауылтөбе және Досан елді мекендеріне дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="76"/>
+          <w:bookmarkStart w:name="z96" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.87961 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.54675 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="77"/>
+          <w:bookmarkStart w:name="z97" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.90125 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.56364 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6336,70 +6456,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="78"/>
+          <w:bookmarkStart w:name="z98" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6433,70 +6553,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="79"/>
+          <w:bookmarkStart w:name="z99" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалғандария</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6525,126 +6645,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "ПМК-29" саяжай аймағы тұсындағы көлдің жағалауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z100" w:id="80"/>
+          <w:bookmarkStart w:name="z100" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.72473 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.62443 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="81"/>
+          <w:bookmarkStart w:name="z101" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.71528 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.68856 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6673,70 +6793,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="82"/>
+          <w:bookmarkStart w:name="z102" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6806,182 +6926,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңадария каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="83"/>
+          <w:bookmarkStart w:name="z103" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "ПМК-66" саяжай аймағынан "Тепловик" бау-бақша кооперативіне дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="84"/>
+          <w:bookmarkStart w:name="z104" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.72634 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.55215 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="85"/>
+          <w:bookmarkStart w:name="z105" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.71006 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.53572 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7010,70 +7130,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="86"/>
+          <w:bookmarkStart w:name="z106" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7186,70 +7306,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z107" w:id="87"/>
+          <w:bookmarkStart w:name="z107" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылжар</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7270,126 +7390,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="88"/>
+          <w:bookmarkStart w:name="z109" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.002455 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.757992 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z110" w:id="89"/>
+          <w:bookmarkStart w:name="z110" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.023311 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.750837 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7418,70 +7538,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z111" w:id="90"/>
+          <w:bookmarkStart w:name="z111" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7528,70 +7648,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z112" w:id="91"/>
+          <w:bookmarkStart w:name="z112" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аманөткел</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7612,126 +7732,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z114" w:id="92"/>
+          <w:bookmarkStart w:name="z114" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.113488 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.508567 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="93"/>
+          <w:bookmarkStart w:name="z115" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.097736 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.543048 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7760,70 +7880,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z116" w:id="94"/>
+          <w:bookmarkStart w:name="z116" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7870,182 +7990,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="95"/>
+          <w:bookmarkStart w:name="z117" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хан елді мекені тұсындағы өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="96"/>
+          <w:bookmarkStart w:name="z118" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0652°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.3000°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z119" w:id="97"/>
+          <w:bookmarkStart w:name="z119" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0550°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.2957°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8074,70 +8194,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="98"/>
+          <w:bookmarkStart w:name="z120" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8184,182 +8304,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z121" w:id="99"/>
+          <w:bookmarkStart w:name="z121" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аққұлақ елді мекені тұсындағы өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z122" w:id="100"/>
+          <w:bookmarkStart w:name="z122" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0421°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.2057°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="101"/>
+          <w:bookmarkStart w:name="z123" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0401°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.2019°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8388,70 +8508,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="102"/>
+          <w:bookmarkStart w:name="z124" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8534,126 +8654,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақлақ су торабының екі жақ беті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z125" w:id="103"/>
+          <w:bookmarkStart w:name="z125" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.107557 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.865016 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z126" w:id="104"/>
+          <w:bookmarkStart w:name="z126" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.163418 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.882022 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8682,70 +8802,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="105"/>
+          <w:bookmarkStart w:name="z127" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8852,126 +8972,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Балық шаруашылығы комитетінің "Қамыстыбас балық питомнигі" республикалық мемлекеттік қазыналық кәсіпорны тұсындағы учаске</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="106"/>
+          <w:bookmarkStart w:name="z128" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0904°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.4523°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z129" w:id="107"/>
+          <w:bookmarkStart w:name="z129" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0903°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.4521°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9000,70 +9120,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z130" w:id="108"/>
+          <w:bookmarkStart w:name="z130" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9110,182 +9230,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="109"/>
+          <w:bookmarkStart w:name="z131" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Кәрібөгет"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көпірінің тұсында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="110"/>
+          <w:bookmarkStart w:name="z132" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0923°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.3752°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="111"/>
+          <w:bookmarkStart w:name="z133" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.0930°С</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.3750°В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9314,70 +9434,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="112"/>
+          <w:bookmarkStart w:name="z134" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9447,182 +9567,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші Арал теңізі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="113"/>
+          <w:bookmarkStart w:name="z135" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көкарал су бөгетінің екі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақ беті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="114"/>
+          <w:bookmarkStart w:name="z136" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.111516 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.782033 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="115"/>
+          <w:bookmarkStart w:name="z137" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.365042 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.792710 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9651,70 +9771,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z138" w:id="116"/>
+          <w:bookmarkStart w:name="z138" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9863,126 +9983,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байқожа елді мекенінен Ақсуат елді мекеніне дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="117"/>
+          <w:bookmarkStart w:name="z139" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.723723 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.941489 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z140" w:id="118"/>
+          <w:bookmarkStart w:name="z140" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.728989ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.925936 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10011,70 +10131,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="119"/>
+          <w:bookmarkStart w:name="z141" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асыры</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10157,126 +10277,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсуат елді мекенінен Майлыбас теміржол станциясына дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="120"/>
+          <w:bookmarkStart w:name="z142" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.812889 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.617268 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="121"/>
+          <w:bookmarkStart w:name="z143" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.821383 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.610500 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10305,70 +10425,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z144" w:id="122"/>
+          <w:bookmarkStart w:name="z144" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10451,126 +10571,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басықара су торабының жоғары су деңгейін өлшеу бекетінен төменгі су деңгейін өлшеу бекетіне дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="123"/>
+          <w:bookmarkStart w:name="z145" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.760213 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.330145 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="124"/>
+          <w:bookmarkStart w:name="z146" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.752806 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.295098 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10599,70 +10719,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 800 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="125"/>
+          <w:bookmarkStart w:name="z147" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10745,126 +10865,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда облысының білім басқармасының "Қазалы ауданы бойынша білім бөлімінің "Шағала" балаларды сауықтыру демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнынан Абай елді мекенінің қалқымалы көпіріне дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="126"/>
+          <w:bookmarkStart w:name="z148" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.741510 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.131177 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="127"/>
+          <w:bookmarkStart w:name="z149" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.740309 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.104341 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10893,70 +11013,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="128"/>
+          <w:bookmarkStart w:name="z150" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11003,182 +11123,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="129"/>
+          <w:bookmarkStart w:name="z151" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарлан көпірінен Бірлік елді мекеніне дейінгі өзеннің</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="130"/>
+          <w:bookmarkStart w:name="z152" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.658944 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.942505 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="131"/>
+          <w:bookmarkStart w:name="z153" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.686886 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.896273 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11207,70 +11327,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="132"/>
+          <w:bookmarkStart w:name="z154" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11353,126 +11473,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Досқали" учаскесінен Әлсейіт қалқымалы көпіріне дейінгі өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="133"/>
+          <w:bookmarkStart w:name="z155" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.775360 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.692116 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z156" w:id="134"/>
+          <w:bookmarkStart w:name="z156" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.783429 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.678272 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11501,70 +11621,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="135"/>
+          <w:bookmarkStart w:name="z157" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11599,238 +11719,238 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="136"/>
+          <w:bookmarkStart w:name="z158" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оң жаға магистрал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ды каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="137"/>
+          <w:bookmarkStart w:name="z159" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басықара елді мекенінен Қазалы қаласына дейінгі каналдың</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z160" w:id="138"/>
+          <w:bookmarkStart w:name="z160" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.760575 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.316547 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="139"/>
+          <w:bookmarkStart w:name="z161" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.758303 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.311567 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11859,70 +11979,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z162" w:id="140"/>
+          <w:bookmarkStart w:name="z162" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11969,70 +12089,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="141"/>
+          <w:bookmarkStart w:name="z163" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазалы қаласы тұсындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12053,126 +12173,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z165" w:id="142"/>
+          <w:bookmarkStart w:name="z165" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.776924 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.077437 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="143"/>
+          <w:bookmarkStart w:name="z166" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.776764 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.075111 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12351,126 +12471,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тасарық елді мекені тұсындағы көлдің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z167" w:id="144"/>
+          <w:bookmarkStart w:name="z167" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.511110 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.996221 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="145"/>
+          <w:bookmarkStart w:name="z168" w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.505053 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="148"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.928375 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12499,70 +12619,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="146"/>
+          <w:bookmarkStart w:name="z169" w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="149"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12645,126 +12765,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәукей елді мекені тұсындағы көлдің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z170" w:id="147"/>
+          <w:bookmarkStart w:name="z170" w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.387871 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="150"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.803238 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="148"/>
+          <w:bookmarkStart w:name="z171" w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.373457 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="151"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.790594 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12793,70 +12913,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z172" w:id="149"/>
+          <w:bookmarkStart w:name="z172" w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="152"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12969,182 +13089,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="150"/>
+          <w:bookmarkStart w:name="z173" w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Дүр Оңғар </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="153"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елді мекені тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z174" w:id="151"/>
+          <w:bookmarkStart w:name="z174" w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.256639 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="151"/>
+          <w:bookmarkEnd w:id="154"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.249364 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="152"/>
+          <w:bookmarkStart w:name="z175" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.279768 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="152"/>
+          <w:bookmarkEnd w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.230549 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13263,182 +13383,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z176" w:id="153"/>
+          <w:bookmarkStart w:name="z176" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Абыла </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="153"/>
+          <w:bookmarkEnd w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 елді мекені тұсындағы өзеннің екі жақ жағалауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="154"/>
+          <w:bookmarkStart w:name="z177" w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.360528 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="154"/>
+          <w:bookmarkEnd w:id="157"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.203845 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="155"/>
+          <w:bookmarkStart w:name="z178" w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.392994 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="155"/>
+          <w:bookmarkEnd w:id="158"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.199627 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13467,70 +13587,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="156"/>
+          <w:bookmarkStart w:name="z179" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13613,126 +13733,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария өзенінің Қараөзек арнасына қосылған тұсынан "Шымкент-Самара" автокөлік көпіріне дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z180" w:id="157"/>
+          <w:bookmarkStart w:name="z180" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.47454 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.09183 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="158"/>
+          <w:bookmarkStart w:name="z181" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.46932 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.06467 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13761,70 +13881,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="159"/>
+          <w:bookmarkStart w:name="z182" w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="162"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13871,182 +13991,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z183" w:id="160"/>
+          <w:bookmarkStart w:name="z183" w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қорқыт</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="163"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 станциясының тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="161"/>
+          <w:bookmarkStart w:name="z184" w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.591389 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="161"/>
+          <w:bookmarkEnd w:id="164"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.923217 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="162"/>
+          <w:bookmarkStart w:name="z185" w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.623972 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="162"/>
+          <w:bookmarkEnd w:id="165"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.908520 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14075,70 +14195,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z186" w:id="163"/>
+          <w:bookmarkStart w:name="z186" w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="163"/>
+          <w:bookmarkEnd w:id="166"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14221,126 +14341,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақай елді мекені тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z187" w:id="164"/>
+          <w:bookmarkStart w:name="z187" w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.59537 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="164"/>
+          <w:bookmarkEnd w:id="167"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.28597 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z188" w:id="165"/>
+          <w:bookmarkStart w:name="z188" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.59747 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="165"/>
+          <w:bookmarkEnd w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.25350 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14369,70 +14489,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="166"/>
+          <w:bookmarkStart w:name="z189" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="166"/>
+          <w:bookmarkEnd w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14515,126 +14635,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Тастақ" учаскесінің тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z190" w:id="167"/>
+          <w:bookmarkStart w:name="z190" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.69902 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="167"/>
+          <w:bookmarkEnd w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.02702 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="168"/>
+          <w:bookmarkStart w:name="z191" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.70133 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="168"/>
+          <w:bookmarkEnd w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.00049 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14663,70 +14783,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z192" w:id="169"/>
+          <w:bookmarkStart w:name="z192" w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="172"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14832,126 +14952,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Шығыс" каналынан Сырдария өзенінің Қараөзек арнасына қосылған тұсына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z193" w:id="170"/>
+          <w:bookmarkStart w:name="z193" w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.48049 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="173"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.11472 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z194" w:id="171"/>
+          <w:bookmarkStart w:name="z194" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.47454 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="171"/>
+          <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.09183 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15171,126 +15291,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есет батыр елді мекенінен Жаңадария елді мекеніне дейінгі арнаның екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z195" w:id="172"/>
+          <w:bookmarkStart w:name="z195" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.77878 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="172"/>
+          <w:bookmarkEnd w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.62346 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z196" w:id="173"/>
+          <w:bookmarkStart w:name="z196" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.77891 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="173"/>
+          <w:bookmarkEnd w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.62799 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15319,70 +15439,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z197" w:id="174"/>
+          <w:bookmarkStart w:name="z197" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="174"/>
+          <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15416,70 +15536,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z198" w:id="175"/>
+          <w:bookmarkStart w:name="z198" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жаға магистрал</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="175"/>
+          <w:bookmarkEnd w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ды каналы (Шіркейлі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15508,126 +15628,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жалағаш-Бұқарбай батыр" автокөлік жолы көпірінің тұсындағы каналдың екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z199" w:id="176"/>
+          <w:bookmarkStart w:name="z199" w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.02736 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="176"/>
+          <w:bookmarkEnd w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.64077 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z200" w:id="177"/>
+          <w:bookmarkStart w:name="z200" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.02728 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="177"/>
+          <w:bookmarkEnd w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.64089 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15656,70 +15776,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="178"/>
+          <w:bookmarkStart w:name="z201" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="178"/>
+          <w:bookmarkEnd w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15825,126 +15945,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жалағаш-Бұқарбай батыр" автокөлік жолы көпірінің тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="179"/>
+          <w:bookmarkStart w:name="z202" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.04856 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="179"/>
+          <w:bookmarkEnd w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.65245 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z203" w:id="180"/>
+          <w:bookmarkStart w:name="z203" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.04836 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="180"/>
+          <w:bookmarkEnd w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.65082 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15973,70 +16093,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z204" w:id="181"/>
+          <w:bookmarkStart w:name="z204" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="181"/>
+          <w:bookmarkEnd w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16142,126 +16262,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш кенті тұсындағы каналдың екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="182"/>
+          <w:bookmarkStart w:name="z205" w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.06162 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
+          <w:bookmarkEnd w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.65609 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z206" w:id="183"/>
+          <w:bookmarkStart w:name="z206" w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.06160 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="183"/>
+          <w:bookmarkEnd w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.65625 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16290,70 +16410,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z207" w:id="184"/>
+          <w:bookmarkStart w:name="z207" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асыры</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="184"/>
+          <w:bookmarkEnd w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16387,70 +16507,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z208" w:id="185"/>
+          <w:bookmarkStart w:name="z208" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунизм</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="185"/>
+          <w:bookmarkEnd w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16479,126 +16599,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақсу елді мекені тұсындағы каналдың екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z209" w:id="186"/>
+          <w:bookmarkStart w:name="z209" w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.05505 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="186"/>
+          <w:bookmarkEnd w:id="189"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.69816 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z210" w:id="187"/>
+          <w:bookmarkStart w:name="z210" w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.05481 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="187"/>
+          <w:bookmarkEnd w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.69867 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16627,70 +16747,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z211" w:id="188"/>
+          <w:bookmarkStart w:name="z211" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="188"/>
+          <w:bookmarkEnd w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16724,70 +16844,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z212" w:id="189"/>
+          <w:bookmarkStart w:name="z212" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иіркөл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16816,126 +16936,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  М.Шәменов елді мекені тұсында </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z213" w:id="190"/>
+          <w:bookmarkStart w:name="z213" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.120911 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.497219 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="191"/>
+          <w:bookmarkStart w:name="z214" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.120988 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="191"/>
+          <w:bookmarkEnd w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.497082 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16964,70 +17084,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="192"/>
+          <w:bookmarkStart w:name="z215" w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="192"/>
+          <w:bookmarkEnd w:id="195"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17175,126 +17295,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жетікөл елді мекені тұсындағы учаске</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z216" w:id="193"/>
+          <w:bookmarkStart w:name="z216" w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.62684 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="193"/>
+          <w:bookmarkEnd w:id="196"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.57019 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z217" w:id="194"/>
+          <w:bookmarkStart w:name="z217" w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.62750 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="194"/>
+          <w:bookmarkEnd w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.56069 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17323,70 +17443,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z218" w:id="195"/>
+          <w:bookmarkStart w:name="z218" w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="195"/>
+          <w:bookmarkEnd w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17456,182 +17576,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әйтек каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z219" w:id="196"/>
+          <w:bookmarkStart w:name="z219" w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Әйтек су торабының тұсындағы каналдың екі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
+          <w:bookmarkEnd w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z220" w:id="197"/>
+          <w:bookmarkStart w:name="z220" w:id="200"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.04173 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
+          <w:bookmarkEnd w:id="200"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.97871 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z221" w:id="198"/>
+          <w:bookmarkStart w:name="z221" w:id="201"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.04448 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="198"/>
+          <w:bookmarkEnd w:id="201"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.99058 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17660,70 +17780,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z222" w:id="199"/>
+          <w:bookmarkStart w:name="z222" w:id="202"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
+          <w:bookmarkEnd w:id="202"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17757,70 +17877,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z223" w:id="200"/>
+          <w:bookmarkStart w:name="z223" w:id="203"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жаға</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="203"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17841,182 +17961,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ды каналы (Шіркейлі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="201"/>
+          <w:bookmarkStart w:name="z225" w:id="204"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шаған елді мекені тұсындағы каналдың екі </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="201"/>
+          <w:bookmarkEnd w:id="204"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z226" w:id="202"/>
+          <w:bookmarkStart w:name="z226" w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.89232 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="202"/>
+          <w:bookmarkEnd w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.96722 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z227" w:id="203"/>
+          <w:bookmarkStart w:name="z227" w:id="206"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.89626 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="203"/>
+          <w:bookmarkEnd w:id="206"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.95354 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18045,70 +18165,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z228" w:id="204"/>
+          <w:bookmarkStart w:name="z228" w:id="207"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="204"/>
+          <w:bookmarkEnd w:id="207"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18178,70 +18298,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қараөзек арнасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z229" w:id="205"/>
+          <w:bookmarkStart w:name="z229" w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 10 разъезд тұсындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="205"/>
+          <w:bookmarkEnd w:id="208"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18262,126 +18382,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z231" w:id="206"/>
+          <w:bookmarkStart w:name="z231" w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.98768 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="206"/>
+          <w:bookmarkEnd w:id="209"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.27107 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z232" w:id="207"/>
+          <w:bookmarkStart w:name="z232" w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.98600 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="207"/>
+          <w:bookmarkEnd w:id="210"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.26705 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18410,70 +18530,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z233" w:id="208"/>
+          <w:bookmarkStart w:name="z233" w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="208"/>
+          <w:bookmarkEnd w:id="211"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18579,126 +18699,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңөзек кенті тұсында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z234" w:id="209"/>
+          <w:bookmarkStart w:name="z234" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.02704 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="209"/>
+          <w:bookmarkEnd w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.98713 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z235" w:id="210"/>
+          <w:bookmarkStart w:name="z235" w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.02940 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="210"/>
+          <w:bookmarkEnd w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.97911 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18727,70 +18847,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 800 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z236" w:id="211"/>
+          <w:bookmarkStart w:name="z236" w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="211"/>
+          <w:bookmarkEnd w:id="214"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18860,70 +18980,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cырдария өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z237" w:id="212"/>
+          <w:bookmarkStart w:name="z237" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тереңөзек кентінің көпірі тұсындағы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="212"/>
+          <w:bookmarkEnd w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18944,126 +19064,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z239" w:id="213"/>
+          <w:bookmarkStart w:name="z239" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.01732 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="213"/>
+          <w:bookmarkEnd w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.98941 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z240" w:id="214"/>
+          <w:bookmarkStart w:name="z240" w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.01559 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="214"/>
+          <w:bookmarkEnd w:id="217"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.98302 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19092,70 +19212,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z241" w:id="215"/>
+          <w:bookmarkStart w:name="z241" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="215"/>
+          <w:bookmarkEnd w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19304,126 +19424,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жөлек елді мекені тұсындағы өзеннің екі жақ жағалауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z242" w:id="216"/>
+          <w:bookmarkStart w:name="z242" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.2996969 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
+          <w:bookmarkEnd w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.4406679 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="217"/>
+          <w:bookmarkStart w:name="z243" w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.2862166 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="220"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.4212672 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19452,70 +19572,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1800 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z244" w:id="218"/>
+          <w:bookmarkStart w:name="z244" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19598,126 +19718,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұланбай бауы елді мекені тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z245" w:id="219"/>
+          <w:bookmarkStart w:name="z245" w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.9176395 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+          <w:bookmarkEnd w:id="222"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.6102073 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z246" w:id="220"/>
+          <w:bookmarkStart w:name="z246" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.8943015 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="220"/>
+          <w:bookmarkEnd w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.6152660 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19746,70 +19866,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z247" w:id="221"/>
+          <w:bookmarkStart w:name="z247" w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+          <w:bookmarkEnd w:id="224"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19892,126 +20012,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ботабай елді мекені тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z248" w:id="222"/>
+          <w:bookmarkStart w:name="z248" w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3437265 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="225"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.2137949 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z249" w:id="223"/>
+          <w:bookmarkStart w:name="z249" w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3530372ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="226"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.1905562 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20040,70 +20160,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1300 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z250" w:id="224"/>
+          <w:bookmarkStart w:name="z250" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20209,126 +20329,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бидайкөл елді мекенінің тұсында </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="225"/>
+          <w:bookmarkStart w:name="z251" w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.1535049 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="228"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.7393209 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z252" w:id="226"/>
+          <w:bookmarkStart w:name="z252" w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.1314809ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="229"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.7451709 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20357,70 +20477,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z253" w:id="227"/>
+          <w:bookmarkStart w:name="z253" w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="230"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20526,126 +20646,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйгеқұм елді мекені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z254" w:id="228"/>
+          <w:bookmarkStart w:name="z254" w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3060025 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="231"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.5012387 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z255" w:id="229"/>
+          <w:bookmarkStart w:name="z255" w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.3233758 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="229"/>
+          <w:bookmarkEnd w:id="232"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.4669673 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20674,70 +20794,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2700 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z256" w:id="230"/>
+          <w:bookmarkStart w:name="z256" w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="233"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20885,126 +21005,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгент елді мекенінің тұсында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z257" w:id="231"/>
+          <w:bookmarkStart w:name="z257" w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.747898 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="234"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.245869 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z258" w:id="232"/>
+          <w:bookmarkStart w:name="z258" w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.747369 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="235"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.244060 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21033,70 +21153,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z259" w:id="233"/>
+          <w:bookmarkStart w:name="z259" w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="236"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21202,126 +21322,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңақорған кентінің қалқымалы көпірі тұсындағы өзеннің екі жақ жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z260" w:id="234"/>
+          <w:bookmarkStart w:name="z260" w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.86476 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="237"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.20203 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z261" w:id="235"/>
+          <w:bookmarkStart w:name="z261" w:id="238"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.86662 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="235"/>
+          <w:bookmarkEnd w:id="238"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.2029 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21350,70 +21470,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z262" w:id="236"/>
+          <w:bookmarkStart w:name="z262" w:id="239"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="236"/>
+          <w:bookmarkEnd w:id="239"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21519,126 +21639,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңақорған кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z263" w:id="237"/>
+          <w:bookmarkStart w:name="z263" w:id="240"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.87797 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="240"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.24763 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z264" w:id="238"/>
+          <w:bookmarkStart w:name="z264" w:id="241"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.88705 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="241"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.23963 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21667,70 +21787,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z265" w:id="239"/>
+          <w:bookmarkStart w:name="z265" w:id="242"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="239"/>
+          <w:bookmarkEnd w:id="242"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21836,126 +21956,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жаңақорған кенті </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z266" w:id="240"/>
+          <w:bookmarkStart w:name="z266" w:id="243"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.88576 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="240"/>
+          <w:bookmarkEnd w:id="243"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.22705 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z267" w:id="241"/>
+          <w:bookmarkStart w:name="z267" w:id="244"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.90898 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="241"/>
+          <w:bookmarkEnd w:id="244"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.22795 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21984,70 +22104,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z268" w:id="242"/>
+          <w:bookmarkStart w:name="z268" w:id="245"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="242"/>
+          <w:bookmarkEnd w:id="245"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22153,126 +22273,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төменарық елді мекенінің тұсында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z269" w:id="243"/>
+          <w:bookmarkStart w:name="z269" w:id="246"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.01756 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="243"/>
+          <w:bookmarkEnd w:id="246"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.02686 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z270" w:id="244"/>
+          <w:bookmarkStart w:name="z270" w:id="247"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.03209 ºC</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="244"/>
+          <w:bookmarkEnd w:id="247"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.00165 ºB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22301,157 +22421,211 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z271" w:id="245"/>
+          <w:bookmarkStart w:name="z271" w:id="248"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шомылу жүзеге асырыл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="245"/>
+          <w:bookmarkEnd w:id="248"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 майды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="246"/>
+    <w:bookmarkStart w:name="z272" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: Қызылорда облысының аумағында орналасқан су объектілерінде шомылуға тыйым салынған жерлер тізбесі "Қазақстан Республикасы төтенше жағдайлар министрлігі Қызылорда облысының төтенше жағдайлар департаменті" мемлекеттік мекемесімен ұсынылған ақпаратқа сәйкес қалыптастырылды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22781,35 +22955,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>