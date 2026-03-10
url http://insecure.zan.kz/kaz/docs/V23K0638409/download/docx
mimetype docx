--- v0 (2025-11-09)
+++ v1 (2026-03-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3066a48" w14:textId="3066a48">
+    <w:p w14:paraId="e815052" w14:textId="e815052">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -559,654 +559,668 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 18 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№33 шешіміне қосымша</w:t>
+              <w:t>№ 33 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарағанды облысының ауылдық жерлеріне және кенттеріне, аудандық және облыстық маңызы бар қалаларына жұмыс істеуге жіберілген медицина және фармацевтика қызметкерлеріне әлеуметтік қолдау көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Қарағанды облыстық мәслихатының 26.06.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Қарағанды облыстық мәслихатының 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 296</w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Қарағанды облысының ауылдық жерлеріне және кенттеріне, аудандық және облыстық маңызы бар қалаларына жұмыс істеуге жіберілген медицина және фармацевтика қызметкерлеріне әлеуметтік қолдау көрсету тәртібі ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеуге жіберілген медициналық және фармацевтикалық қызметкерлерге әлеуметтік қолдау шараларын, сондай-ақ қаржыландыру мен төлемдерді қабылдау тәртібін айқындайды.</w:t>
+      1. Осы Қарағанды облысының ауылдық жерлеріне және кенттеріне, аудандық және облыстық маңызы бар қалаларына жұмыс істеуге жіберілген медицина және фармацевтика қызметкерлеріне әлеуметтік қолдау көрсету тәртібі (ары қарай - Тәртіп) ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеуге жіберілген медициналық және фармацевтикалық қызметкерлерге әлеуметтік қолдау шараларын қабылдау тәртібін, сондай-ақ қаржыландыру және төлем төлеуді айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) әлеуметтік қолдау көрсету жөніндегі уәкілетті орган (бұдан әрі – уәкілетті орган) – "Қарағанды облысының денсаулық сақтау басқармасы" мемлекеттік мекемесі;</w:t>
+      1) әлеуметтік қолдау көрсету жөніндегі уәкілетті орган (бұдан әрі - уәкілетті орган) – "Қарағанды облысының денсаулық сақтау басқармасы" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жұмыс беруші – медицина және фармацевтика қызметкерімен еңбек шартын жасасқан, тиісті бюджеттен қаржыландырылатын денсаулық сақтау ұйымы;</w:t>
+      2) жұмыс беруші - медицина және фармацевтика қызметкерімен еңбек шартын жасасқан, тиісті бюджеттен қаржыландырылатын денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеуге жіберілген медицина және фармацевтика қызметкерлері (бұдан әрі – қызметкерлер) – кәсіби медициналық немесе фармацевтикалық білімі бар, медициналық немесе фармацевтикалық қызметті жүзеге асыратын, уәкілетті орган жұмыс істеу үшін ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жіберілген жеке тұлғалар.</w:t>
+      3) ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеуге жіберілген медицина және фармацевтика қызметкерлері (бұдан әрі - қызметкерлер) - кәсіптік медициналық немесе фармацевтикалық білімі бар, медициналық немесе фармацевтикалық қызметті жүзеге асыратын, уәкілетті орган жұмыс істеу үшін ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жіберген жеке тұлғалар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қызметкерлерді әлеуметтік қолдау (бұдан әрі – әлеуметтік қолдау) ауылдық жерге және кенттерге, аудандық және облыстық маңызы бар қалаларға кемінде бес жыл мерзімге жіберілетін мамандарға әлеуметтік кепілдік ретінде бюджет қаражаты есебінен жүзеге асырылатын біржолғы көмек болып табылады.</w:t>
+      3. Қызметкерлерді әлеуметтік қолдау (бұдан әрі - әлеуметтік қолдау) – Қарағанды облысының ауылдық жерлеріне және кенттеріне, аудандық және облыстық маңызы бар қалаларына жіберілетін медицина және фармацевтика қызметкерлерімен еңбек шартын және әлеуметтік қолдау шараларын ұсыну туралы келісім жасаса отырып, ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жіберілетін мамандық бойынша лауазымында толық (1,0) мөлшерлемемен кемінде бес жыл мерзімге жіберілетін мамандарға әлеуметтік кепілдік ретінде бюджет қаражаты есебінен жүзеге асырылатын біржолғы көмек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бес жылдық кезеңге қызметкердің жалақысы сақталмайтын демалыста, бала күтімі бойынша жалақысы сақталмайтын демалыста болған уақыты, сондай-ақ еңбекке уақытша жарамсыздық туралы парақпен куәландырылған екі айдан астам еңбекке уақытша жарамсыздық мерзімі енгізілмейді.</w:t>
+      4. Ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеу үшін жіберілетін медицина және фармацевтика қызметкерлеріне мынадай мөлшерде әлеуметтік қолдау көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жұмыс істеу үшін жіберілетін медицина және фармацевтика қызметкерлеріне мынадай мөлшерде әлеуметтік қолдау көрсетіледі:</w:t>
+      акушер-гинеколог дәрігері, педиатр дәрігері, жалпы практика дәрігері, анестезиолог-реаниматолог дәрігері (ересектер мен балалар), - 8 500 000 (бес миллион) теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      акушер-гинеколог дәрігері, педиатр дәрігері, жалпы практика дәрігері, анестезиолог-реаниматолог дәрігері (ересектер мен балалар) – 8 500 000 (сегіз миллион бес жүз мың) теңге;</w:t>
+      кардиолог дәрігері, кардиолог дәрігері (интервенциялық), терапевт дәрігері, нейрохирург дәрігері, рентгенолог дәрігері, реабилитолог дәрігері, неонатолог дәрігері - 5 000 000 (бес миллион) теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кардиолог дәрігері, кардиолог дәрігері (интервенциялық), терапевт дәрігері, нейрохирург дәрігері, рентгенолог дәрігері, реабилитолог дәрігері, неонатолог дәрігері – 5 000 000 (бес миллион) теңге;</w:t>
+      хирург дәрігері, невропатолог дәрігері, офтальмолог дәрігері - 3 000 000 (үш миллион) теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      хирург дәрігері, невропатолог дәрігері, офтальмолог дәрігері – 3 000 000 (үш миллион) теңге;</w:t>
+      акушер, фармацевт, медбике, фельдшер - 1 500 000 (бір жарым миллион) теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      акушер, фармацевт, медбике, фельдшер – 1 500 000 (бір жарым миллион) теңге.</w:t>
+      5. Әлеуметтік қолдау алуға мамандығы бойынша 5 (бес) жылға дейін нақты жұмыс өтілі бар жас маман немесе шақырылған қызметкер құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Мамандығы бойынша 5 (бес) жылға дейін нақты жұмыс өтілі бар жас маман немесе шақырылған қызметкер әлеуметтік қолдау алуға құқылы.</w:t>
+      6. Уәкілетті орган ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жіберілген әлеуметтік қолдау алуға үміткер болатын тұлғалар үшін конкурс өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Уәкілетті орган ауылдық жерлерге және кенттерге, аудандық және облыстық маңызы бар қалаларға жіберілген әлеуметтік қолдау алуға үміткер тұлғалар үшін конкурс өткізеді.</w:t>
+        <w:t xml:space="preserve">
+      7. Уәкілетті органға ұсынылатын өтініш, құжаттар (жеке куәліктің көшірмесі, жоғары немесе орта білім туралы дипломның көшірмесі, маман сертификаты, еңбек кітапшасының не қызметкердің еңбек өтілін растайтын Қазақстан Республикасы Еңбек кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік медициналық ұйымға жұмысқа қабылданғаны туралы өзге құжаттың көшірмесі, есеп айырысу шотының нөмірі көрсетілген банктен үзінді көшірме) ұсынылған күннен бастап 15 жұмыс күні ішінде қаралады. Шешім Уәкілетті органның хаттамасымен ресімделеді</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Уәкілетті органға ұсынылатын өтініш пен құжаттар (жеке куәліктің көшірмесі, жоғары білімі туралы дипломның көшірмесі, еңбек кітапшасының көшірмесі, мемлекеттік медициналық ұйымға жұмысқа қабылдау туралы бұйрықтың көшірмесі) күнтізбелік 15 күн ішінде қаралады.</w:t>
+      8. Қарағанды облысының ауылдық жерлерінде және кенттерінде, аудандық және облыстық маңызы бар қалаларында тұратын және жұмыс істейтін медицина және фармацевтика қызметкерлеріне әлеуметтік қолдау көрсетілмейді және Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмыс істеуден босатылатын адамдарға берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Қарағанды облысының ауылдық жерлерінде және кенттерінде, аудандық және облыстық маңызы бар қалаларында тұратын және жұмыс істейтін медицина және фармацевтика қызметкерлеріне әлеуметтік қолдау көрсетілмейді және Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмыспен өтеуден босатылған тұлғаларға қолданылмайды.</w:t>
+      9. Қызметкерге әлеуметтік қолдау көрсету облыстық бюджет қаражаты есебінен оның дербес шотына аудару жолымен жүзеге асырылады және уәкілетті органның хаттамасы негізінде төленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9. Қызметкерге әлеуметтік қолдау көрсету облыстық бюджет қаражаты есебінен оның дербес шотына аудару жолымен жүзеге асырылады және уәкілетті органның хаттамасы, сондай-ақ қызметкермен еңбек шартын жасасу негізінде төленеді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Әлеуметтік қолдау шараларын қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Әлеуметтік қолдау шараларын қабылдау тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Уәкілетті органның жолдамасы бойынша жұмыс беруші Қазақстан Республикасының Еңбек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес қызметкермен еңбек шартын жасасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарына сәйкес қызметкермен еңбек шартын жасасады.</w:t>
+        <w:t>
+      11. Уәкілетті орган қызметкерді өндірістік қажеттілікке байланысты ауыстыру туралы шешім қабылдаған жағдайда, ауылдық жерлерде және кенттерде, аудандық және облыстық маңызы бар қалаларда орналасқан медициналық және фармацевтикалық ұйымдар арасында қызметкерге әлеуметтік қолдау алу құқығы сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Уәкілетті орган қызметкерді өндірістік қажеттілікке байланысты ауыстыру туралы шешім қабылдаған жағдайда, ауылдық жерлерде және кенттерде, аудандық және облыстық маңызы бар қалаларда орналасқан медициналық және фармацевтикалық ұйымдар арасында қызметкерге әлеуметтік қолдау алу құқығы сақталады.</w:t>
+      Мұндай жағдайда басқа ауылдық жерде орналасқан медициналық және фармацевтикалық ұйымға ауысқаны үшін әлеуметтік қолдау қайтадан көрсетілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мұндай жағдайда басқа ауылдық жерде орналасқан медициналық және фармацевтикалық ұйымға ауысқаны үшін әлеуметтік қолдау қайтадан көрсетілмейді.</w:t>
+      12. Қызметкердің не жұмыс берушінің бастамасы бойынша еңбек шарты мерзімінен бұрын бұзылған жағдайда, Уәкілетті орган Қазақстан Республикасының қолданыстағы заңнамасында белгіленген тәртіппен талап арыз беру жолымен қызметкерге бұрын аударылған бюджет қаражатын толық көлемде облыстық бюджеттің кірісіне қайтару бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Қызметкердің не жұмыс берушінің бастамасы бойынша еңбек шарты мерзімінен бұрын бұзылған жағдайда, жұмыс беруші Қазақстан Республикасының қолданыстағы заңнамасында белгіленген тәртіппен талап арыз беру арқылы бұрын аударылған бюджет қаражатын облыстық бюджеттің кірісіне қайтару жөнінде шаралар қабылдайды.</w:t>
+      Қызметкердің бастамасы бойынша еңбек қатынастары мерзімінен бұрын бұзылған жағдайда, қызметкер бұрын аударылған ақшалай қаражатты 3 жұмыс күні ішінде қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек қатынастары мерзімінен бұрын бұзылған кезде бұрын төленген ақшалай қаражатты қайтару еңбек шартында көзделеді.</w:t>
+      13. Жұмыс беруші еңбек шарты бұзылған сәттен бастап 10 жұмыс күнінен кешіктірмей бұл туралы уәкілетті органға хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Жұмыс беруші қызметкер әлеуметтік қолдау алу құқығынан айырылған сәттен бастап 10 жұмыс күнінен кешіктірмей (еңбек шарты бұзылған жағдайда) бұл туралы уәкілетті органға хабарлайды.</w:t>
+      14. Осы тәртіптің орындалуын бақылауды уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1238,55 +1252,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>