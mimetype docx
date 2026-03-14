--- v0 (2025-12-27)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8cf4098" w14:textId="8cf4098">
+    <w:p w14:paraId="b4fa0c9" w14:textId="b4fa0c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ұлытау облысы мектепке дейінгі ұйымдарында әлеуметтік осал топтағы отбасылардан шыққан мектеп жасына дейінгі балаларды тамақтандыру шығыстарын өтеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ұлытау облысы әкімдігінің 2023 жылғы 16 қазандағы № 57/01 қаулысы. Ұлытау облысының Әділет департаментінде 2023 жылғы 18 қазанда № 60-20 болып тіркелді</w:t>
+        <w:t>Ұлытау облысы әкімдігінің 2023 жылғы 16 қазандағы № 57/01 қаулысы. Ұлытау облысының Әділет департаментінде 2023 жылғы 18 қазанда № 60-20 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -272,51 +272,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мүгедектігі бар балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көп балалы отбасылардан шыққан балаларға;</w:t>
+      3) атаулы әлеуметтік көмек алуға құқығы бар көпбалалы отбасылардан шыққан балаларға, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең төмен күнкөріс деңгейінен төмен көпбалалы отбасылардан шыққан балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттiк немесе қоғамдық мiндеттерiн, әскери қызметiн орындау кезiнде, ғарыш кеңістігіне ұшуды дайындау немесе жүзеге асыру кезінде, адам өмiрiн құтқару кезiнде, құқық тәртiбiн қорғау кезiнде қаза тапқан (қайтыс болған) адамдардың отбасыларынан шыққан балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
@@ -336,50 +336,112 @@
         <w:t>
       5) атаулы әлеуметтік көмек алуға құқығы бар отбасылардан шыққан балаларға, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең төмен күнкөріс деңгейінен төмен отбасылардан шыққан балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мүгедектігі бар балалары бар немесе оларды тәрбиелеп отырған отбасылардан шыққан балаларға.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - Ұлытау облысы әкімдігінің 16.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулының орындалуын бақылау облыс әкімі аппаратының басшысына жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -563,55 +625,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -937,31 +999,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>