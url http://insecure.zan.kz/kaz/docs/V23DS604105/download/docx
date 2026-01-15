--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5bc7389" w14:textId="5bc7389">
+    <w:p w14:paraId="8dbac33" w14:textId="8dbac33">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1887,306 +1887,856 @@
         <w:t>
       9. Әлеуметтік көмек мұқтаж азаматтардың жекелеген санаттарына бір рет және (немесе) кезеңді (ай сайын) көрсетіледі, атап айтқанда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z24" w:id="49"/>
+    <w:bookmarkStart w:name="z12" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z25" w:id="50"/>
-[...15 lines deleted...]
-      жергілікті өкілді органдар ең төмен күнкөріс деңгейіне еселік қатынаста белгілеген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оның мүлкіне зиян келтірілген жағдайда (растайтын құжат болған жағдайда) бір рет – 400 (төрт жүз) айлық есептік көрсеткіш;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z26" w:id="51"/>
-[...15 lines deleted...]
-      дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бас бостандығынан айыру орындарынан босатылған адамдарға бір рет – 15 (он бес) айлық есептік көрсеткіш:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z18" w:id="52"/>
-[...15 lines deleted...]
-      оның мүлкіне зиян келтірілген жағдайда (растайтын құжат болған жағдайда) бір рет – 200 (екі жүз) айлық есептік көрсеткіш;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пробация қызметінің есебінде тұрған адамдарға бір рет – 15 (он бес) айлық есептік көрсеткіш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік маңызы бар аурулардың салдарынан тыныс–тіршілігінің шектелуі деп танылған тұлғалар (отбасы):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z19" w:id="53"/>
-[...15 lines deleted...]
-      табиғи зілзаланың немесе өрттің салдары туындаған кезде әлеуметтік көмекке өтініш білдіру мерзімі – үш ай;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік маңызы бар ауруымен диспансерлік есепте тұрған адамдарға жан басына шаққандағы орташа кірісін есепке алмай ай сайын 7 (жеті) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-      2) бас бостандығынан айыру орындарынан босатылған адамдарға жан басына шаққандағы орташа табысы есепке алынып бір рет – 15 (он бес) айлық есептік көрсеткіш:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамның иммунитет тапшылығы вирусын жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне әлеуметтік көмек ай сайын жан басына шаққандағы орташа табысы есепке алынбай, тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      пробация қызметінің есебінде тұрған адамдарға жан басына шаққандағы орташа табысы есепке алынып бір рет – 15 (он бес) айлық есептік көрсеткіш;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жан басына шаққандағы орташа табысы облыс бойынша ең төмен күнкөріс деңгейіне еселік қатынаста 70 пайыздық шектен аспайтын, балалары мектепке дейінгі білім беру ұйымдарында тәрбиеленетін және оқитын отбасыларға тәрбиелеуге әлеуметтік көмек ай сайын – 5 (бес) айлық есептік көрсеткіш мөлшерінде төленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      3) әлеуметтік маңызы бар аурулардың салдарынан тыныс–тіршілігінің шектелуі деп танылған тұлғалар (отбасы):</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 9-тармаққа өзгерістер енгізілді - Алматы облысы Ұйғыр аудандық мәслихатының 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-49-230</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Әлеуметтік көмек көрсету тәртібі көрсетілетін әлеуметтік көмекті тоқтату және қайтару үшін негіздер Үлгілік қағидаларға сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек алушылардың өтініштері талап етілмей көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z22" w:id="57"/>
-[...15 lines deleted...]
-      әлеуметтік маңызы бар ауруымен диспансерлік есепте тұрған адамдарға жан басына шаққандағы орташа кірісін есепке алмай ай сайын 7 (жеті) айлық есептік көрсеткіш мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың санаттарын Алматы облысы ЖАО айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z23" w:id="58"/>
-[...15 lines deleted...]
-      адамның иммунитет тапшылығы вирусын жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне әлеуметтік көмек ай сайын жан басына шаққандағы орташа табысы есепке алынбай, тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмекті алушылардың тізімдері мемлекеттік корпорацияға не өзге ұйымдарға сұрау салу негізінде не уәкілетті мемлекеттік органның ақпараттық жүйелерінен электрондық түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      4) жан басына шаққандағы орташа табысы облыс бойынша ең төмен күнкөріс деңгейіне еселік қатынаста 70 пайыздық шектен аспайтын, балалары мектепке дейінгі білім беру ұйымдарында тәрбиеленетін және оқитын отбасыларға тәрбиелеуге әлеуметтік көмек ай сайын – 5 (бес) айлық есептік көрсеткіш мөлшерінде төленеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мұқтаж азаматтардың жекелеген санаттарына берілетін әлеуметтік көмекті алу үшін өтініш беруші өзінің немесе отбасының атынан (немесе өкілі, Қазақстан Республикасы Азаматтық кодексінің 167-бабына сәйкес берілген сенімхат бойынша) жергілікті әлеуметтік көмек көрсету жөніндегі уәкілетті органға немесе кент, ауыл, ауылдық округ әкіміне немесе мемлекеттік корпорацияға Үлгілік қағидалардың 1-қосымшасына сәйкес нысан бойынша жазбаша өтінішпен немесе Үлгілік қағидалардың 1-1-қосымшасына сәйкес нысан бойынша порталға электрондық түрдегі өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z34" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жазбаша өтініш берген кезде құжаттарды қабылдайтын маман "электрондық үкімет" шлюзі арқылы мемлекеттік органдардың және (немесе) ұйымдардың тиісті ақпараттық жүйелеріне (бұдан әрі – АЖ) Үлгілік қағидалардың 1-2-қосымшасына сәйкес нысанда сұрау салу қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z35" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЖ-да мәліметтер сәйкес келмеген (болмаған) кезде өтініш беруші өтінішке мынадай құжаттарды қоса береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z36" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)Жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z37" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алынған электрондық құжат (жеке басты сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z38" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамның (отбасы мүшелерінің) табысы туралы мәліметтер (адамның (отбасы мүшелерінің) табысына қарамай тағайындалатын әлеуметтік көмекті алу үшін адамның (отбасы мүшелерінің) табысы туралы мәліметтер ұсынылмайды);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z39" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мұқтаждар санатына жатқызу негіздерінің болу фактісін растайтын төменде көрсетілген құжаттардың бірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z40" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүлей апат салдарынан азаматқа (отбасына) не оның мүлкіне зиян келу фактісін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z41" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келу фактісін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z42" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік маңызы бар аурудың болу фактісін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z43" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бас бостандығынан айыру орындарынан босатылу, пробация қызметінің есебінде болу фактісін растайтын құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z44" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші толық емес құжаттар топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған кезде Үлгілік қағидалардың 1-3-қосымшасына сәйкес нысан бойынша әлеуметтік көмек көрсетуге өтініш қабылдаудан бас тарту туралы қол хат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z45" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші әлеуметтік көмекке портал арқылы электронды түрде жүгінген кезде мемлекеттік органдардың және (немесе) ұйымдардың АЖ-на қажетті мәліметтерді алу үшін өтініш берушінің өзі сұрау салады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z46" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте мемлекеттік органдардың және (немесе) ұйымдардың АЖ-нан келіп түскен электрондық өтініш пен мәліметтерді өтініш беруші өзінің ЭЦҚ-мен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Өтініштерді, оның ішінде электрондық өтініштерді әлеуметтік көмек көрсету жөніндегі уәкілетті орган түскен жұмыс күні ішінде, ал жұмыс күнінен тыс келіп түскен жағдайда – өтініш түскен күннен кейінгі бірінші жұмыс күні тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z48" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілік қағидалардың 8-тармағы 1), 2) және 4) тармақшаларында көрсетілген негіздер бойынша мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетуге өтініш түскен кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган немесе кент, ауыл, ауылдық округ әкімі өтініш берушінің құжаттарын тұлғаның (отбасының) материалдық жағдайын зерттеп-қарау үшін 1 (бір) жұмыс күні ішінде учаскелік комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 9-тармаққа өзгерістер енгізілді - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 13-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2194,593 +2744,611 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Әлеуметтік көмек көрсету тәртібі көрсетілетін әлеуметтік көмекті тоқтату және қайтару үшін негіздер Үлгілік қағидаларға сәйкес айқындалады.</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+      14. Әлеуметтiк көмек:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алушы қайтыс болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z73" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушы ауданның шегiнен тыс тұрақты тұруға кеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z74" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушыны мемлекеттiк медициналық-әлеуметтiк мекемелерге тұруға жiберген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z75" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) алушы ұсынған мәлiметтердiң дәйексiздiгi анықталған жағдайларда тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z76" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтiк көмектi төлеу көрсетiлген жағдайлар туындаған айдан бастап тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z77" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Артық төленген сомалар ерiктi немесе Қазақстан Республикасының азаматтық заңнамасында белгiленген тәртiппен қайтаруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z78" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Әлеуметтік көмек көрсету мониторингі мен есепке алуды уәкілетті орган "Е-Собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Әлеуметтік көмек көрсету үшін құжаттар жетіспеген жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек көрсетуге ұсынылған құжаттарды қарау үшін қажетті мәліметтерді тиісті органдардан сұратады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z51" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қажетті құжаттардың бүлінуіне, жоғалуына байланысты өтініш берушінің оларды ұсынуға мүмкіндігі болмаған жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек тағайындау туралы шешімді өзге уәкілетті органдар мен ұйымдардың тиісті мәліметтерді қамтитын деректері негізінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="77"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z52" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Үлгілік қағидалардың 15 және 16-тармақтарында көрсетілген жағдайларда әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіден немесе кент, ауыл, ауылдық округ әкімінен құжаттарды қабылдаған күннен бастап 20 (жиырма) жұмыс күні ішінде әлеуметтік көмек көрсету не көрсетуден бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z53" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсетуден бас тарту негіздері анықталған кезде әлеуметтік көмек көрсету жөніндегі уәкілетті орган шешім қабылдағанға дейін кемінде үш жұмыс күні бұрын өтініш берушіні бас тарту туралы алдын ала шешім туралы, сондай-ақ алдын ала шешім бойынша ұстанымды білдіруге мүмкіндік беру үшін тыңдау өткізілетіні туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z54" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсету жөніндегі уәкілетті орган тыңдаудың уақыты мен күнін белгілейді, ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z55" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушіні бейнеконференц-байланыс немесе өзге де коммуникация құралдары арқылы тыңдауға шақыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z56" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақпараттық жүйелерді пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z57" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушіге өзінің ұстанымын баяндауға мүмкіндік беретін өзге де байланыс тәсілдері арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z58" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші әкімшілік істі алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде алдын ала шешімге қарсылығын білдіруге немесе айтуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z59" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші өз қарсылығын ауызша білдірген жағдайда әлеуметтік көмек көрсету жөніндегі уәкілетті орган, лауазымды тұлға тыңдау хаттамасын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z60" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік көмек көрсету жөніндегі уәкілетті орган, лауазымды тұлға өтініш берушіні тыңдау хаттамасымен танысуға мүмкіндігімен қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z61" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші танысқаннан кейін үш жұмыс күні ішінде тыңдау хаттамасына өз ескертулерін беруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z62" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертулерді қарау нәтижелері бойынша әлеуметтік көмек көрсету жөніндегі уәкілетті орган Үлгілік қағидалардың 4-қосымшасына сәйкес нысан бойынша әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 13-тармақ жаңа редакцияда - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 19-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2788,611 +3356,879 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Әлеуметтiк көмек:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="79"/>
+      20. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіге Үлгілік қағидалардың 5-қосымшасына (бас тартқан жағдайда – Үлгілік қағидалардың 6-қосымшасына) сәйкес әлеуметтік көмек көрсету туралы қабылданған шешім туралы хабарлама жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер әлеуметтік көмек көрсетуге өтініште мобильді азаматтар базасында тіркелген ұялы телефон нөмірі көрсетілсе, әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарлама өтініш берушінің ұялы телефонына sms-хабарлама жіберу арқылы автоматты режимде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z65" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің ұялы телефонына sms-хабарлама жіберу мүмкіндігі болмаса, әлеуметтік көмек көрсету жөніндегі уәкілетті орган немесе мемлекеттік корпорация әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарламаны басып шығарады және оны өтініш беруші өзі келген кезде береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z66" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш портал арқылы берілген болса, әлеуметтік көмек көрсету (көрсетуден бас тарту) туралы хабарлама шешім қабылданған күннен бастап бір жұмыс күні ішінде өтініш берушінің жеке кабинетіне портал арқылы автоматты режимде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 20-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z69" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) адамның (отбасының) материалдық жағдайына тексеру жүргізуден өтініш беруші бас тартқан, жалтарған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z70" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адамның (отбасының) жан басына шаққандағы орташа табысы әлеуметтік көмек көрсету үшін жергілікті өкілді органдар белгілеген шектен артық болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z71" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті мемлекеттік органның ақпараттық жүйесінен әлеуметтік көмек тағайындау, осы негіз бойынша төлемді жүзеге асыруға өтініш беру фактісін растайтын мәліметтер алынған жағдайларда әлеуметтік көмек көрсетуден бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 21-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация әлеуметтік көмек көрсету жөніндегі уәкілетті органнан алынған әлеуметтік көмек сомаларын әлеуметтік көмек алушылардың банктік шоттарына аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 22-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушы қайтыс болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...137 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z76" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушының Ұйғыр ауданының шегінен тыс тұрақты тұруға шығуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z77" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушы мемлекеттік медициналық-әлеуметтік мекемелерге тұруға жіберілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z78" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z79" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік көмек көрсетуге негіз болмай қалғаны туралы мәліметтер анықталған жағдайларда әлеуметтік көмек көрсету тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z80" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 3) тармақшасы Үлгілік қағидалардың 8-тармағының 1) және 2) тармақшаларында көрсетілген негіздер бойынша тағайындалған әлеуметтік көмекті төлеуге қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z81" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 1)-3) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмек төлеу көрсетілген мән-жайлар басталғаннан кейінгі айдан бастап тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z82" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың 4) және 5) тармақшаларында көрсетілген негіздер бойынша әлеуметтік көмекті төлеу көрсетілген мән-жайлар басталған күннен бастап тоқтатылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z83" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші 10 (он) жұмыс күн ішінде әлеуметтік көмек көрсету жөніндегі уәкілетті органға тұрғылықты жеріндегі (оның ішінде Қазақстан Республикасынан тыс жерлерге шығуды қоса алғанда), жеке деректері мен банктік деректемелерінің өзгерістері туралы хабарлауға міндеттенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 23-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="86"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Әлеуметтік көмектің артық төленген сомалары ерікті түрде қайтарылады, заңсыз алынған сомалар ерікті түрде немесе сот тәртібімен қайтарылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 24-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="87"/>
-[...218 lines deleted...]
-    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды әлеуметтік көмек көрсету жөніндегі уәкілетті орган "Е-собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 19-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 25-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3400,149 +4236,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган өтініш берушіге Үлгілік қағидалардың 5-қосымшасына (бас тартқан жағдайда – Үлгілік қағидалардың 6-қосымшасына) сәйкес әлеуметтік көмек көрсету туралы қабылданған шешім туралы хабарлама жолдайды.</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
+      26. Атаулы күндер мен мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру үшін әлеуметтік көмек көрсету жөніндегі уәкілетті орган зейнетақы мен жәрдемақы алатын белсенді азаматтардың мәліметтерін алуға уәкілетті мемлекеттік органның ақпараттық жүйелеріне сұрау салуға бастама жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зейнетақы мен әлеуметтік көмек көрсету жәрдемақысын алушылар жөніндегі мәліметтер Үлгілік қағидалардың 7-қосымшасына сәйкес нысан бойынша қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 20-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 26-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3550,169 +4346,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Мынадай:</w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
+      27. Әлеуметтік көмек көрсету туралы шешім қабылдаған кезде уәкілетті мемлекеттік органның ақпараттық жүйелері арқылы әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмекті мемлекеттік корпорация арқылы төлеу процесіне бастама жасайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 21-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 27-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3720,109 +4436,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+      28. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган қабылдаған әлеуметтік көмек көрсету туралы шешім негізінде мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      біржолғы төлемдер бойынша – күн сайын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z91" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ай сайынғы және тоқсан сайынғы төлемдер бойынша – төлем жасалатын айға дейінгі айдың 29-ы күніне әлеуметтік көмек төлеуге бюджет қаражатына сұраныс қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 22-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Ескерту. 28-тармақпен толықтырылды - Алматы облысы Ұйғыр аудандық мәслихатының 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3830,873 +4566,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Мынадай:</w:t>
-[...778 lines deleted...]
-        <w:t>
       29. Сұраныс қалыптастырылғаннан кейін мемлекеттік корпорация келесі жұмыс күнінен кешіктірмей әлеуметтік көмек көрсету жөніндегі уәкілетті органға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="118"/>
+    <w:bookmarkStart w:name="z93" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім түскен күннен бастап 2 жұмыс күні ішінде мемлекеттік корпорацияға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінімде көзделген сома шегінде ақшалай қаражат аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z94" w:id="119"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z94" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган төлем жасалатын айға дейінгі айдың 27-сі күнінен кейін түскен өтінімдер бойынша мемлекеттік корпорацияға төлем жасалатын айдың 1-іне дейін әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінімде көзделген сома шегінде ақшалай қаражат аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5138,55 +5094,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>