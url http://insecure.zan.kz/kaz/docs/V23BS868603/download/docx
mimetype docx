--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="52d90d0" w14:textId="52d90d0">
+    <w:p w14:paraId="cda954f" w14:textId="cda954f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2304,87 +2304,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Әлеуметтік көмек толық мемлекеттік қамтамасыз етудегі адамдарды қоспағанда, мұқтаж азаматтардың келесі санаттарына өтініш бойынша кірістерді есепке алмағанда көрсетіледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      денсаулық сақтау ұйымдарында есепте тұрған әлеуметтік маңызы бар аурулары (адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру, бірінші типті қант диабеті, миокардтың жіті инфаргі (алғашқы 6 ай), орфандық аурулар), бар адамдарға (отбасыларға) аурулардың бір түрі бойынша жылына 1 рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      денсаулық сақтау ұйымдарында есепте тұрған әлеуметтік маңызы бар аурулары (адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру, бірінші типті қант диабеті, миокардтың жіті инфаргі (алғашқы 6 ай), орфандық аурулар, созылмалы вирустық гепатиттер және бауыр циррозы, психикалық, мінез-құлық бұзылыстары (аурулар), балалардың церебральды сал ауруы, ревматизм, дәнекер тінінің жүйелі зақымдануы, жүйке жүйесінің дегенеративті аурулары, орталық жүйке жүйесінің демиелинизациялық аурулары) бар адамдарға (отбасыларға) аурулардың бір түрі бойынша жылына 1 рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспансерлік есепте тұрған адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауруды жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне ай сайын 2 (екі) ең төменгі күнкөріс деңгейі мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      денсаулық сақтау ұйымдарында есепте тұрған бірінші типті қант диабеті, миокардтың жіті инфаргі (алғашқы 6 ай), орфандық аурулар ауруы бар балалардың ата-аналарына немесе өзге де заңды өкілдеріне аурулардың бір түрі бойынша жылына 1 рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      денсаулық сақтау ұйымдарында есепте тұрған бірінші типті қант диабеті, миокардтың жіті инфаргі (алғашқы 6 ай), орфандық аурулар, созылмалы вирустық гепатиттер және бауыр циррозы, психикалық, мінез-құлық бұзылулары (аурулары), балалардың церебралдық сал ауруы, ревматизм, дәнекер тіннің жүйелі зақымданулары, нерв жүйесінің дегенерациялық аурулары, орталық нерв жүйесінің миелинсіздендіруші аурулары бар балалардың ата-аналарына немесе өзге де заңды өкілдеріне аурулардың бір түрі бойынша жылына 1 рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       денсаулық сақтау ұйымдарында есепте тұрған және кешенді ем қабылдап жүрген қатерлі ісіктері бар адамдарға жылына 1 рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2612,51 +2612,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-баптарында</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 8 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2734,117 +2754,155 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі, бір рет үш айдан кешіктірмей 100 (жүз) айлық есептік көрсеткіш шекті мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      аз қамтылған отбасылардан шыққан студенттерге ай сайын жол жүру билетінің толық құнын өтеуге;</w:t>
+      аз қамтылған отбасылардан шыққан студенттерге қалалық қоғамдық көлікте жол жүру билетінің толық құнын өтеуге ай сайын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үйде арнаулы әлеуметтік қызметтер алатын, жергілікті (пешпен) жылытылатын жеке тұрғын үйлерде тұратын, оның меншік иесі (жалдаушысы) болып табылатын, оларда басқа тұрғын үй болмаған кезде жалғыз тұратын зейнеткерлерге қатты отын сатып алуға жылына 1 рет 3 (үш) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18 жасқа дейінгі мүгедектігі бар балалардың ата-аналарына немесе өзге де заңды өкілдеріне дәрігерлік-консультациялық комиссияның қорытындысы мен төлем туралы құжаттарының негізінде, мүгедектігі бар балалардың бассейнге баруына арналған абонемент құнын өтеуге, ай сайын, жылына 6 (алты) айдан артық емес 5 (бес) айлық есептік көрсеткіш шекті мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Ақмола облысы Бурабай аудандық мәслихатының 06.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8С-31/1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен; өзгеріс енгізілді - Ақмола облысы Бурабай аудандық мәслихатының 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2026 жылғы 1 қаңтардан бастап күшіне енетін 1-қосымшаның 11-тармағының 2, 4 және 19-абзацтарын қоспағанда, оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3743,55 +3801,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4117,31 +4175,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>