--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="88d12b9" w14:textId="88d12b9">
+    <w:p w14:paraId="aa5f61c" w14:textId="aa5f61c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2714,51 +2714,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өрт салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі, бір рет үш айдан кешіктірмей өтініш бойынша 100 (жүз) айлық есептік көрсеткіш шекті мөлшерінде, кірістерді есепке алмағанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) денсаулық сақтау ұйымдарында есепте тұрған әлеуметтік маңызы бар аурулары (адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру, қатерлі ісіктер, бірінші типті қант диабеті) бар адамдарға (отбасыларға) аурулардың бір түрі бойынша жылына 1 рет өтініш бойынша 15 (он бес) айлық есептік көрсеткіш шекті мөлшерінде, кірістерді есепке алмағанда;</w:t>
+      3) денсаулық сақтау ұйымдарында есепте тұрған әлеуметтік маңызы бар аурулары (адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру, қатерлі ісіктер, бірінші типті қант диабеті, орфандық аурулар) бар адамдарға (отбасыларға) аурулардың бір түрі бойынша жылына 1 рет өтініш бойынша 15 (он бес) айлық есептік көрсеткіш шекті мөлшерінде, кірістерді есепке алмағанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Ақмола облысы денсаулық сақтау басқармасының жанындағы "Жарқайың аудандық ауруханасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының тізімі негізінде денсаулық сақтау ұйымдарында есепте тұрған, туберкулез ауруы бар адамдарға өтініш бермей ай сайын 15 (он бес) айлық есептік көрсеткіш шекті мөлшерінде, кірістерді есепке алмағанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3151,82 +3151,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) абилитациялаудың және оңалтудың жеке бағдарламасына сәйкес санаторийлік-курорттық емдеу қызметтері әзірленген мүгедектігі бар адамдарды қоспағанда, жасына байланысты зейнеткерлерге Қазақстан Республикасы шегінде санаторийлік-курорттық емделуге жолдаманың құнын өтеуге төлем туралы құжаттар негізінде екі жылда 1 рет өтініш бойынша 30 (отыз) айлық есептік көрсеткіш мөлшерінде, кірістерді есепке алмағанда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:br/>
-[...12 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - Ақмола облысы Жарқайың аудандық мәслихатының 12.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8C-49/2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен; өзгеріс енгізілді - Ақмола облысы Жарқайың аудандық мәслихатының 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-58/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4183,55 +4189,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4557,31 +4563,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>