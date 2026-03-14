--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26f5959" w14:textId="26f5959">
+    <w:p w14:paraId="3af75b2" w14:textId="3af75b2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,147 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Бірыңғай жинақтаушы зейнетақы қоры есептілігінің тізбесін, нысандарын, мерзімдерін және оларды табыс ету қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 тамыздағы № 167 қаулысына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 25 желтоқсандағы № 97 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 желтоқсанда № 33847 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 25 желтоқсандағы № 97 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 желтоқсанда № 33847 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 110 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -402,942 +490,926 @@
         </w:rPr>
         <w:t xml:space="preserve">
       "5) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есептің нысаны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының облыстары бойынша (салымшының (алушының) тұрғылықты жері бойынша) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есептің нысаны;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) осы қаулыға </w:t>
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-қосымшаға</w:t>
+        <w:t>19) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының облыстары бойынша (салымшының (алушының) тұрғылықты жері бойынша) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есептің нысаны;";</w:t>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19) осы қаулыға 19-қосымшаға сәйкес нысаналы жинақтардың төлемдері және қайтарылуы туралы есептің нысаны;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 20) және 21) тармақшалармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20) осы қаулыға 20-қосымшаға сәйкес нысаналы талаптар туралы есептің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осы қаулыға 21-қосымшаға сәйкес Бірыңғай жинақтаушы зейнетақы қорының есептілікті ұсыну қағидалары бекітілсін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Бірыңғай жинақтаушы зейнетақы қоры Қазақстан Республикасының Ұлттық Банкіне электрондық форматта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ай сайын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы қаулының 1-тармағының 2) және 4) тармақшаларында көзделген есептілікті есепті айдан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей, бірыңғай жинақтаушы зейнетақы қорының сыртқы басқаруға берілген зейнетақы активтері болған жағдайда – есепті айдан кейінгі айдың 20 (жиырмасынан) кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы қаулының 1-тармағының 3), 5), 6), 7), 9), 10), 11), 12), 13), 15), 16) және 19) тармақшаларында көзделген есептілікті – есепті айдан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тоқсан сайын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы қаулының 1-тармағының 8) және 14) тармақшаларында көзделген есептілікті – есепті тоқсаннан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы қаулының 1-тармағының 17) және 18) тармақшаларында көзделген есептілікті есепті тоқсаннан кейінгі айдың 25 (жиырма бесінен) кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жыл сайын – осы қаулының 1-тармағының 20) тармақшасында көзделген есептілікті есепті жылдан кейінгі жылдың 30 (отызыншы) сәуірінен кешіктірмей ұсынады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19) тармақша</w:t>
+        <w:t>1-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>5-қосымша</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      21) осы қаулыға 21-қосымшаға сәйкес Бірыңғай жинақтаушы зейнетақы қорының есептілікті ұсыну қағидалары бекітілсін.";</w:t>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тармақ</w:t>
+        <w:t>6-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "2. Бірыңғай жинақтаушы зейнетақы қоры Қазақстан Республикасының Ұлттық Банкіне электрондық форматта:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ай сайын:</w:t>
+        <w:t xml:space="preserve">
+      осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда 20-қосымшамен толықтырылсын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      осы қаулының 1-тармағының 2) және 4) тармақшаларында көзделген есептілікті есепті айдан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей, бірыңғай жинақтаушы зейнетақы қорының сыртқы басқаруға берілген зейнетақы активтері болған жағдайда – есепті айдан кейінгі айдың 20 (жиырмасынан) кешіктірмей;</w:t>
+        <w:t xml:space="preserve">
+      осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес редакцияда 21-қосымшамен толықтырылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      осы қаулының 1-тармағының 3), 5), 6), 7), 9), 10), 11), 12), 13), 15), 16) және 19) тармақшаларында көзделген есептілікті – есепті айдан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей;</w:t>
+      2. Қазақстан Республикасы Ұлттық Банкінің Қаржы нарығының статистикасы департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) тоқсан сайын:</w:t>
+      1) Қазақстан Республикасы Ұлттық Банкінің Заң департаментімен бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      осы қаулының 1-тармағының 8) және 14) тармақшаларында көзделген есептілікті – есепті тоқсаннан кейінгі айдың 7 (жетінші) жұмыс күнінен кешіктірмей;</w:t>
+      2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      осы қаулының 1-тармағының 17) және 18) тармақшаларында көзделген есептілікті есепті тоқсаннан кейінгі айдың 25 (жиырма бесінен) кешіктірмей;</w:t>
+      3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Ұлттық Банкінің Заң департаментіне осы тармақтың 2) тармақшасында көзделген іс-шараның орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жыл сайын – осы қаулының 1-тармағының 20) тармақшасында көзделген есептілікті есепті жылдан кейінгі жылдың 30 (отызыншы) сәуірінен кешіктірмей ұсынады.";</w:t>
+      3. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...465 lines deleted...]
-        </w:rPr>
         <w:t>
       4. Осы қаулы 2024 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1840,468 +1912,468 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай жинақтаушы зейнетақы қоры есептілігінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірыңғай жинақтаушы зейнетақы қорының есептілігіне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зейнетақы активтерінің құны туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) зейнетақы активтерінің инвестициялық портфелінің құрылымы туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сыртқы басқарудағы зейнетақы активтері туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының облыстары бойынша (салымшының (алушының) тұрғылықты жері бойынша) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, ерікті зейнетақы жарналары бойынша зейнетақы төлемдерi туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының аумағында Еуразиялық экономикалық одаққа мүше мемлекеттердің еңбекшілеріне (отбасы мүшелеріне) зейнетақы төлемдерінің және зейнетақы жинақтарының көлемі туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) меншікті активтер есебінен сатып алынған бағалы қағаздар туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) меншікті активтер есебінен жасалған "кері репо" және репо операциялары туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) меншікті активтер есебінен орналастырылған салымдар, ақша және ақшалай қаражаттың баламалары туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) басқа заңды тұлғалардың капиталына инвестициялар туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) меншікті активтерді инвестициялау бойынша жасалған мәмілелер туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) дефолтқа жол берген эмитенттердің зейнетақы активтері есебінен сатып алынған қаржы құралдары бойынша есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары және ерікті зейнетақы жарналары есебінен қалыптастырылған зейнетақы активтерінің бір шартты бірлігінің құны туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) шартты зейнетақы міндеттемелерінің бір шартты бірлігінің құны туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) экономика секторлары бойынша (бірыңғай жинақтаушы зейнетақы қорының меншікті активтері бойынша) сыныпталған активтер мен міндеттемелер туралы есеп; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) экономика секторлары бойынша (бірыңғай жинақтаушы зейнетақы қорының зейнетақы активтері бойынша) сыныпталған активтер мен міндеттемелер туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) нысаналы жинақтардың төлемдері және қайтарылуы туралы есеп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) нысаналы талаптар туралы есеп.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2458,68 +2530,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20497,107 +20569,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>саны туралы есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп" (индексі – 1-ENPF_PV, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20612,209 +20684,209 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бірыңғай жинақтаушы зейнетақы қоры Нысанды есепті кезеңнің соңындағы жағдай бойынша ай сайын Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бойынша және инвестициялық портфельді басқарушының сенімгерлік басқаруындағы зейнетақы жинақтары бойынша бөлек толтырады. Нысандағы деректер мың теңгемен көрсетіледі. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2, 5, 8, 11, 14 және 17-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бар салымшылардың (алушылардың) жеке зейнетақы шоттарының саны және жеке зейнетақы шотының құрамында ашылатын және инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған салымшылардың (алушылардың) қосалқы шоттарының саны ерлер мен әйелдер бойынша бөлек (тиісті бағандарда) салымшының (алушының) жасына қарай бөліп, көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 3, 6, 9, 12, 15 және 18-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бар салымшылардың (алушылардың) жеке зейнетақы шоттарындағы зейнетақы жинақтарының сомасы және жеке зейнетақы шотының құрамында ашылатын және инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған салымшылардың (алушылардың) қосалқы шоттарындағы зейнетақы жинақтарының сомасы ерлер мен әйелдер бойынша бөлек (тиісті бағандарда) салымшының (алушының) жасына қарай бөліп, көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 4, 7, 10, 13, 16 және 19-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары жоқ салымшылардың (алушылардың) жеке зейнетақы шоттарының саны және жеке зейнетақы шотының құрамында ашылатын және салымшылардың (алушылардың) инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған зейнетақы жинақтары жоқ қосалқы шоттарының саны ерлер мен әйелдер бойынша бөлек (тиісті бағандарда) салымшының (алушының) жасына қарай бөліп, көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сәйкестендірілмеген салымшылар бойынша зейнетақы жинақтарының сомасы және резервтік қорлардың шоттарындағы ақша сомасы ақпараттық жүйеде көзделген Нысанға ескертпеде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мәліметтер болмаған жағдайда, Нысан толтырылмай ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20971,68 +21043,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24208,107 +24280,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының облыстары бойынша (салымшының (алушының) тұрғылықты жері бойынша) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп" (индексі – 1-ENPF_PV_OBL, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Қазақстан Республикасының облыстары бойынша (салымшының (алушының) тұрғылықты жері бойынша) салымшылардың (алушылардың) зейнетақы жинақтарының көлемі және жеке зейнетақы шоттарының (қосалқы шоттарының) саны туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24323,229 +24395,229 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бірыңғай жинақтаушы зейнетақы қоры Нысанды есепті кезеңнің соңындағы жағдай бойынша ай сайын, Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бойынша және инвестициялық портфельді басқарушының сенімгерлік басқаруындағы зейнетақы жинақтары бойынша бөлек толтырады. Нысандағы деректер мың теңгемен көрсетіледі. 500 (бес жүз) теңгеден кем сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан жоғары сома 1000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2-бағанда Қазақстан Республикасы Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросының ресми интернет-ресурсында орналастырылған әкімшілік-аумақтық объектілер сыныптауышына (ӘАОС) сәйкес облыстың (республикалық маңызы бар қаланың) коды көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 4, 7 және 10-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бар салымшылардың (алушылардың) жеке зейнетақы шоттарының саны және жеке зейнетақы шотының құрамында ашылатын және инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған салымшылардың (алушылардың) қосалқы шоттарының саны салымшының (алушының) тұрғылықты жеріне қарай бөліп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 5, 8 және 11-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары бар салымшылардың (алушылардың) жеке зейнетақы шоттарындағы зейнетақы жинақтарының сомасы және жеке зейнетақы шотының құрамында ашылатын және инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған салымшылардың (алушылардың) қосалқы шоттарындағы зейнетақы жинақтарының сомасы салымшының (алушының) тұрғылықты жеріне қарай бөліп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 6, 9 және 12-бағандарда Қазақстан Республикасы Ұлттық Банкінің сенімгерлік басқаруындағы зейнетақы жинақтары жоқ салымшылардың (алушылардың) жеке зейнетақы шоттарының саны мен жеке зейнетақы шотының құрамында ашылатын және инвестициялық портфельді басқарушының сенімгерлік басқаруға берілген зейнетақы жинақтарын есепке алуға арналған зейнетақы жинақтары жоқ салымшылардың (алушылардың) қосалқы шоттарының саны салымшының (алушының) тұрғылықты жеріне қарай бөліп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сәйкестендірілмеген салымшылар бойынша зейнетақы жинақтарының сомасы және резервтік қорлардың шоттарындағы ақша сомасы ақпараттық жүйеде көзделген Нысанға ескертпеде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z75" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мәліметтер болмаған жағдайда Нысан толтырылмай ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24702,68 +24774,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">19-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26892,107 +26964,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Нысаналы жинақтардың төлемдері және қайтарылуы туралы есеп" (индексі – 1-ENPF_VVCN, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Нысаналы жинақтардың төлемдері және қайтарылуы туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27007,209 +27079,209 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Нысанды Бірыңғай жинақтаушы зейнетақы қоры есепті кезеңнің соңындағы жағдай бойынша ай сайын толтырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 3-бағанда есепті айдағы нысаналы жинақтардың төлемдері жүргізілген алушылар саны бірліктермен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 4-бағанда алушыларға есепті айда жүргізілген нысаналы жинақтар төлемдерінің саны бірліктермен көрсетіледі. Нысаналы жинақтар төлемдерінің саны бойынша ақпарат алушыларға жүргізілген нысаналы жинақтар (транзакциялар) төлемдерінің негізінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 5-бағанда есепті айдағы нысаналы жинақтар төлемдерінің немесе қайтарылу сомасы Америка Құрама Штаттарының долларымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. 6-бағанда жыл басынан бергі кезең үшін нысаналы жинақтардың төлемдері жүргізілген алушылар саны (жинақталған қорытындымен) бірліктермен көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мәліметтер болмаған жағдайда Нысан толтырылмай ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27366,68 +27438,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28687,107 +28759,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есеп нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Нысаналы талаптар туралы есеп" (индексі – 1-ENPF_CT, кезеңділігі – жыл сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z98" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Нысаналы талаптар туралы есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28802,269 +28874,269 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды Бірыңғай жинақтаушы зейнетақы қоры есепті кезеңнің соңындағы жағдай бойынша жыл сайын толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z101" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z102" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z103" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 1-бағанда нысаналы талаптарға қатысушылардың туған жылдары көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z104" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z104" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2-бағанда тиісті туған жылдың нысаналы талаптарына қатысушылардың саны бірліктермен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z105" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 3-бағанда есепті жылдың алдындағы жылдың соңындағы нысаналы талаптар сомасы Америка Құрама Штаттарының долларымен (бұдан әрі – АҚШ доллары) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z106" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 4-бағанда есепті жылдың алдындағы жылдың соңындағы нысаналы талаптар сомасына есептелген кіріс сомасы АҚШ долларымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z107" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z107" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 5-бағанда есепті кезеңдегі Қазақстан Республикасы Ұлттық қорының орташа алынған инвестициялық кірісінің елу пайызының сомасынан нысаналы талаптар сомасы АҚШ долларымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z108" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z108" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 6-бағанда есепті жылдың соңындағы жағдай бойынша 3, 4 және 5-бағандардағы мәндердің сомасына тең нысаналы талаптар сомасы АҚШ долларымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z109" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Ұлттық қорының орташа алынған инвестициялық кірісінің елу пайызының сомасы, нысаналы талаптарға қатысушылардың бұрын қалыптасқан нысаналы талаптарына есептелген кіріс сомасы, түзету ескеріле отырып, Қазақстан Республикасы Ұлттық қорының орташа алынған инвестициялық кірісінің елу пайызының сомасы, орташа алынған инвестициялық кіріс мөлшерлемесі және есепті жылдың соңындағы нысаналы талаптарға қатысушылардың жалпы саны ақпараттық жүйеде көзделген Нысанға ескертпеде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z110" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z110" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мәліметтер болмаған жағдайда Нысан толтырылмай ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29221,69 +29293,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 167 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай жинақтаушы зейнетақы қорының есептілікті ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Бірыңғай жинақтаушы зейнетақы қорының есептілікті ұсыну қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29298,245 +29370,267 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және бірыңғай жинақтаушы зейнетақы қорының (бұдан әрі – Қор) Қазақстан Республикасының Ұлттық Банкіне (бұдан әрі – Ұлттық Банк) есептілікті ұсыну тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қор есептілікті "Қазақстан Республикасы Ұлттық Банкінің веб-порталы" ақпараттық жүйесін қолдану арқылы электрондық түрде ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қор басшысының немесе есепке қол қою функциясы жүктелген адамның және орындаушының электрондық цифрлық қолтаңбасы арқылы куәландырылған есептілік электрондық форматта сақталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z116" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Есептіліктегі деректердің толықтығы мен дұрыстығын Қордың басшысы немесе есепке қол қою функциясы жүктелген адам қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Есептіліктегі деректер Қазақстан Республикасының ұлттық валютасы – теңгемен, сондай-ақ Америка Құрама Штаттарының долларымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z118" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Есептілікті қалыптастыру мақсатында шетел валютасындағы активтер Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8378 болып тіркелген "Валюта айырбастаудың нарықтық бағамын айқындау тәртібі туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2013 жылғы 25 қаңтардағы № 15 қаулысымен және Қазақстан Республикасы Қаржы министрінің 2013 жылғы 22 ақпандағы № 99 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпке сәйкес айқындалған валюталарды айырбастаудың нарықтық бағамы бойынша қайта есептеліп көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Резидент" және "бейрезидент" ұғымдары "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасының Заңында айқындалған мәндерде пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29858,35 +29952,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>