--- v0 (2025-11-15)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8628d73" w14:textId="8628d73">
+    <w:p w14:paraId="34d259c" w14:textId="34d259c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының аумағында залалсыздандыру, қайта өңдеу және (немесе) кәдеге жарату жөніндегі объектілері жоқ, өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелерінің қолданылатын өнімнің (тауарлардың) тұтынушылық қасиеттері жоғалғаннан кейін түзілетін қалдықтарды Қазақстан Республикасының шегінен тысқары жерде жинауды, тасымалдауды, қайтадан пайдалануға дайындауды, сұрыптауды, өңдеуді, қайта өңдеуді, залалсыздандыруды және (немесе) кәдеге жаратуды ұйымдастыруға өндірушілердің (импорттаушылардың) кеңейтілген міндеттемелері операторы өзінің банктік шотына кәдеге жарату төлемі түрінде келіп түскен ақшаны бағыттау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экология және табиғи ресурстар министрінің 2023 жылғы 26 желтоқсандағы № 375 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 26 желтоқсанда № 33807 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Экология және табиғи ресурстар министрінің 2023 жылғы 26 желтоқсандағы № 375 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 26 желтоқсанда № 33807 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -13615,54 +13615,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.2 шарт бойынша өз міндеттемелерін орындау кезінде Тараптар Тараптардың, олардың қызметкерлерінің немесе өкілдерінің іс-әрекетке ықпал ету үшін басқа Тараптың кез келген қызметкерлеріне, лауазымды адамдарына тікелей немесе жанама түрде қандай да бір ақша немесе өзге де құндылықтарды төлемейтініне, төлеуді ұсынбайтынына және төлеуге рұқсат бермейтініне кепілдік беретін, оларға тәуелді барлық шараларды қабылдайды немесе қандай да бір заңсыз артықшылықтар немесе өзге де заңсыз мақсаттар алу мақсатында осы тұлғалардың шешімдері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
     <w:bookmarkStart w:name="z263" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11.3 шарт бойынша өз міндеттемелерін орындау кезінде Тараптар, олардың қызметкерлері немесе өкілдері Қазақстан Республикасының заңнамасында пара беру/алу, коммерциялық пара беру ретінде сараланатын әрекеттерді, сондай-ақ Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл туралы, Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын бұзатын әрекеттерді жүзеге асырмайды.</w:t>
+      11.3 шарт бойынша өз міндеттемелерін орындау кезінде Тараптар, олардың қызметкерлері немесе өкілдері Қазақстан Республикасының заңнамасында пара беру/алу, коммерциялық пара беру ретінде сараланатын әрекеттерді, сондай-ақ Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл туралы, қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын бұзатын әрекеттерді жүзеге асырмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11.3- тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 341</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z264" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.4 жоғарыда көрсетілген сыбайлас жемқорлық сипаттағы іс-әрекеттер анықталған жағдайда, Тараптар Қазақстан Республикасының заңнамасына сәйкес шаралар қабылдауға міндеттенеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
     <w:bookmarkStart w:name="z265" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14169,55 +14231,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>