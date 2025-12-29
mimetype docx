--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="68d7743" w14:textId="68d7743">
+    <w:p w14:paraId="1fc54a7" w14:textId="1fc54a7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екінші деңгейдегі банктердің, Қазақстанның Даму Банкінің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының және ипотекалық ұйымдардың Қазақстан Республикасының Ұлттық Банкіне қаржы секторына шолуды қалыптастыруға арналған мәліметтерді ұсынуы жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 маусымдағы № 139 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 27 қарашадағы № 89 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 8 желтоқсанда № 33744 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 2 желтоқсандағы № 88 қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -278,61 +356,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес және Қазақстан Республикасының қаржы секторының шолуын қалыптастыру мақсатында Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6625,55 +6693,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7003,35 +7093,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>