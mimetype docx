--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8b82152" w14:textId="8b82152">
+    <w:p w14:paraId="9bad43c" w14:textId="9bad43c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2737,51 +2737,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес халықты МСАК субъектілеріне бекіту науқанының қорытындылары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) мемлекеттік-жекешелік әріптестік шартының болуы;</w:t>
+      8) мемлекеттік-жекешелік әріптестік (бұдан әрі – МЖӘ) шартының болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) денсаулық сақтау басқармасының бұйрығы негізінде медициналық көмек көрсету жөніндегі денсаулық сақтау субъектісін шұғыл және (немесе) кезек күттірмейтін (ургенттілік) денсаулық сақтау субъектілерінің тізбесіне енгізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2846,198 +2846,304 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Есепке алу қағидаларына сәйкес ұзақ мерзімді сатып алу шарттарын жасасу үшін тиісті денсаулық сақтау субъектілерін айқындау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Денсаулық сақтау субъектілерін таңдау және көрсетілетін қызметтердің көлемін орналастыру жөніндегі комиссия (бұдан әрі – комиссия) осы Әдістемеге 1-қосымшаға сәйкес нысан бойынша денсаулық сақтау субъектілерін таңдау және көрсетілетін қызметтердің көлемін орналастыру жөніндегі комиссияның ТМККК шеңберінде және (немесе) МӘМС жүйесінде медициналық көмек көрсету бойынша денсаулық сақтау субъектілеріне көрсетілетін қызметтер көлемін және (немесе) қаражат бөлу бойынша негіздемені (бұдан әрі – көрсетілетін қызметтер көлемін және (немесе) қаражат бөлу бойынша негіздеме) веб-порталда тіркей отырып, № ҚР ДСМ-242/2020 бұйрығына сәйкес веб-порталда есептелген көлемдерді есепке алмағанда, денсаулық сақтау субъектілері арасында ТМККК шеңберінде және (немесе) МӘМС жүйесінде қызметтердің және (немесе) қаражат көлемдері мынадай жағдайларда қол режимінде бөледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының заңнамасында көзделген негіздер және (немесе) өзге де талаптар болған кезде денсаулық сақтау субъектілерін таңдау және қызметтер көлемін орналастыру жөніндегі комиссия (бұдан әрі – комиссия) № ҚР ДСМ-242/2020 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша қызметтерді және (немесе) қаражат көлемін орналастыру жөніндегі комиссия (бұдан әрі – қызметтерді және (немесе) қаражат көлемдерін бөлу жөніндегі негіздеме).</w:t>
+      егер медициналық көмектің түрі бойынша көлемдер веб-порталда осы Әдістемеге сәйкес есептелмеген жағдайларда; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Әдістемеге сәйкес көрсетілетін қызметтер көлемін және (немесе) қаражатты автоматтандырылған түрде дұрыс бөлуге кедергі келтіретін денсаулық сақтау субъектілерінен дәрілік заттар мен медициналық бұйымдарды, көрсетілетін қызметтерді сатып алу саласындағы бірыңғай оператордың тиісті актілерімен немесе ресми хабарламаларымен расталған техникалық іркілістер туындаған жағдайларда, сондай-ақ автоматтандырылған бөлу нәтижелерінде негізделген дәлсіздіктер анықталған кезде. Бұл ретте, қол режимінде бөлу осы Әдістемеде белгіленген есептеу алгоритмдері мен индикаторларына сәйкес қабылданған шешімдерді міндетті түрде негіздей отырып жүргізілуі тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Әдістеменің 4-тармағында көзделген жағдайларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медициналық көмек түрлері бойынша сатып алу жоспары қаражат тапшылығы болған жағдайларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметтердің көлемдерін және (немесе) қаражатты, бюджет қаражаты есебінен немесе МЖӘ шеңберінде салынған жаңадан енгізілген объектілерге, сондай-ақ тиісті әкімшілік-аумақтық бірлікте (аудан, облыс, республикалық маңызы бар қала, астана) мәлімделген медициналық көмек түрлері мен көрсетілу шарттары бойынша жалғыз жеткізуші болып табылатын денсаулық сақтау субъектілеріне бөлу жағдайларда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Әдістемемен белгіленген есептеу алгоритмдеріне сәйкес бөлінбеген қызметтер және (немесе) қаражат көлемі болған жағдайларда.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Денсаулық сақтау субъектілерінің саралау топтарына байланысты МӘМС туралы Заңның 34-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Кодекстің 69-бабының </w:t>
+      Денсаулық сақтау субъектілерінің ранжирлеу топтарына байланысты, ұзақ мерзімді сатып алу шарттарын жасасуға сәйкес келетін денсаулық сақтау субъектілері арасында қызметтер және (немесе) қаражат көлемдері басым тәртіппен Қазақстан Республикасының "Міндетті әлеуметтік медициналық сақтандыру туралы" Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына және Қазақстан Республикасының "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Кодексінің 69-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес басым тәртіппен көлемдер ұзақ мерзімді сатып алу шарттарын жасасу үшін тиісті денсаулық сақтау субъектілері арасында бөлінеді.</w:t>
+        <w:t xml:space="preserve"> сәйкес бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметтердің көлемдерін және (немесе) қаражатты қол режимінде бөлу жөніндегі комиссияның негіздемесі комиссия отырысы өткізілген күннен бастап 3 жұмыс күні ішінде Қордың келісуіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 22.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің м.а. 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z87" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>