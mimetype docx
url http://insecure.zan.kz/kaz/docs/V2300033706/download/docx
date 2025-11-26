--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45b7144" w14:textId="45b7144">
+    <w:p w14:paraId="4ebdf29" w14:textId="4ebdf29">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -587,4308 +587,4307 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-          </w:p>
-[...257 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 жылғы 29 қарашадағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 168 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасында офтальмологиялық көмек көрсетуді ұйымдастыру стандарты 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасында офтальмологиялық көмек көрсетуді ұйымдастыру стандартын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Стандарт жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасында офтальмологиялық медициналық көмек көрсетуді ұйымдастыруға қойылатын жалпы қағидаттар мен талаптарды белгілейді.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Осы Стандартта пайдаланылатын анықтамалар:</w:t>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасында офтальмологиялық көмек көрсетуді ұйымдастыру стандартын бекіту туралы (бұдан әрі – Стандарт) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасында офтальмологиялық көмек көрсетуді ұйымдастырудың жалпы қағидаттары мен талаптарын белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) медициналық-санитариялық алғашқы көмек (бұдан әрі – МСАК) – адам, отбасы және қоғам деңгейінде көрсетілетін аурулар мен жай-күйлердің профилактикасын, диагностикасын, емін қамтитын, халықтың мұқтажына бағдарланған медициналық көмекке алғашқы қол жеткізу орны;</w:t>
+      2. Осы Стандартта қолданылатын анықтамалар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бейінді маман – денсаулық сақтау саласында сертификаты, жоғары медициналық білімі бар медицина қызметкері;</w:t>
+      1) бейінді маман – жоғары медициналық білімі, денсаулық сақтау саласында сертификаты бар медицина қызметкері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) денсаулық сақтау саласындағы ғылыми ұйым (бұдан әрі – ғылыми ұйым) – денсаулық сақтау саласындағы ғылыми, ғылыми-техникалық және инновациялық қызметті, сондай-ақ медициналық, фармацевтикалық және (немесе) білім беру қызметін жүзеге асыратын ұлттық орталық, ғылыми орталық немесе ғылыми-зерттеу институты;</w:t>
+      2) денсаулық сақтау саласындағы ғылыми ұйым (бұдан әрі – ғылыми ұйым) – денсаулық сақтау саласындағы ғылыми, ғылыми-техникалық және инновациялық қызметті, сондай-ақ медициналық, фармацевтикалық және (немесе) білім беру қызметін жүзеге асыратын ұлттық орталық, ғылыми орталық немесе ғылыми-зерттеу институты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) денсаулық сақтау ұйымы - денсаулық сақтау саласындағы қызметті жүзеге асыратын заңды тұлға;</w:t>
+      3) динамикалық байқау – пациенттің денсаулық жағдайын жүйелі түрде байқау, сондай-ақ осы байқау нәтижелері бойынша қажетті медициналық көмек көрсету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) динамикалық байқау – пациенттің денсаулық жағдайын жүйелі байқау, сондай-ақ осы байқаудың нәтижелері бойынша қажетті медициналық көмек көрсету;</w:t>
+      4) Емдеуге жатқызу бюросы порталы (бұдан әрі – Портал) –тегін медициналық көмектің кепілдік берілген көлемі шеңберінде, міндетті әлеуметтік медициналық сақтандыру жүйесінде пациенттің жоспарлы емдеуге жатқызуға жолдамаларын электрондық тіркеудің, есепке алудың, өңдеудің және сақтаудың бірыңғай жүйесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) емдеуге жатқызу бюросының порталы (бұдан әрі – Портал) – тегін медициналық көмектің кепілдік берілген көлемі шеңберінде, міндетті әлеуметтік медициналық сақтандыру жүйесінде пациенттердің жоспарлы емдеуге жатқызуға жолдамаларын электрондық тіркеудің, есепке алудың, өңдеудің және сақтаудың бірыңғай жүйесі;</w:t>
+      5) жоспарлы медициналық көмек – көмек көрсетуді белгілі бір уақытқа кейінге қалдыру пациент жай-күйінің нашарлауына алып келмейтін, пациенттің өміріне қатер төндірмейтін аурулар мен жай-күйлер кезінде, сондай-ақ профилактикалық іс-шараларды жүргізу кезінде көрсетілетін медициналық көмек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) жоспарлы медициналық көмек – пациенттің өміріне қауіп төндірмейтін аурулар мен жағдайлар кезінде көрсетілетін, оны көрсетуді кейінге қалдыру белгілі бір уақытқа пациенттің жай-күйінің нашарлауына әкеп соқпайтын, сондай-ақ профилактикалық іс-шараларды жүргізу кезінде көрсетілетін медициналық көмек;</w:t>
+      6) кезек күттірмейтін медициналық көмек - пациенттің өміріне анық қатер төндірмейтін, кенеттен болған жіті аурулар мен жай-күйлер, созылмалы аурулардың асқынуы кезінде көрсетілетін медициналық көмек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) кезек күттірмейтін медициналық көмек – пациенттің өміріне айқын қауіп төндірмейтін кенеттен болған жіті аурулар мен жағдайлар, созылмалы аурулардың өршуі кезінде көрсетілетін медициналық көмек;</w:t>
+      7) клиникалық хаттама (бұдан әрі – КХ) – пациенттің белгілі бір ауруы немесе жай-күйі кезіндегі профилактика, диагностика, емдеу, медициналық оңалту және паллиативтік медициналық көмек бойынша ғылыми дәлелденген ұсынымдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) медициналық авиация – әуе көлігін тарта отырып, халыққа шұғыл нысанда жедел медициналық көмек беру;</w:t>
+      8) консервацияланған мөлдірқабық тіні – қайтыс болған донордың көз алмасынан алынған донорлық мүйізді қабық тіні болып табылатын трансплантаттау материалы, халықаралық көз банктерінің талаптарын сақтай отырып, қан арқылы берілетін инфекцияларға тексерілген, донордың төлқұжаты: донорлық тарих деректері, жасы, эндотелий жасушаларының саны, донорлық дискінің өлшемі, ұсынылатын кератопластикалық операция түрі (кератопластикалық операция), донорлық тіндерді сақтауға арналған тіркелген ерітіндіде сақтау мерзімі кемінде 2 аптаны көрсетумен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) медициналық көмек – медициналық көмек дәрі-дәрмекпен қамтамасыз етуді қоса алғанда, халықтың денсаулығын сақтауға және қалпына келтіруге бағытталған медициналық қызметтер кешені;</w:t>
+      9) медициналық авиация – әуе көлігін тарта отырып, халыққа шұғыл нысанда жедел медициналық көмек беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) медициналық көмек көрсетудің бірінші деңгей – амбулаториялық, стационарды алмастыратын жағдайларда және үйде алғашқы медициналық-санитариялық көмек мамандарының медициналық көмек көрсетуі;</w:t>
+      10) медициналық көмек – дәрілік қамтамасыз етуді қоса алғанда, халықтың денсаулығын сақтауға және қалпына келтіруге бағытталған медициналық көрсетілетін қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) медициналық көмек көрсетудің екінші деңгейі – мамандандырылған медициналық көмекті амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бастапқы деңгейде медициналық көмек көрсететін мамандардың жолдамасы бойынша жүзеге асыратын бейінді мамандардың медициналық көмек көрсетуі;</w:t>
+      11) медициналық көмектің бірінші деңгейі – медициналық-санитариялық алғашқы көмек мамандарының амбулаториялық, стационарды алмастыратын жағдайларда және үйде медициналық көмек көрсету деңгейі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) медициналық көмек көрсетудің үшінші деңгейі – жоғары технологиялық медициналық көрсетілетін қызметтерді қолдана отырып, мамандандырылған медициналық көмекті жүзеге асыратын бейінді мамандардың амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бірінші және екінші деңгейлердегі мамандардың жолдамасы бойынша медициналық көмек көрсету деңгейі;</w:t>
+      12) медициналық көмектің екінші деңгейі – мамандандырылған медициналық көмекті жүзеге асыратын бейінді мамандардың амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бірінші деңгейде медициналық көмек көрсететін мамандардың жолдамасы бойынша медициналық көмек көрсету деңгейі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) медициналық ұйым (бұдан әрі – МҰ) – негізгі қызметі медициналық көмек көрсету болып табылатын денсаулық сақтау ұйымы;</w:t>
+      13) медициналық көмектің үшінші деңгейі – жоғары технологиялық медициналық көрсетілетін қызметтерді қолдана отырып, мамандандырылған медициналық көмекті жүзеге асыратын бейінді мамандардың амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бірінші және екінші деңгейлердегі мамандардың жолдамасы бойынша медициналық көмек көрсету деңгейі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) міндетті әлеуметтік медициналық сақтандыру жүйесі (бұдан әрі – МӘМС жүйесі) – міндетті әлеуметтік медициналық сақтандыру жүйесіне қатысушылар арасындағы қатынастарды реттейтін мемлекет белгілейтін нормалар мен қағидалардың жиынтығы;</w:t>
+      14) медициналық-санитариялық алғашқы көмек (бұдан әрі – МСАК) – адам, отбасы және қоғам деңгейінде көрсетілетін, аурулар мен жай-күйлердің профилактикасын, диагностикасын, оларды емдеуді қоса алғанда, халықтың мұқтажына бағдарланған медициналық көмекке алғашқы қол жеткізу орны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) мультипәндік топ – пациент организмінің функциялары мен құрылымдарының бұзылу сипатына, оның клиникалық жай-күйінің ауырлығына байланысты қалыптастырылатын әртүрлі мамандар тобы;</w:t>
+      15) медициналық ұйым (бұдан әрі – МҰ) – негізгі қызметі медициналық көмек көрсету болып табылатын денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) офтальмологиялық көмек – көру ағзасы аурулары кезінде халыққа (ересектерге, балаларға) көрсетілетін медициналық қызметтер кешені;</w:t>
+      16) мультипәндік топ (бұдан әрі – МДТ) – пациент организмінің функциялары мен құрылымдарының бұзылу сипатына, оның клиникалық жай-күйінің ауырлығына байланысты қалыптастырылатын әртүрлі мамандар тобы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) пациент - медициналық көмек көрсетуді талап ететін аурудың немесе жай-күйдің болуына немесе болмауына қарамастан медициналық көрсетілетін қызметтерді тұтынушы болып табылатын (болған) жеке тұлға;</w:t>
+      17) міндетті әлеуметтік медициналық сақтандыру жүйесі (бұдан әрі – МӘМС жүйесі) – міндетті әлеуметтік медициналық сақтандыру жүйесіне қатысушылар арасындағы қатынастарды реттейтін, мемлекет белгілейтін нормалар мен қағидалардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) профилактика – аурулардың пайда болуының, аурулардың ерте сатысында өршуінің алдын алуға және қазірдің өзінде көтерілген асқынуларды, органдар мен тіндердің зақымдануын бақылауға бағытталған медициналық және медициналық емес іс-шаралар кешені;</w:t>
+      18) офтальмологиялық көмек – халыққа (ересектерге, балаларға) көру ағзаларының аурулары бойынша көрсетілетін медициналық қызметтер кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) тегін медициналық көмектің кепілдік берілген көлемі (бұдан әрі – ТМККК) – бюджет қаражаты есебінен берілетін медициналық көмектің көлемі;</w:t>
+      19) офтальмологиялық орталық (бұдан әрі – ОО) – жеке лицензиясы бар ММ немесе құрамында офтальмологиялық көмек көрсететін көп бейінді лицензияланған ММ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) шұғыл медициналық көмек – денсаулыққа елеулі зиянның алдын алу және (немесе) өмірге төнген қатерді жою үшін шұғыл медициналық араласуды талап ететін кенеттен болған жіті аурулар мен жай-күйлер, созылмалы аурулардың шиеленісуі кезінде көрсетілетін медициналық көмек.</w:t>
+      20) өңірлік трансплантаттау үйлестірушісі – Үйлестіру орталығының штаттық қызметкері болып табылатын облыстық орталықтарында, республикалық маңызы бар қалаларда және астанада ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттау саласындағы медициналық ұйымдардың ведомствоаралық өзара іс-қиымылын қамтамасыз ететін дәрігер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарына мыналар жатады:</w:t>
+      21) пациент – медициналық көмек көрсетуді қажет ететін ауруының немесе жай-күйінің болуына немесе болмауына қарамастан, медициналық көрсетілетін қызметтердің тұтынушысы болып табылатын (болып табылған) жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) амбулаториялық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдары;</w:t>
+      22) профилактика – аурулардың пайда болуының, аурулардың ерте сатыларда өршуінің алдын алуға және өршіп кеткен асқынуларды, ағзалар мен тіндердің зақымдануын бақылауға бағытталған медициналық және медициналық емес іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) өз құрамында офтальмологиялық бөлімшесі және (немесе) төсектері бар стационарлық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдары, ғылыми ұйымдар.</w:t>
+      23) тегін медициналық көмектің кепілдік берілген көлемі - бюджет қаражаты есебінен берілетін медициналық көмектің көлемі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Офтальмологиялық көмек көрсететін ұйымдар қызметінің негізгі міндеттері мен бағыттары:</w:t>
+        <w:t xml:space="preserve">
+      24) трансплантаттау жөніндегі үйлестіру орталығы (бұдан әрі – Үйлестіру орталығы) – Ережесі Кодекстің 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>70) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті органмен бекітілетін ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттауды үйлестіру және сүйемелдеу мәселелерімен айналысатын денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) офтальмологиялық аурулардың профилактикасы мен ерте диагностикасына, мүгедектік профилактикасына бағытталған іс-шараларды ұйымдастыру және жүргізу;</w:t>
+      25) шұғыл медициналық көмек – денсаулыққа елеулі зиянды болғызбау және (немесе) өмірге төнген қатерді жою үшін кезек күттірмейтін медициналық араласуды қажет ететін кенеттен болған жіті аурулар мен жай-күйлер, созылмалы аурулардың асқынуы кезінде көрсетілетін медициналық көмек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) медициналық көмек көрсетудің барлық кезеңдерінде сабақтастықты сақтай отырып, заманауи технологиялар мен диагностика мен емдеу әдістерін, оның ішінде дәлелді медицина қағидаттарына негізделген ЖТМҚ қолдана отырып, офтальмологиялық аурулары бар пациенттерге мамандандырылған медициналық көмек көрсету болып табылады.</w:t>
+        <w:t xml:space="preserve">
+      3. Халыққа офтальмологиялық көмек амбулаториялық, стационарлық және стационарды алмастыратын жағдайларда медициналық көмектің екінші және үшінші деңгейлерінде, жедел және жоспарлы нысандарда, меншiк және ведомстволық тиесілігіне қарамастан, денсаулық сақтау ұйымдары "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес медициналық қызметпен айналысуға лицензиясы болған жағдайда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Қазақстан Республикасында офтальмологиялық көмек көрсету үшін МҰ құрылымында мынадай бөлімшелер ұйымдастырылады:</w:t>
+      4. Офтальмологиялық көмек:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) амбулаториялық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарындағы офтальмологтың мамандандырылған кабинеті;</w:t>
+        <w:t xml:space="preserve">
+      1) ТМККК шеңберінде "Тегін медициналық көмектің кепілдік берілген көлемінің тізбесін бекіту және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 16 қазандағы № 672 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 147530 болып тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) амбулаториялық және стационарлық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы көздің функционалдық диагностика кабинеті;</w:t>
+        <w:t xml:space="preserve">
+      2) міндетті әлеуметтік медициналық сақтандыру жүйесінде (бұдан әрі – МӘМС) "Міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмектің тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 20 маусымдағы № 421 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 132550 болып тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) амбулаториялық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарында көздің тамырлы патологиясы, глаукома мен лазерлік хирургияның мамандандырылған кабинеті;</w:t>
+        <w:t xml:space="preserve">
+      3) ақылы негізде "Денсаулық сақтау субъектілерінің ақылы қызметтер көрсету қағидаларын және ақылы медициналық қызметтер (көмек) көрсету шартының үлгілік нысанын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 29 қазандағы № ҚР ДСМ-170/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21559 болып тіркелген) сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) балаларға амбулаториялық жағдайда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарында, аудандық / қалалық емханаларда, мамандандырылған мектепке дейінгі мекемелерде, көру қабілеті бұзылған балаларға арналған мектеп-интернаттарда балалардың көру қабілетін сақтаудың мамандандырылған кабинеті;</w:t>
+        <w:t xml:space="preserve">
+      5. Халыққа офтальмологиялық көмекті "Денсаулық сақтау саласындағы мамандықтар мен мамандандырулар номенклатурасын, денсаулық сақтау жүйесінің қызметкерлері лауазымдарының номенклатурасы мен біліктілік сипаттамаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-305/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21856 болып тіркелген) "Офтальмология (ересектер, балалар)" (бұдан әрі – офтальмолог дәрігер) мамандығы бойынша дәрігер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) амбулаториялық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы, күрделі және арнайы түзету кабинеті;</w:t>
+      6. Халыққа офтальмологиялық көмек КХ ұсынымдарына сәйкес, ал олар болмаған жағдайда дәлелді базасы бар халықаралық клиникалық ұсынымдарға (нұсқаулықтарға) сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) амбулаториялық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы амбулаториялық хирургия орталығы;</w:t>
+        <w:t xml:space="preserve">
+      7. Амбулаториялық жағдайларда пациенттерді дәрі-дәрмекпен қамтамасыз ету "Қазақстан Республикасының белгілі бір аурулары (жай-күйлері) бар азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікті амбулаториялық қамтамасыз етуге арналған дәрілік заттар мен медициналық бұйымдардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 5 тамыздағы № ҚР ДСМ–75 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23885 болып тіркелген) (бұдан әрі – № ҚР ДСМ – 75 бұйрығы) бекітілген тізбеге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) амбулаториялық және стационарлық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы рефракциялық лазерлік хирургия бөлімшесі (орталығы);</w:t>
+        <w:t xml:space="preserve">
+      8. Орфандық офтальмологиялық ауруларды емдеу "Орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың (орфандық) тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 қазандағы № ҚР ДСМ - 142/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21479 болып тіркелген) бекітілген Орфандық аурулардың және оларды емдеуге арналған препараттардың тізбесіне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) көп бейінді аудандық және (немесе) қалалық және (немесе) облыстық ауруханалардағы, университеттік ауруханалардағы, ғылыми ұйымдардағы, стационарлық жағдайларда медициналық көмек көрсететін мамандандырылған офтальмологиялық клиникалардағы "ересектерге арналған офтальмологиялық" және (немесе) "балаларға арналған офтальмологиялық" бейіні бойынша төсектер;</w:t>
+        <w:t xml:space="preserve">
+      9. МҰ "Бастапқы медициналық құжаттарды жүргізу және есептерді ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 10 желтоқсандағы № ҚР ДСМ-244/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21761 болып тіркелген) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) (бұдан әрі – № ҚР ДСМ-175/2020 бұйрық) бекітілген нысандар бойынша және "Денсаулық сақтау саласындағы есептілік құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 22 желтоқсандағы № ҚР ДСМ-313/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21879 болып тіркелген) (бұдан әрі – № ҚР ДСМ-313/2020 бұйрық) сәйкес медициналық құжаттардың жүргізуді және есептерді ұсынуды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) стационарлық жағдайларда медициналық көмек көрсететін көп бейінді қалалық және (немесе) облыстық ауруханалардың, ғылыми ұйымдардың, университеттік ауруханалардың, мамандандырылған офтальмологиялық клиникалардың құрамындағы халыққа қызмет көрсетілетін қуатына, санына қарай офтальмологиялық бөлімше;</w:t>
+        <w:t xml:space="preserve">
+      10. Шұғыл мамандандырылған офтальмологиялық көмек "Жедел медициналық жәрдем, оның ішінде медициналық авиацияны тарта отырып көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-225/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21713 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) амбулаториялық және стационарлық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы күндізгі стационарлар құрылымындағы "ересектерге арналған офтальмологиялық және (немесе) балаларға арналған офтальмологиялық" бейіні бойынша төсектер;</w:t>
+      11. Диагнозды сәйкестендіруде қиындықтар туындаған кезде, оның ішінде пациентті тасымалдау мүмкін болмаған жағдайында, офтальмологиялық көмек көрсетудің барлық деңгейлерінде аккредиттелген кәсіби медициналық қауымдастықтардың жетекші мамандарын мен бейінді орталықтың мамандарын тарта отырып, консилиум ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11) амбулаториялық жағдайда медициналық көмек көрсететін денсаулық сақтау ұйымдарындағы оптометрия кабинеті, оптика салондарында;</w:t>
+        <w:t xml:space="preserve">
+      12. Қашықтықтан форматта офтальмологиялық көмек көрсету "Қашықтықтан медициналық қызметтерді ұйымдастыру, ұсыну және ақы төлеу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 1 ақпандағы № ҚР ДСМ-12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 22151 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12) амбулаториялық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарындағы протездеу зертханасы;</w:t>
+        <w:t xml:space="preserve">
+      13. Офтальмологиялық көмек "Медициналық оңалтуды көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 7 қазандағы № ҚР ДСМ-116/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21381 болып тіркелген) (бұдан әрі – № ҚР ДСМ-116/2020 бұйрығы) сәйкес медициналық оңалтуды жүргізудің 2-3 кезеңін қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарының құрылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13) республикалық маңызы бар қалалардың жане астананың, ғылыми ұйымдардың көп бейінді ауруханалар құрылымындағы биологиялық материалды консервациялау зертханасы.</w:t>
+        <w:t xml:space="preserve">
+      14. Бірінші деңгейде офтальмологиялық көмекті "Медициналық-санитариялық алғашқы көмек көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 24 тамыздағы ҚР ДСМ-90 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 240941 болып тіркелген) (бұдан әрі – № ҚР ДСМ-90 бұйрығы) сәйкес МСАК МҰ жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Офтальмологиялық көмек көрсететін МҰ қызметінің негізгі бағыттары:</w:t>
+      15. Екінші деңгейде офтальмологиялық көмек емханалардың, офтальмологиялық орталықтардың, көп бейінді облыстық ауруханалардың және/немесе қалалық ауруханалардың офтальмологиялық бөлімшелерінің және амбулаториялық хирургия орталығының (бұдан әрі – АХО), бейінді ғылыми ұйымдардың консультациялық-диагностикалық бөлімшелері деңгейінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көру ағзасы аурулары бар пациенттерге дәрігерге дейінгі, білікті, мамандандырылған және жоғары технологиялық медициналық көмек көрсету;</w:t>
+      16. Үшінші деңгейде балаларға офтальмологиялық көмек, үшінші деңгейдегі босандыру медициналық ұйымдарда, көп бейінді үшінші деңгейдегі МҰ және ғылыми ұйымдарда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) медициналық көмектің қолжетімділігін, халыққа (ересектер, балалар) көрсетілетін емдеу-диагностикалық көмектің үздіксіз кәсіби дамуын және сапасын арттыруды қамтамасыз ететін іс-шараларды жүргізу;</w:t>
+      17. Мамандандырылған медициналық көмекті, ұйымдастыру-әдістемелік және консультациялық көмекті ұйымдастыруға бірыңғай тәсілді қалыптастыруда, қаржыландыру көлемін, оның ішінде дәрі-дәрмекпен қамтамасыз етуге және медициналық қызмет көрсету процестерін жоспарлауда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көру ағзасының аурулары мәселелері бойынша халыққа және денсаулық сақтау субъектілеріне ақпараттық-консультациялық және ұйымдастырушылық-әдістемелік көмек көрсету;</w:t>
+      1) өңірлік деңгейде – жергілікті атқарушы органның шешімімен тағайындалатын тиісті өңірдің бас штаттан тыс офтальмологы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ғылыми-зерттеу қызметі болып табылады.</w:t>
+      2) республикалық деңгейде – Қазақстан Республикасы Денсаулық сақтау министрлігінің бас штаттан тыс офтальмологы және уәкілетті орган айқындайтын Үйлестіру орталығы үйлестіруші рөл атқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21559 болып тіркелген) көрсетіледі.</w:t>
+        <w:t>
+      18. Офтальмологиялық көмек көрсету үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Амбулаториялық жағдайда медициналық көмек көрсететін МҰ-ларда медицина қызметкерлерімен қамтамасыз етілуінің ең төмен нормативі 10 000 бекітілген халыққа шаққанда ересектер офтальмологы дәрігерінің 0,8 лауазымын және балалар офтальмолог дәрігерінің 1,0 лауазымын құрайды.</w:t>
+      1) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стационарлық жағдайда медициналық көмек көрсететін денсаулық сақтау ұйымдарында офтальмолог дәрігерге нормативтік штаттық жүктемелер бір айда және тиісінше бір жылда емделген пациенттердің саны бойынша белгіленеді. "ересектерге арналған офтальмология" төсек бейіні үшін бір жылда емделген 480 пациентке офтальмолог дәрігерінің ең аз есебінен 1 лауазымы, "балаларға арналған офтальмология" төсек бейіні үшін бір жылда емделген 270 пациент.</w:t>
+      аудандық, қалалық, облыстық деңгейдегі амбулаториялық және стационарлық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарының құрылымында және республикалық маңызы бар қалалар мен астанада құрылған консультативтік-диагностикалық орталықта дәрігер-офтальмолог;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...117 lines deleted...]
-        </w:rPr>
         <w:t>
-      11. Офтальмологиялық көмек көрсетуді меншік нысанына және ведомстволық тиесіліне қарамастан медициналық қызметті жүзеге асыруға лицензиясы бар денсаулық сақтау ұйымдары мынадай жағдайларда жүзеге асырады:</w:t>
-[...318 lines deleted...]
-      1) есепке алу және есептік статистикалық нысандардың мониторингі мен талдауын;</w:t>
+      амбулаториялық (қалалық емханада, ҚДО) және стационарлық (қалалық/облыстық офтальмологиялық орталықта) жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарында көздің функционалдық диагностикасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасының аумағында көру ағзасы ауруларының таралуын талдауды;</w:t>
+      амбулаториялық жағдайларда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарындағы (қалалық емханада, КДО) көздің қан тамырлары патологиясы, глаукома және лазерлік хирургия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) бейінді және мультипәндік консилиумдарға қатысуды;</w:t>
+      аудандық/қалалық, облыстық деңгейдегі балаларға мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарында және мамандандырылған мектепке дейінгі мекемелерде, көру қабілеті бұзылған балаларға арналған мектеп-интернаттарда балалардың көру қабілетін сақтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) диагностика мен емдеудің клиникалық хаттамаларын әзірлеу және қайта қарау, емдеу-диагностикалық процестің тұтастығын, офтальмологиялық көмек көрсетудің барлық кезеңдерінде сабақтастық пен өзара байланысты қамтамасыз етуді;</w:t>
+      амбулаториялық жағдайларда және консультативтік-диагностикалық орталықтарда мамандандырылған офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарында жанаспалы, күрделі және жанаспалы және ортокератологиялық линзалармен арнайы түзету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) көру ағзасы ауруларының профилактикасы бойынша кешенді шаралар әзірлеу, көру ағзасы ауруларын анықтау бойынша скринингтік бағдарламаларды әзірлеуге, енгізуге, мониторингтеуге қатысуды;</w:t>
+      аудандық, қалалық, облыстық деңгейдегі амбулаториялық жағдайларда және консультациялық-диагностикалық орталықтарда медициналық көмек көрсететін денсаулық сақтау ұйымдарында оптометрия кабинеттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қалалық және облыстық деңгейдегі амбулаториялық және стационарлық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарында және республикалық маңызы бар қалаларда және астанада құрылған консультациялық-диагностикалық орталықта протездеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) көру ағзасы ауруларының мәселелері бойынша халықтың хабардарлығын арттыруды;</w:t>
+      республикалық маңызы бар қалалардағы көп бейінді ауруханалар құрылымында және ғылыми ұйымдарда патологиялық-гистологиялық зерттеулер және тіндерді консервациялау (донорлық мөлдірқабықты қоспағанда) зертханалары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) нормативтік-құқықтық базаны, офтальмологиялық қызметті дамыту стратегиясын әзірлеуге қатысуды;</w:t>
+      3) аудандық деңгейде стационарлық медициналық көмек көрсететін денсаулық сақтау ұйымдарының соматикалық (терапевтік, педиатриялық) бөлімшелерінің құрамында (аудандық/нөмірлі аудандық/ауданаралық/көп бейінді орталық аудандық ауруханалар); аудандық деңгейлеріндегі (аудандық/нөмірлі аудандық/көп бейінді орталық аудандық ауруханалар), қалалық (қалалық/көп бейінді қалалық/көп бейінді қалалық балалар ауруханасы), облыстық (көп бейінді облыстық/көп бейінді облыстық балалар ауруханасы) стационарлық медициналық көмек көрсететін денсаулық сақтау ұйымдарының хирургиялық бөлімшелерінің құрамында офтальмологиялық төсектер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) халыққа көрсетілетін емдеу-диагностикалық көмектің үздіксіз кәсіби дамуына және сапасын арттыруға жәрдемдесу, ақпараттық-білім беру материалдарын әзірлеу және дайындау, монографиялар, еңбек жинақтары, әдістемелік ұсынымдар және мерзімді басылымдар (журналдар) шығаруды қамтиды.</w:t>
+      4) аудандық (аудандық/нөмірлі аудандық/көп бейінді орталық аудандық ауруханалар), қалалық (қалалық/көп бейінді/көп бейінді қалалық балалар ауруханасы), облыстық (көп бейінді облыстық/ көп бейінді облыстық балалар ауруханасы) жанындағы стационарлық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарының құрылымында офтальмология бөлімшесі (күндізгі стационарды қоса алғанда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қалалық (қалалық/көп бейінді қалалық аурухана), облыстық (көп бейінді облыстық аурухана) деңгейлерінде стационарлық жағдайларда медициналық көмек көрсететін жеке МҰ және/немесе денсаулық сақтау ұйымдарының құрамында) офтальмологиялық орталық құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офтальмологиялық орталықтың құрамында офтальмолог кабинеті, функционалды диагностика кабинеті, рентген кабинеті, протездеу зертханасы, күндізгі стационар, офтальмологиялық бөлімше көзді лазерлік көруді түзету орталығы кіруі мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) амбулаториялық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарында және (немесе) олардың құрылымдық бөлімшелерінде (қалалық деңгейде, көп бейінді стационардың құрылымдық бөлімшесі ретінде консультациялық-диагностикалық орталықта) және денсаулық сақтау ұйымдарында және (немесе) олардың құрылымдық бөлімшелерінде және стационарлық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарында және (немесе) олардың құрылымдық бөлімшелерінде (көп бейінді қалалық және облыстық ауруханалар жанындағы консультациялық-диагностикалық бөлімше) пациенттерге стационарды алмастыратын хирургиялық көмек көрсетуге арналған АХО құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Офтальмологиялық көмек көрсетуді ұйымдастыру тәртібі 1-параграф. Амбулаториялық жағдайда офтальмологиялық көмек көрсетуді ұйымдастыру тәртібі</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Офтальмологиялық көмек көрсететін ұйымдардың негізгі міндеттері мен қызмет бағыттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Амбулаториялық жағдайда офтальмологиялық көмек медициналық көмек көрсетудің бірінші, екінші және үшінші деңгейлерінде көрсетіледі.</w:t>
+      19. Офтальмологиялық көмек көрсететін ұйымдар қызметінің негізгі міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Көру ағзасының аурулары бар пациенттерге мыналарды қамтиды:</w:t>
+      1) офтальмологиялық аурулардың профилактикасы және ерте диагностикалауға, мүгедектіктің алдын алуға бағытталған іс-шараларды ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) халықтың нысаналы топтарын (ересектер, балалар) профилактикалық медициналық қарап-тексеруді ұйымдастыру;</w:t>
+      2) медициналық көмектің барлық кезеңдерінде сабақтастықты сақтай отырып, дәлелді медицина принциптеріне негізделген диагностикалау мен емдеудің заманауи технологиялары мен әдістерін пайдалана отырып, офтальмологиялық аурулары бар пациенттерге мамандандырылған медициналық көмек көрсету;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) дәрігерге дейінгі медициналық көмек;</w:t>
+      3) медициналық оңалтуды жүргізу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) білікті шұғыл және кезек күттірмейтін медициналық көмек;</w:t>
+      4) офтальмологиялық аурулары бар пациенттерді динамикалық байқау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) МСАК маманының қарап-тексеруі, бейінді мамандарға консультацияға жіберу, көрсетілімдері бойынша клиникалық-диагностикалық зерттеулер (зертханалық, аспаптық және функционалдық) жүргізу;</w:t>
+      5) офтальмологиялық аурулардың асқынуы мен өршуінің профилактикасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23885 тіркелген) сәйкес дәрілік заттармен қамтамасыз ету;</w:t>
+        <w:t>
+      6) өңірдегі медициналық ұйымдарға медициналық көмек көрсету деңгейін (аудандық, қалалық, облыстық) ескере отырып, ұйымдастыру-әдістемелік және консультациялық көмек көрсету;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21784 болып тіркелген) сәйкес Порталда жолдаманы тіркей отырып, пациенттің денсаулық сақтау ұйымын еркін таңдау құқығын ескере отырып, емдеуге жатқызудың жоспарланған күнін айқындау жолымен жүзеге асырылады;</w:t>
+        <w:t>
+      7) инновациялық медициналық технологияларды енгізу және трансферттеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес созылмалы аурулары бар пациенттерді (ересектер, балалар) динамикалық байқау ұйымдастыру;</w:t>
+        <w:t>
+      8) офтальмологиялық көмек көрсету сапасына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      8) медициналық оңалтуға жолдама беру; </w:t>
+        <w:t>
+      9) Қазақстан Республикасының халқы арасында саламатты өмір салтын насихаттау болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Офтальмологиялық көмек көрсетуді ұйымдастыру тәртібі (оны көрсету деңгейлері, түрлері, нысандары мен шарттары бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Амбулаториялық, стационарлық және стационарды алмастыратын жағдайларда офтальмологиялық көмек көрсетуді ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) еңбекке уақытша жарамсыздыққа сараптама жүргізу, еңбекке уақытша жарамсыздық туралы парақ немесе анықтама беру;</w:t>
+        <w:t xml:space="preserve">
+      20. Офтальмологиялық аурулары бар пациенттерге амбулаториялық жағдайларда медициналық-санитариялық алғашқы көмекті жалпы практика дәрігерлері, терапевтер, педиатрлар "Қазақстан Республикасында медициналық-санитариялық алғашқы көмек көрсетуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2023 жылғы 30 наурыздағы № 49 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32160 болып тіркелген) және № ҚР ДСМ-90 бұйрығына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      10) медициналық ұйымның дәрігерлік-консультативтік комиссиясына жолдама беру; </w:t>
+        <w:t>
+      21. МСАК мамандары амбулаториялық жағдайларда:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32922 болып тіркелген) сәйкес мүгедектікті айқындау және белгілеу үшін медициналық-әлеуметтік сараптамаға жолдама беру; </w:t>
+        <w:t>
+      1) офтальмологиялық ауруларды ерте диагностикалау мақсатында (шағымдарды, анамнезді жинау) қарап-тексеру, дәрігерге дейінгі кабинеттерде пациентерді бастапқы сұрау және қарап-тексеруді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) офтальмологиялық және басқа да бейіндік қызметтермен сабақтастықты жүзеге асыру;</w:t>
+      2) КХ сәйкес диагностикалау және кезек күттірмейтін медициналық көмек көрсетуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13) халықты санитариялық-гигиеналық ағарту, көру ағзасы ауруларының профилактикасы жөніндегі іс-шаралар, салауатты өмір салтын насихаттау;</w:t>
+        <w:t xml:space="preserve">
+      3) "Созылмалы аурулары бар адамдарға медициналық көмек көрсетуді ұйымдастыру, байқаудың мерзімділігі мен мерзімдерін, диагностикалық зерттеулердің міндетті минимумы мен еселігі қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 қазандағы ҚР ДСМ-149/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21513 болып тіркелген) бұдан әрі- ҚР ДСМ-№149 бұйрығы) сәйкес офтальмологиялық аурулары бар пациенттерді динамикалық байқауды;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14) есепке алу және есептік статистикалық нысандардың мониторингі мен талдауы, қызмет көрсету аумағындағы көру ағзасы ауруынан сырқаттанушылықтың, мүгедектіктің негізгі медициналық-статистикалық көрсеткіштерінің мониторингі;</w:t>
+        <w:t xml:space="preserve">
+      4) № ҚР ДСМ-75 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жекелеген аурулары бар пациенттерді дәрілік заттармен және медициналық бұйымдармен уақтылы қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – № ҚР ДСМ - 313/2020 бұйрық) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21879 болып тіркелген) сәйкес есептік құжаттаманы ресімдеу.</w:t>
+        <w:t>
+      5) дәрілік терапияның тиімділігі мен асқынуын бақылауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Екінші және үшінші деңгейлерде көру ағзасы аурулары бар пациенттерге (ересектерге, балаларға) консультациялық-диагностикалық көмек түріндегі мамандандырылған медициналық көмек "Амбулаториялық жағдайларда мамандандырылған медициналық көмек көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 27 сәуірдегі № ҚР ДСМ-37 </w:t>
+      6) "Медициналық және әлеуметтік сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 29 маусымдағы № 260 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 27833 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № № 32922 болып тіркелген) сәйкес офтальмологиялық аурулары бар адамдарды еңбекке қабілеттілігін тұрақты жоғалту және өмір сүру қызметін шектеу жағдайларда мүгедектікті анықтау және белгілеу үшін медициналық-әлеуметтік сараптамаға жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Көру ағзасы аурулары кезінде пациенттерге (ересектер, балалар) КДК амбулаториялық жағдайларда медициналық көмек көрсететін денсаулық сақтау ұйымдарында, оның ішінде қашықтықтан медициналық қызметтер шеңберінде көрсетіледі.</w:t>
+      7) Офтальмологтың консультациясына не емдеуге жатқызуға жіберуді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      23. Көру ағзасы аурулары бар пациенттерге (ересектер, балалар) офтальмологиялық көмекті офтальмолог дәрігерлер (ересектер, балалар) жүзеге асырады және мыналарды қамтиды:</w:t>
+        <w:t xml:space="preserve">
+      22. Офтальмолог дәрігер "Амбулаториялық жағдайлардағы мамандандырылған медициналық көмек көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 27 сәуірдегі ҚР ДСМ-37 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 27833 болып тіркелген) сәйкес офтальмологиялық аурулары бар пациенттерге мамандандырылған медициналық көмек көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) халықтың нысаналы топтарын (балаларды, ересектерді) профилактикалық (скринингтік) медициналық қарап-тексеру; </w:t>
+        <w:t>
+      23. Офтальмолог дәрігер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кезек күттірмейтін мамандандырылған офтальмологиялық көмек көрсету;</w:t>
+      1) КХ сәйкес мамандандырылған консультациялық-диагностикалық көмек;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) шұғыл мамандандырылған офтальмологиялық көмек көрсету; </w:t>
+      2) "Скринингті ұйымдастыру қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2010 жылғы 9 қыркүйектегі № 704 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6490 болып тіркелген) "Скринингтік зерттеулерге жататын адамдардың нысаналы топтарын, сондай-ақ осы қарап-тексерулерді өткізудің қағидаларын, көлемі мен кезеңділігін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-174/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21572 болып тіркелген) және "Мектепке дейінгі, мектеп жасындағы балаларды, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі және жоғары білім беру ұйымдарының оқушыларын қоса алғанда, халықтың нысаналы топтарына профилактикалық медициналық қарап-тексерулер жүргізу қағидаларын, көлемі мен кезеңділігін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-264/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21820 болып тіркелген) сәйкес халықтың нысаналы топтарын профилактикалық (скринингтік) медициналық қарап-тексерулерді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) көру ағзасы аурулары бар пациенттерге (ересектер, балалар) консультациялық, диагностикалық және емдік көмек көрсету;</w:t>
+      3) офтальмологиялық аурулары бар пациенттерді тәулік бойы жұмыс істейтін және күндізгі стационарларға, АХО емдеуге жатқызуға жіберуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) "Амбулаториялық жағдайларда мамандандырылған медициналық көмекке енгізілген диагностикалық қызметтердің, оның ішінде зертханалық диагностиканың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-221/2020 </w:t>
+      4) № ҚР ДСМ-149/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21703 болып тіркелген) сәйкес диагностикалық қызметтерді; </w:t>
+        <w:t xml:space="preserve"> сәйкес офтальмологиялық аурулары бар пациенттерді динамикалық байқауды;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) "Амбулаториялық жағдайларда мамандандырылған медициналық көмекке енгізілген рәсімдер мен манипуляциялар тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 19 қазандағы № ҚР ДСМ-136/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21470 болып тіркелген) бекітілген </w:t>
+      5) № ҚР-ДСМ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тізбе</w:t>
+        <w:t>175/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бойынша рәсімдер мен манипуляциялар; </w:t>
+        <w:t xml:space="preserve"> және № ҚР ДСМ-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>313/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарына сәйкес белгіленген нысандар бойынша медициналық құжаттаманы есепке алу және есептілік жүргізуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) қосымша зертханалық-аспаптық зерттеулерге және басқа бейінді мамандардың консультацияларына (пациентті біліктілігі анағұрлым жоғары немесе басқа бейіндегі маманның қарауы үшін), консилиумды (қажет болған жағдайда) және комиссиялық мультипәндік қарап-тексерулерге (қажет болған жағдайда) жіберу;</w:t>
+      6) офтальмологиялық аурулары бар пациенттердің еңбекке қабілеттілігін біржола жоғалтқан жағдайда уақытша еңбекке жарамсыздығына сараптама жүргізуге қатысу, офтальмологиялық аурулары бар пациенті медициналық-әлеуметтік сараптамаға жіберу үшін МСАК дәрігерге ұсынымдар беруді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) пациенттерді (ересектер, балалар) күндізгі және тәулік бойғы стационарларға, бейінді медициналық ұйымдарға жіберу үшін медициналық көрсетілімдерді айқындау;</w:t>
+        <w:t xml:space="preserve">
+      7) "Медициналық оңалту көрсетуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2023 жылғы 7 сәуірдегі № 65 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32263 болып тіркелген) және ҚР ДСМ-116/2020 бұйрықтарына сәйкес аурулары бар пациенттерді медициналық оңалтуға жолдама беруді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) бекітілген жері бойынша МСАК ұйымына динамикалық байқау үшін есепке қою үшін созылмалы ауруы бар адамдар үшін консультациялық қорытынды беру;</w:t>
+      8) офтальмологиялық аурулары бар пациенттерді ерте диагностикалау, профилиактикалау және емдеу мәселелері бойынша МСАК мамандарына ұйымдастыру-әдістемелік көмек көрсетуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) созылмалы аурулары бар пациенттерді № ҚР ДСМ - 149/2020 бұйрықпен бекітілген Созылмалы аурулары бар адамдарға медициналық көмек көрсетуді ұйымдастыру, байқаудың мерзімділігі мен мерзімдерін, диагностикалық зерттеулердің міндетті минимумы мен еселігі қағидаларына сәйкес динамикалық байқау, медициналық көрсетілімдерге сәйкес мамандандырылған офтальмологиялық көмек көрсету (көрсетілімдер болған кезде денсаулық сақтау саласындағы әлеуметтік қызметкерлер, психологтар және салауатты өмір салты кабинеттерінің мамандары тартылады);</w:t>
+      9) көру ағзалары ауруларының профилактикасы, саламатты өмір салтын насихаттау бойынша санитариялық-ағарту жұмыстарын жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      11) медициналық көрсетілімдерді айқындау және медициналық оңалтуға жіберу; </w:t>
+        <w:t>
+      24. Функционалды диагностика кабинетінде офтальмолог дәрігер:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) еңбекке уақытша жарамсыздыққа сараптама жүргізу, уақытша еңбекке жарамсыздық туралы парақ немесе анықтама беру;</w:t>
+      1) көру ағзасын ультрадыбыстық зерттеуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) медициналық ұйымның дәрігерлік-консультациялық комиссиясына жолдама беру;</w:t>
+      2) биометриялық офтальмологиялық зерттеулерді (жанаспайтын әдістер кезінде оны біліктілігін арттыру туралы тиісті сертификаты бар орта буын медицина қызметкері жүргізе алады);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) есепке алу және есептік статистикалық нысандардың мониторингі мен талдауы, қызмет көрсету аумағындағы көру ағзасы ауруынан сырқаттанушылықтың, мүгедектіктің негізгі медициналық-статистикалық көрсеткіштерінің мониторингін;</w:t>
+      3) көру ағзасы тіндерінің оптикалық когерентті томографиясын (жанаспайтын әдістер кезінде оны біліктілігін арттыру туралы тиісті сертификаты бар орта буын медицина қызметкері жүргізе алады);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) көру ағзасы ауруларының профилактикасы бойынша санитариялық-ағарту жұмысы, саламатты өмір салтын насихаттау;</w:t>
+      4) көру талдауышының электрофизиологиялық зерттеулерді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z107" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) емдеу-диагностикалық процестің тұтастығын, МСАК ұйымдарымен, басқа медициналық ұйымдармен, офтальмологиялық және басқа да бейінді қызметтермен офтальмологиялық көмек көрсетудің барлық кезеңдерінде сабақтастықты және өзара байланысты қамтамасыз ету;</w:t>
+      5) көз түбінің флуоресценді ангиографиясын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z108" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) № ҚР ДСМ-313/2020 бұйрыққа сәйкес есептік құжаттаманы ресімдеу.</w:t>
+      6) периметрияны жүргізеді (жанаспайтын әдістер кезінде оны біліктілігін арттыру туралы тиісті сертификаты бар орта буын медицина қызметкері жүргізе алады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z109" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Функционалдық диагностика кабинетінде:</w:t>
+      25. Көздің қан тамырлары патологиясы, глаукома және лазерлік хирургия кабинетінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көру ағзасының ультрадыбыстық зерттеуі;</w:t>
+      1) глаукома, көз түбінің жіті және созылмалы қан тамырлары аурулары, көз торының және тамырлы қабықтың тұқым қуалайтын аномалиялары, витреохориоретинальды дистрофиялар, ісік және жалған ісік аурулары бар пациенттерге консультациялық, диагностикалық көмек, емдеу және динамикалық байқау жүргізуді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z111" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) биометриялық офтальмологиялық зерттеулер;</w:t>
+      2) глаукомаға, қайталама катарактаға, шыны тәрізді бұлдырлыққа, витреохориоретинальды дистрофияларға, ісік және жалған ісік ауруларына лазерлік хирургиясы жүргізіледі .</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көру ағзасы тіндерінің оптикалық когерентті томографиясы;</w:t>
+      26. Балалардың көру қабілетін сақтау кабинеттерінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) көзді электрофизиологиялық зерттеу;</w:t>
+      1) көру ағзаларының аурулары бар балаларға консультациялық, диагностикалық және емдік көмек көрсету;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z114" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) көз түбінің флуоресцентті ангиографиясы; </w:t>
+        <w:t>
+      2) рефракция ақаулары, амблиопия, қыликөзділік, цифрлық көру шаршауы бар кезде балаларды аппараттық емдеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z115" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) периметрия жүзеге асырылады.</w:t>
+      3) балалардағы миопияның дамуының профилактикасы, ерте диагностикалау және миопияның дамуының профилактикасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z116" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Көз тамырларының патологиясы, глаукома мен лазерлік хирургияның мамандандырылған кабинетінде:</w:t>
+      4) қызмет көрсету аймағындағы балалардың көру ағзалары сырқаттанушылығының, көру ағзалары ауруларынан болатын мүгедектіктің негізгі көрсеткіштерін талдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z117" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көз түбінің жіті және созылмалы тамырлары аурулары, торлы қабық пен қан тамырларының тұқым қуалайтын ауытқулары, витреохориоретиналды дистрофиялар, ісік және псевдо-ісік аурулары, глаукома бар пациенттердің (ересектер, балалар) динамикасында консультациялық, диагностикалық, емдік көмек және бақылау;</w:t>
+      5) қосымша зертханалық-аспаптық зерттеулерге және басқа бейінді мамандардың консультациясына жіберу жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z118" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) глаукома, қайталама катаракта, шыны тәрізді бұлыңғырлық, витреохориоретиналды дистрофия, диабеттік ретинопатия, гипертониялық ретинопатия, торлы тамырлардың тромбозы және көздің басқа да тамырларының аурулары, көз ісіктері мен псевдоісік аурулары кезіндегі лазерлік хирургия.</w:t>
+      27. Күрделі және арнайы түзету кабинетінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z119" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Балалардың көру қабілетін сақтау кабинеттерінде мыналар жүзеге асырылады:</w:t>
+      1) рефракция ақаулары бар пациенттерге консультацияялық-диагностикалық көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z120" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көру ағзасы аурулары бар балаларға консультациялық, диагностикалық, емдік көмек көрсету;</w:t>
+      2) көзілдірікті түзетудің барлық түрлерін таңдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z121" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) рефракция, амблиопия, қылилық, сандық визуалды шаршау кезінде балаларды аппараттық емдеу;</w:t>
+      3) сериялы өндірістегі жанаспалы линзаларды, қатты жанаспалы линзаларды, ортокератологиялық және жеке жанаспалы линзаларды таңдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z122" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) балалардағы миопияның дамуының профилактикасы, ерте диагностикасы және дамуының профилактикасы;</w:t>
+      4) пациенттерді күрделі және арнайы түзету құрылғыларын пайдалану және оларға күтім жасауды оқыту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z123" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қызмет көрсету аумағындағы балалардың көру ағзасы ауруының, көру ағзасы ауруынан мүгедектіктің негізгі көрсеткіштерін талдау;</w:t>
+      5) түзету әдістеріне бейімделу кезеңінде пациенттерді динамикалық байқау жүргізіледі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z124" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) қосымша зертханалық-аспаптық зерттеулерге және басқа бейінді мамандардың консультацияларына жолдау.</w:t>
+      28. Оптометрия кабинетінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z125" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Күрделі және арнайы түзету кабинетінде офтальмолог дәрігер:</w:t>
+      1) заманауи диагностикалық жабдықты (визометрия, кераторефрактометрия, көру сипатын анықтау, периметрия, биометрия) пайдалана отырып, көздің көру функциялары мен анатомиялық параметрлерін зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z126" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) рефракциялық ауытқулары бар пациенттерге (ересектер, балалар) консультациялық, диагностикалық көмекті;</w:t>
+      2) көзішілік қысымды (тонометрия) және оның параметрлерін өлшеу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z127" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) пациенттерге (ересектер, балалар) көзілдірікпен түзетудің барлық түрлерін іріктеуді;</w:t>
+      3) ересектерге және офтальмолог дәрігердің объективті рефракциялық зерттеп-қарау деректері болған жағдайда, 6 және одан жоғары жастағы балалар үшін көзілдірікті түзетудің барлық түрін таңдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z128" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) пациенттерге (ересектер, балалар) сериялық өндірістегі контактілі линзаларды, қатты контактілі линзаларды, ортокератологиялық және жеке контактілі линзаларды іріктеуді;</w:t>
+      4) ересектерге, ал офтальмолог дәрігердің объективті рефракциялық зерттеп-қарау деректері болған жағдайда, 6 және одан жоғары жастағы балалар үшін жанаспалы линзаларды таңдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z129" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) пациенттерді күрделі және арнайы түзету құралдарын пайдалануға және оларға күтім жасауға үйретуді;</w:t>
+      5) пациенттерге түзету құрал-жабдықтарды пайдалану және күту тәсілдерін оқыту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z130" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) түзету құралдарына бейімделу кезеңінде пациенттерді динамикада бақылауды;</w:t>
+      6) дәрігерге дейінгі кезек күттірмейтін медициналық көмек көрсету;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z131" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) қажет болған жағдайда кезек күттірмейтін мамандандырылған офтальмологиялық көмек көрсетуді жүзеге асырады.</w:t>
+      7) қажет болған жағдайда офтальмолог дәрігерге консультацияға жіберу жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z132" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Оптометрия кабинетінде медициналық оптометрист:</w:t>
+      29. Протездеу зертханасында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z133" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) заманауи диагностикалық аппаратураны (визометрия, кераторефрактомерия, көру сипатын анықтау, периметрия) пайдалана отырып, көру функцияларын зерттеуді;</w:t>
+      1) стандартты көз протездерін таңдау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z134" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көзішілік қысымды өлшеуді (тонометрия), биомикроскопияны;</w:t>
+      2) жеке көз протездерін, эктопротездерін таңдау және жасау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z135" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ересектерге және офтальмолог дәрігер қарап-тексергеннен кейін 6 және одан жоғары жастағы балаларға көзілдірікпен түзетудің барлық түрлерін іріктеуді;</w:t>
+      3) конъюнктивалық қуыстың, діңгектің, көз бетінің жай-күйін динамикалық байқау жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z136" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) ересектерге және офтальмолог дәрігер қарап-тексергеннен кейін 6 және одан жоғары жастағы балаларға сериялық өндірістегі контактілі линзаларды іріктеуді;</w:t>
+        <w:t xml:space="preserve">
+      30. Офтальмологиялық аурулары бар пациентті тәулік бойы жұмыс істейтін стационарға емдеуге жатқызуға жіберу "Қазақстан Республикасында стационарлық жағдайда медициналық көмек көрсету стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 24 наурыздағы № ҚР-ДСМ-27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 27218 болып тіркелген) бұдан әрі – № ҚР ДСМ-27 бұйрық) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z137" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) пациенттерді түзету құралдарын пайдалануға және оларға күтім жасауға үйретуді;</w:t>
+        <w:t xml:space="preserve">
+      31. Тәулік бойы жұмыс істейтін стационарда емделуге жататын офтальмологиялық аурулары бар пациенттерді емдеуге жатқызу № ҚР ДСМ-27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ТМККК шеңберінде / МӘМС жүйесінде тәулік бойы байқаумен стационарда емделуге жататын офтальмологиялық аурулардың тізбесіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z138" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) дәрігерге дейінгі және білікті кезек күттірмейтін медициналық көмек көрсетуді;</w:t>
+      32. Шала туған нәрестелердің ретинопатиясы кезінде (шұғыл, жоспарлы) стационарлық мамандандырылған офтальмологиялық көмек үшінші деңгейдегі босандыру ұйымдарында, көп бейінді үшінші деңгейдегі МҰ және перинаталдық және офтальмологиялық көмек көрсететін ғылыми ұйымдарда көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z139" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      7) қажет болған жағдайда офтальмолог дәрігерге консультацияға жіберуді жүзеге асырады. </w:t>
+        <w:t>
+      33. Босандыру медициналық ұйымдары жоғары білікті мамандандырылған офтальмологиялық көмек көрсету үшін шала туғандардың белсенді ретинопатиясы бар шала туған нәрестелерді (қажет болған жағдайда) үшінші деңгейдегі босандыру ұйымдарға, көп бейінді үшінші деңгейдегі клиникаларға және ғылыми-зерттеу мекемелеріне уақтылы тасымалдауды (оның ішінде санитариялық авиациямен) бағыттайды және үйлестіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z140" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Амбулаториялық хирургия орталықтарында осы Стандартқа 3-қосымшаға сәйкес төсек-орын берілмейтін хирургиялық операциялар жүргізіледі.</w:t>
+      34. Көру ағзасын хирургиялық емдеу тәулік бойы жұмыс істейтін, күндізгі стационарда және амбулаторлық хирургия орталығында жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z141" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Рефракциялық лазерлік хирургия бөлімшесінде (орталығында):</w:t>
+      35. Көру ағзасындағы хирургиялық араласуды офтальмолог дәрігер "Офтальмология (ересектер, балалар)" мамандығы бойынша сертификаты және "Көз микрохирургиясы" тақырыбы бойынша біліктілігін арттыру туралы куәлігі болған кезде жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z142" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) рефракция ауытқулары, мөлдір қабық аурулары кезіндегі консультациялық, диагностикалық көмек;</w:t>
+      36. Пациентке (ересектер, балалар) бір көзге (екінші көз жоқ) немесе бір функционалды көзге (бір көздің көру өткірлігі 0,05 немесе одан төмен) хирургиялық тактика мен хирургиялық араласу көлемін таңдау туралы шешімді кемінде 5 жыл тәжірибесі бар кемінде үш офтальмолог дәрігерден тұратын консилиум қабылдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z143" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лазерлік технологияларды қолдана отырып, көруді лазерлік түзету;</w:t>
+      37. Диагнозды сәйкестендіру және қадағалап жүргізу тактикасын анықтауда қиындықтар туындаған жағдайда офтальмологиялық ауруы бар пациент тиісті өңірдің бас штаттан тыс офтальмологының және аккредиттелген кәсіптік медициналық қауымдастық мүшелерінің қатысуымен консилиумға жіберіледі. Қажет болған жағдайда пациент бейінді орталықтың қатысуымен кеңейтілген консилиумға жіберіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z144" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) кератоконус және басқа да кератэктатикалық мөлдір қабық аурулары бар пациенттерге консультациялық, диагностикалық және емдік көмек, оның ішінде мөлдір қабық коллагенінің кросслинкингі, интрамөлдір қабықты сегменттерді, оның ішінде фемтолазерлік сүйемелдеумен имплантациялау;</w:t>
+      38. Стационарды алмастыратын жағдайларда офтальмологиялық аурулары бар пациенттерге мамандандырылған медициналық көмек, тәулік бойы медициналық байқауды қажет етпейтін жағдайларда медициналық оңалту көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z145" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мөлдір қабық аурулары кезіндегі фототерапиялық кератэктомия;</w:t>
+      39. Мамандандырылған стационарды алмастыратын офтальмологиялық көмек көрсету кезінде емдеу-диагностикалық іс-шаралардың көлемі КХ сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z146" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Мөлдірқабықты трансплантаттауды ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z147" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) птеригиумды бір мезгілде мөлдір қабықты эксимерлазерлі тегістеумен біріктірілген емдеу;</w:t>
+      40. Мөлдірқабықты, оның ішінде консервацияланған мөлдірқабықты трансплантаттау Заңға сәйкес лицензиясы бар медициналық ұйымның тәулік бойы жұмыс істейтін офтальмологиялық стационарында жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z148" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) мөлдір қабық және катаракта хирургиясын фемтолазерлік сүйемелдеу;</w:t>
+        <w:t xml:space="preserve">
+      41. Трансплантаттау мақсатында мәйіттерден көру ағзаларын (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) алу және консервациялау "Патологиялық анатомия және сот-медицина сараптамасы қызметін жүзеге асыратын ұйымдарда трансплантаттау мақсатында мәйіттерден көру ағзаларын алу және консервациялау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-307/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21850 болып тіркелген) (бұдан әрі – ҚР ДСМ-307/2020 бұйрық) сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z149" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      42. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      7) операциядан кейінгі динамикадағы байқау, қажет болған жағдайда кезек күттірмейтін және шұғыл мамандандырылған көмек жүзеге асырылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42-тармақ 01.01.2026 бастап қолданысқа енгізіледі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚР Денсаулық сақтау министрінің м.а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. 06.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәтін алып тасталды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
+    <w:bookmarkStart w:name="z150" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Протездеу зертханасында:</w:t>
+      43.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      43-тармақ 01.01.2026 бастап қолданысқа енгізіледі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚР Денсаулық сақтау министрінің м.а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. 06.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәтін алып тасталды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) стандартты көз протездерін таңдау;</w:t>
+      44. Консервацияланған мөлдірқабық тінін трансплантаттау шетелдік мөлдірқабық банкімен жасалған шарт бойынша алынған трансплантациялық материал пайдаланыла отырып, жүзеге асырылады. Шетелдік банктерден консервацияланған донорлық мөлдірқабықты әкелу тәртібі Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z152" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жеке көз протездерін, эктопротездерді іріктеу және дайындау;</w:t>
+      45. Мөлдірқабық тіндерін трансплантаттауға көрсетілімдерді офтальмологтардың консилиумы құрамында аккредиттелген кәсіби медициналық қауымдастықтың жетекші мамандары, өңірдің бас штаттан тыс офтальмологы, ғылыми орталықтың бейінді мамандары айқындайды. Мөлдірқабық тіндерін трансплантаттау диагностика мен емдеудің клиникалық хаттамаларына сәйкес жүргізіледі: көз алмасының УДЗ (А, В - сканері), электрофизиологиялық зерттеу нәтижелері ескеріле отырып "Мөлдірқабықтың жарасы" "Мөлдірқабықтың тыртықтары мен бұлыңғылануы", "Кератоконус", "Кератопатия", "Көздің және оның қосымша аппаратының аймағымен шектелген термиялық және химиялық күйіктер".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z153" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) конъюнктивалық қуыстың, діңгектің, көз бетінің жай-күйін динамикада байқау жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      46. Мөлдірқабық тінін трансплантаттауды жүзеге асыратын маманға қойылатын біліктілік талаптары осы Стандартқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z154" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      32. Медициналық ұйымнан тыс офтальмологиялық көмек мыналарды қамтиды:</w:t>
+        <w:t xml:space="preserve">
+      47. Мөлдірабық тінін трансплантаттауды жүзеге асыратын медициналық ұйымдарды ұсынылатын жарақтандыру осы Стандартқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z155" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) медициналық пойыздарда, жылжымалы (далалық) медициналық кешендерде, оптометрия кабинеттерінде оптика салондарында дәрігерге дейінгі, білікті шұғыл және кезек күттірмейтін медициналық көмек көрсету;</w:t>
+        <w:t xml:space="preserve">
+      48. Консилиум қорытындысы бойынша бас штаттан тыс офтальмолог "Тіркелімді қалыптастыру және жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-226/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21717 болып тіркелген) сәйкес донорлар мен реципиенттерді есепке алудың медициналық ақпараттық жүйесіне енгізу сәтінде бастапқы тіркеу кезінде пациент туралы деректерді енгізеді, мөлдірқабықты (оның ішінде консервацияланған мөлдірқабық тінін) трансплантаттаудан кейін стационардан шығару кезінде және трансплантаттаудан кейін бір жылдан кейін медициналық ақпараттық жүйеге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес пациенттің деректерін енгізеді, ескертпелерде олар болған жағдайда ургентті трансплантаттау (перфорация жұмсақ контактілі линзаның көмегімен алдыңғы камераны қалпына келтірмеген кезде, көздің анатомиялық арақатынасы бұзылған мөлдірқабықтың кең ақауы-ағзаны сақтау мақсатымен), оптикалық тұрғыдан жалғыз көз және бала басымдық өлшемшарттары көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z156" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) медициналық пойыздарда, жылжымалы (далалық) медициналық кешендерде, қашықтықтан медициналық қызметтер көрсету кезінде консультациялық-диагностикалық көмек көрсету;</w:t>
+      49. Мөлдірқабықты трансплантаттауды жүзеге асыратын медициналық ұйым (оның ішінде консервацияланған мөлдірқабық тіні) операциядан кейінгі бір жыл ішінде (апта сайын – операциядан кейінгі бірінші ай, операциядан кейін ай сайын – 6 айға дейін) (трансплантаттаудан кейін бір жыл өткен соң) бейінді орталыққа жыл сайынғы есеп бере отырып, пациенттің мониторингін жүргізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z157" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көру қабілеті бұзылған балаларға арналған мамандандырылған мектепке дейінгі мекемелерде, көру қабілеті бұзылған балаларға арналған мектеп-интернаттарда консультациялық-диагностикалық көмек және медициналық оңалту;</w:t>
+      50. Көздің қабыну процестерін (кератит, увеит) бастан өткерген пациенттерге этиологиясы анықталғаннан, инфекцияларға зерттеп-қаралған, зертханалық зерттеулердің оң нәтижелері кезінде инфекционистің консультациясынан кейін кемінде 10-12 ай тұрақты ремиссия жағдайында мөлдірқабықты трансплантаттауға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) консультациялық көмек, ересектерге және офтальмолог дәрігердің, 6 және одан жоғары жастағы балаларға зерттеп-қарауы болған кезде, оптометрия кабинеттерінде оптометрия кабинеттерінде түзету құралдарын қолдануға және оларға күтім жасауға пациенттерді оқыту.</w:t>
+      Трансплантааттауға салыстырмалы қарсы көрсетілімдер: аутоиммунды патологиясы бар пациенттер, трансплантаттаудан бас тарту қаупінің жоғары болуына байланысты нейротрофиялық процестер. Пациенттердің осы санатындағы мөлдірқабықты трансплантаттаудың орындылығы туралы мәселе көз алмасын сақтау мақсатында ағзаны алып тастау операциясы қаупі кезінде шешіледі. Ревматологтың консультациясы міндетті болып табылады. Қосарласқан патологиясы бар пациенттерге аралас мамандардың: қант диабеті, қалқанша безінің патологиясы кезінде-эндокринологтың; нейротрофиялық процестер кезінде-невропатологтың консультациясын жүргізу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkStart w:name="z158" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Пациентті операциядан кейінгі байқауға және құжаттаманы жүргізуге қойылатын талаптар сақталмаған кезде уәкілетті орган трансплантаттауды жүргізуге арналған лицензияны кері қайтарып алу туралы мәселе қоюға құқылы. Аккредиттелген кәсіптік медициналық қауымдастықтың мүшелері бейінді мамандармен бірлесіп, бейінді орталықтармен жыл сайын трансплантаттау жүргізуге аккредиттелген клиникаларға жоспарлы мониторингтік сапарлар жүргізеді, асқынулар туындаған жағдайда, трансплантаттау нәтижесіндегі ағзаны алып тастау операцияларының асқыну себептерін талдай отырып, клиникаға жоспардан тыс мониторингтік сапар жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z159" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Стационарды алмастыратын жағдайларда офтальмологиялық көмек көрсету тәртібі</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдары үшін ұсынылатын штат саны мен медициналық бұйымдармен жарақтандырылуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z160" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      33. Стационарды алмастыратын жағдайларда офтальмологиялық көмек тәулік бойы медициналық байқау мен емдеу қажет етілмейтін және медициналық көмек көрсетудің екінші және үшінші деңгейлерінде төсек-орын беріле отырып, күндізгі уақытта медициналық байқау мен емдеу көзделетін жағдайларда көрсетіледі.</w:t>
+        <w:t xml:space="preserve">
+      52. Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдары үшін ұсынылатын штат саны осы Стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z161" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      34. Пациенттерге (ересектерге, балаларға) стационарды алмастыратын офтальмологиялық көмек "Қазақстан Республикасында стационарды алмастыратын жағдайларда медициналық көмек көрсету стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2023 жылғы 7 маусымдағы № ҚР 106 </w:t>
+      53. Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарының медициналық бұйымдармен ұсынылатын жарақтандырылуы осы Стандарттың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бұйрығына</w:t>
+        <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32740 болып тіркелген) сәйкес көрсетіледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-[...483 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4935,1325 +4934,2257 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>офтальмологиялық көмек</w:t>
+              <w:t xml:space="preserve">офтальмологиялық көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуді ұйымдастыру</w:t>
+              <w:t xml:space="preserve">көрсетуді ұйымдастыру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стандартына</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkStart w:name="z163" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Офтальмологиялық көмек көрсету деңгейлері бойынша клиникалық-диагностикалық зерттеулер көлемі</w:t>
+        <w:t xml:space="preserve"> Офтальмологиялық көмек көрсету деңгейлері бойынша клиникалық-диагностикалық зерттеулердің көлемі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Медициналық көмек көрсету деңгейлері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+              <w:t>Диагностикалық көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Диагностикалық қызметтер</w:t>
+              <w:t>Медициналық көмекті көрсетудің деңгейлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...155 lines deleted...]
-5) көрсетілімдер бойынша зертханалық зерттеулер</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірінші деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екінші деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үшінші деңгей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...353 lines deleted...]
-16) көздің УДЗ, көзішілік линзаның күшін есептеу (көрсетілімдер бойынша)</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) шағымдарды, анамнезді жинау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...461 lines deleted...]
-22) контрастты енгізе отырып, көз жасы жолдарының рентгенографиясы (көрсетілімдер бойынша)</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) физикалық қарап-тексеру: пульсті, қан қысымын, тыныс алу жиілігін өлшеу, аускультация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көзді және қосалқыларды сыртқы қарап-тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) өтетін, бүйірлік жарықта көзді және қосалқыларды қарап-тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) көрсетілімдер бойынша зертханалық зерттеулер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) түзетумен және түзетусіз көру өткірлігін анықтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) рефракционды зерттеу: ауторефрактокератометрия (ересектер, балалар), ретиноскопия/скиаскопия (балалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) көзішілік қысымды анықтау (ересектерде ≥ 40 жас; ересектерде ≤ 40 жаста (көрсетілім бойынша), балаларда (көрсетілім бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) көздің қосымша, көз қозғалғыш аппаратын зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) көз жасы өзектерiнiң ашықтығын анықтау, көз жасы өзектерiн жуу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) көз жасының түзілуін зерттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) биомикроскопия (жарықшамен зерттеу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) офтальмоскопия (тікелей және жанама)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
-[...36 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6287,4116 +7218,2037 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасында</w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасында </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>офтальмологиялық көмек</w:t>
+              <w:t xml:space="preserve">офтальмологиялық көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуді ұйымдастыру</w:t>
+              <w:t xml:space="preserve">көрсетуді ұйымдастыру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стандартына</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:bookmarkStart w:name="z165" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарының жарақтандырылуы</w:t>
+        <w:t xml:space="preserve"> 1. Төсек санына қарай медициналық көмек көрсету деңгейлері бойынша стационарлық жағдайларда 1 тәулік бойғы мейіргер постына офтальмолог дәрігердің 1 лауазымына жүктемені ескере отырып ұсынылатын штаттық нормативтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z107" w:id="103"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық ауруханалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қалалық ауруханалар*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық маңызы бар қалалардағы және астанадағы облыстық және қалалық ауруханалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық ғылыми-зерттеу институты және Ұлттық орталық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ересек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттер 10 000 халыққа шаққандағы төсек-орынның жоспарлы және стандартты санына және көрсетілетін медициналық қызметтердің көлеміне сәйкес белгіленеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * республикалық маңызы бар қалаларды және астананы қоспағанда, барлық қалалардағы қалалық ауруханалар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Мамандандырылған офтальмолог кабинетінің жарақтандырылуы</w:t>
+        <w:t xml:space="preserve"> 2. Бір халыққа амбулаториялық-емханалық жағдайларда медициналық көмек көрсететін медициналық ұйымдар үшін ұсынылатын штаттық нормативтер. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Саны</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Амбулаториялық деңгей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-1</w:t>
+              <w:t xml:space="preserve">
+Лауазымы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық бірліктер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Сынама көзілдірікті линзалар жиынтығы</w:t>
+Офтальмолог-дәрігер (ересек)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 ересектер мен балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+Офтальмолог-дәрігер (балалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 ересектер мен балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...2135 lines deleted...]
-Талап бойынша</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 офтальмологқа орта буын медицина қызметкерінің (мейіргер және/немесе фельдшер) 1 лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:bookmarkStart w:name="z167" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Көзді функционалдық диагностикалау кабинеті</w:t>
+        <w:t xml:space="preserve"> 3. Мамандандырылған функционалдық диагностика кабинеттері үшін ұсынылатын штаттық нормативтер; көздің қан тамырлары патологиясы, глаукома және лазерлік хирургия; балалардың көру қабілетін қорғау; күрделі және арнайы түзету; популяцияға шаққандағы оптометрия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Саны</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Амбулаториялық деңгей (функционалдық диагностика бойынша мамандандырылған кабинет; көздің тамырлы патологиясы, глаукома және лазерлік хирургия; балалардың көру ағзасын сақтау; күрделі және арнайы түзету; оптометрия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-1</w:t>
+              <w:t xml:space="preserve">
+Лауазымы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаттық бірліктер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халық саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар көру аумағының анализаторы (компьютерлі периметр)</w:t>
+Функционалдық диагностика кабинетінің офтальмологы (ересек); көздің тамырлы патологиясы, глаукома және лазерлік хирургия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 ересектер мен балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-1</w:t>
+Балалардың көру қабілетін қорғау кабинетінің офтальмологы (балалар); күрделі және арнайы түзету; оптометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 ересектер мен балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 офтальмологқа орта буын медицина қызметкерінің (мейіргер және/немесе фельдшер) 1 лауазым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...666 lines deleted...]
-Талап бойынша</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасында </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">офтальмологиялық көмек </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсетуді ұйымдастыру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стандартына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Тамырлы көз патологиясы және лазерлік хирургиясының мамандандырылған кабинеті</w:t>
+        <w:t xml:space="preserve"> Офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдарын жарақтандыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Мамандандырылған офтальмолог кабинетін жарақтандыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10409,200 +9261,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар саңылау шамы</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар қолтаңба проекторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10635,87 +9517,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Торқабықтың лазерлік коагулясына арналған офтальмологиялық лазерлік жүйе</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынақ көзілдіріктерінің жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10748,200 +9630,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-1</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әмбебап сынақ кадры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Глаукоманың лазерлік еміне арналған офтальмологиялық лазерлік жүйе</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық тонометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10974,765 +9856,765 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторефрактокерометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аксессуарлары бар балалар авторефрактометрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (балалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аксессуарлары бар ретиноскоп (балалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (балалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікелей офтальмоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар саңылау шамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыссыз офтальмоскопияға арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...35 lines deleted...]
-Офтальмологиялық тонометр </w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гониоскопиялық линза</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11765,146 +10647,1276 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үш айна Голдман линзасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері бас офтальмоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-2 кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас офтальмоскопиясына арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстел шамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Скиаскопиялық сызғыштар жинағы (балалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагностикалық призматикалық сызғыштар/линзалар кешені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экзофтальмометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түс қабылдауды тексеруге арналған диаграммалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс орнындағы офтальмолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тест-жолақтар (флюоресцеинмен; Ширмер сынамасын жүргізу үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Мамандырылған балалар көз көруін сақтау кабинеті</w:t>
+        <w:t xml:space="preserve"> 2. Функционалды көз диагностикасы кабинеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11917,200 +11929,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар белгі проектор</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар ультрадыбыстық офтальмологиялық A/B-сканер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12143,87 +12185,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Сынама көзілдірікті линзалар жиынтығы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрнекі өріс анализаторы (компьютер периметрі) керек-жарақтары бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12256,200 +12298,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптикалық биометриялық жүйе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Офтальмологиялық тонометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүйізді қабықтың топографы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12482,196 +12524,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ультрадыбыстық биомикроскоп (UBM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Педиатрикалық жабдықталған авторефрактометр</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографиялық функциясы бар оптикалық когерентті томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12704,87 +12750,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар саңылау шамы</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көз түбінің камерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12817,87 +12863,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар ретиноскоп </w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотелий микроскобы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12930,1389 +12976,259 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-1 жиынтық</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көздің электрофизиологиялық зерттеулеріне арналған компьютерлік жұмыс станциясы (КЭЗ - жүйе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...600 lines deleted...]
-Түзу емес офтальмоскопияға арналған диагностикалық асферикалық линзалар</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талап бойынша</w:t>
-            </w:r>
-[...563 lines deleted...]
-талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="107"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5. Күрделі және арнайы түзету кабинеті</w:t>
+        <w:t xml:space="preserve"> 3. Көздің қан тамырлары патологиясы, глаукома және лазерлік хирургия бойынша мамандандырылған кабинет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14325,200 +13241,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Белгі проектор</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар саңылау шамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14551,87 +13497,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Сынама көзілдірікті линзалар жиынтығы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрнекі өріс анализаторы (компьютер периметрі) керек-жарақтары бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14664,200 +13610,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографиялық функциясы бар оптикалық когерентті томограф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Автокераторефрактометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көз торының коагуляциясына арналған офтальмологиялық лазерлік жүйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14890,87 +13836,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...35 lines deleted...]
-Үстел шамы</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екіншілік катарактаны емдеуге арналған офтальмологиялық лазерлік жүйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15003,87 +13949,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Мөлдірқабық топографы </w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глаукоманы лазерлік емдеуге арналған офтальмологиялық лазерлік жүйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15116,1615 +14062,937 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанама офтальмоскопияға арналған офтальмологиялық хирургиялық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-1</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иридотомияға арналған офтальмологиялық хирургиялық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-1</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капсулотомияға арналған офтальмологиялық хирургиялық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-1 жиынтық</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Голдман үш айна линзасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...71 lines deleted...]
-1</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанаспайтын офтальмоскопияға арналған офтальмологиялық асфералық линза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гониоскопияға арналған офтальмологиялық линза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық тонометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...749 lines deleted...]
-1</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6. Офтальмологиялық көмек көрсететін амбулаториялық хирургия орталығы</w:t>
+        <w:t xml:space="preserve"> 4. Балалардың көру қабілетін сақтауға арналған мамандандырылған кабинет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16737,1841 +15005,2432 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-1 операция үстеліне</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар қолтаңба проекторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...71 lines deleted...]
-1 операция үстеліне</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынақ көзілдіріктерінің жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-1 операция үстеліне</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әмбебап сынақ кадры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық тонометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...72 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторефрактокерометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар авторефрактометрі (портативті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар саңылау шамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аксессуарлары бар ретиноскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Скиаскопиялық сызғыштар жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікелей офтальмоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері бас офтальмоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстел шамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас офтальмоскопиясына арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагностикалық призматикалық сызғыштар/линзалар кешені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері офтальмоскопияға арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмомиотренер-релаксатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синоптофор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптикалық жаттығуларға арналған көзілдірік жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтықтан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатриялық қабақтың шандырлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:bookmarkStart w:name="z174" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Рефракционды лазерлі хирургия бөлімшесі (орталығы)</w:t>
+        <w:t xml:space="preserve"> 5. Жанаспалы, күрделі және арнайы түзету кабинеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18584,200 +17443,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар белгі проектор</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгі проекторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18810,87 +17699,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Сынама көзілдірікті линзалар жинынтығы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынақ көзілдіріктерінің жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18923,87 +17812,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...35 lines deleted...]
-Әмбебап сынама көзілдірік құрсауы</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әмбебап сынақ кадры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19036,87 +17925,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Авторефрактокератометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автокераторфрактометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19149,87 +18038,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...35 lines deleted...]
-Офтальмологиялық тонометр</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үстел шамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19262,87 +18151,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар саңылау шамы</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүйізді қабықтың топографы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19375,200 +18264,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактісіз офтальмоскопияға арналған офтальмологиялық линза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...35 lines deleted...]
-Мөлдірқабық топографиясын және көздің алдыңғы сегментін жан-жақты бағалауына арналған диагностикалық жүйе</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық тонометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19601,87 +18490,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...35 lines deleted...]
-Эксимерлі лазерлі офтальмологиялық жүйе </w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ретиноскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19714,200 +18603,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-1</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Скиаскопиялық сызғыштар жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...35 lines deleted...]
-Микрокератом</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптикалық биометрия жүйесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19940,372 +18829,1050 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стандартты ортокератологиялық линзалар жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Торик ортокератологиялық линзалар жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-талап бойынша, 2 ден кем емес</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанспалы линзаларды таңдауға арналған диагностикалық жинақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанспалы линзаларға арналған аксессуарлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық фороптер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанспалы линзаларды күтуге және емдеуге арналған шешімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлденең цилиндрлер жинағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Флуоресцеин қосылған офтальмологиялық тест жолақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диоптриметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="110"/>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8. Стационарды алмастыратын және стационарлық жағдайларда офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдары</w:t>
+        <w:t xml:space="preserve"> 6. Стационарлық жағдайларда офтальмологиялық көмек көрсететін денсаулық сақтау ұйымдары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20318,539 +19885,569 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-жұмыс орнына 1</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгі проекторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...71 lines deleted...]
-жұмыс орнына 1</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынақ көзілдіріктерінің жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-жұмыс орнына 2</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әмбебап сынақ кадры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Офтальмологиялық тонометр </w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық тонометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20883,87 +20480,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...35 lines deleted...]
-Авторефрактокератометр</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторефрактокерометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20996,87 +20593,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Педиатриялық керек-жарақтары бар авторефрактометр</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатриялық авторефрактометр (балалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21109,87 +20706,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Ретиноскоп (балалар)</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ретиноскоп (балалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21222,277 +20819,277 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-жұмыс орнына 1</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікелей офтальмоскоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-1 офтальмолог дәрігер жиынтығы</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанаспайтын офтальмоскопияға арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+офтальмолог-дәрігердің 1 жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21520,92 +21117,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыс орнына 1</w:t>
+1 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21633,241 +21230,241 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыс орнына 1</w:t>
+1 жұмыс орнына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...35 lines deleted...]
-Маңдайлы түзу емес офтальмоскоп</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері бас офтальмоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21900,200 +21497,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-Маңдайлы офтальмоскопқа кемінде 2</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас офтальмоскопиясына арналған асфералық диагностикалық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басына орнатылған офтальмоскопқа кемінде 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
-[...35 lines deleted...]
-Үстел шамы</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22126,200 +21723,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
-[...71 lines deleted...]
-1 жиынтығы жұмыс орнына</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагностикалық призматикалық сызғыштар/линзалар кешені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұмыс орнына 1 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар ультрадыбыстық офтальмологиялық A / В-сканер </w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ультрадыбыстық офтальмологиялық A/B-сканер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22352,87 +21949,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
-[...35 lines deleted...]
-Оптикалық биометрияға арналған жүйе</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптикалық биометриялық жүйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22465,87 +22062,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
-[...35 lines deleted...]
-Көру аумағының талдауышы (компьютерлік периметр)</w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көру өрісінің талдауышы (компьютер периметрі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22578,87 +22175,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...35 lines deleted...]
-Ультрадыбыстық биомикроскоп (УДМ)</w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ультрадыбыстық биомикроскоп (UBM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22691,87 +22288,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
-[...35 lines deleted...]
-Ангиография фукциясы бар оптикалық когерентті томограф</w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографиялық функциясы бар оптикалық когерентті томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22804,87 +22401,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...35 lines deleted...]
-Эндотелиалды микроскоп</w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотелий микроскобы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22917,200 +22514,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жабдықтарды көтеруге арналған электрлік үстелдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
-[...35 lines deleted...]
-Керек-жарақтары бар операциялық офтальмологиялық микроскоп</w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық операциялық микроскоп керек-жарақтары бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23143,87 +22740,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
-[...35 lines deleted...]
-Катаракта хиругиясына арналған керек-жарақтары бар офтальмологиялық микроскоп жүйесі</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катаракта хирургиясы үшін керек-жарақтары мен керек-жарақтары бар офтальмологиялық хирургиялық жүйе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23256,1502 +22853,1502 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...71 lines deleted...]
-1 операция үстеліне</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Витрохирургияға арналған офтальмологиялық хирургиялық жүйе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша, 1 операция үстеліне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катаракта хирургиясына арналған микрохирургиялық құралдар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глаукомаға қарсы операцияларға арналған микрохирургиялық құралдар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Витреоретинальды операцияларға арналған микрохирургиялық аспаптар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тор қабығын ажырату операцияларын орындауға арналған микрохирургиялық аспаптар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көзден тыс бұлшықеттерге операцияларды орындауға арналған микрохирургиялық аспаптар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоспаларға пластикалық және реконструкциялық операцияларға арналған микрохирургиялық құралдар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Энуклеацияны, эвискеронуклеацияны орындауға арналған микрохирургиялық аспаптардың жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кератопластикаға арналған микрохирургиялық құралдар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орбитада операцияларды орындау үшін микрохирургиялық аспаптарды орнатады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көздің алдыңғы сегментіндегі операцияларға арналған микрохирургиялық құралдар жиынтығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Криохирургиялық офтальмологиялық бөлімше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транссклеральды микроимпульстік циклофотокоагуляция жүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="111"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9. Шала туған нәрестелердің белсенді ретинопатия кезінде офтальмологиялық лазерлік коагуляцияға арналған жарақтандыру</w:t>
+        <w:t xml:space="preserve"> 7. Шала туған нәрестелерді офтальмологиялық скринингке және шала туғандардың белсенді ретинопатиясында көз торының лазерлік коагуляциясына арналған жарақтандыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24764,242 +24361,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шала туған нәрестелердің ретинопатиясының скринингі үшін</w:t>
+Шала туған нәрестелердің ретинопатиясын скрининг үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Маңдайлы түзу емес офтальмоскоп</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері бас офтальмоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25032,87 +24659,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Түзу емес офтальмоскопияға арналған диагностикалық асферикалық линза 20D</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері офтальмоскопияға арналған диагностикалық асфералық линза 20D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25145,87 +24772,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...35 lines deleted...]
-Түзу емес офтальмоскопияға арналған диагностикалық асферикалық линза 28D</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кері офтальмоскопияға арналған диагностикалық асфералық линза 28D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25258,87 +24885,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Педиатриялық ретиналды камера</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатриялық тордың камерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25371,164 +24998,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...72 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатриялық қабақтың шандырлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25547,179 +25170,175 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шала туған нәрестелердің торқабықтың белсенді ретинопатиясына лазерлі коагуляциясы үшін</w:t>
+Шала туғандардың белсенді ретинопатиясында көз торының лазерлік коагуляциясы үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Транспупиллярлы коагуляцияға арналған эндофотокоагуляциялық бейімделген офтальмологиялық лазер</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспупиллярлық коагуляцияға бейімделген офтальмологиялық эндофотокоагуляциялық лазер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25752,277 +25371,277 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тор қабықтың транспупиллярлық коагуляциясына арналған хирургиялық линзалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2-у</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-кемінде 2</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатриялық мөлдірқабақтың тартқыштары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2-у</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26050,74 +25669,74 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-кемінде 2</w:t>
+кемінде 2-у</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10. Оптометрия кабинеті</w:t>
+        <w:t xml:space="preserve"> 8. Оптометрия кабинеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26130,200 +25749,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...71 lines deleted...]
-Саны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Белгі проектор </w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгі проекторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26356,87 +26005,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Сынама көзілдірікті линзалар жинынтығы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сынақ көзілдіріктерінің жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26469,87 +26118,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...35 lines deleted...]
-Әмбебап сынама құрсауы</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әмбебап сынақ кадры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26582,87 +26231,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Автокераторефрактометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автокераторфрактометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26695,51 +26344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26808,51 +26457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26921,87 +26570,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Керек жарақтары бар саңылау шамы</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар саңылау шамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27034,87 +26683,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...35 lines deleted...]
-Тура көрсететін офтальмоскоп </w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікелей офтальмоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27147,87 +26796,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...35 lines deleted...]
-Ретиноскоп</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ретиноскоп + скиаскопиялық сызғыштар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27260,200 +26909,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сериялық контактілі линзаларды таңдауға арналған диагностикалық жинақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...35 lines deleted...]
-Офтальмологиялық фороптер </w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологиялық фароптер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27486,200 +27135,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактілі линзаларды күтуге және емдеуге арналған шешімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...35 lines deleted...]
-Кросс-цилиндр жиынтығы</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлденең цилиндрлер жинағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27708,164 +27357,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Флуоресцеин қосылған офтальмологиялық сынақ жолақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27934,236 +27583,236 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көру өрісінің талдауышы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
-[...71 lines deleted...]
-талап бойынша</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанаспалы линзаларға арналған аксессуарлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Талап бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -28202,21949 +27851,1355 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасында</w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасында </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>офтальмологиялық көмек</w:t>
+              <w:t xml:space="preserve">офтальмологиялық көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуді ұйымдастыру</w:t>
+              <w:t xml:space="preserve">көрсетуді ұйымдастыру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стандартына</w:t>
-[...64 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t xml:space="preserve">стандартына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="113"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Амбулаториялық хирургия орталықтарында жүргізілетін хирургиялық операциялар</w:t>
+        <w:t xml:space="preserve"> Көздің мөлдір қабығын трансплантаттау бойынша пациенттерді есепке алу нысаны *</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жүгіну кезіндегі мәртебесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стационардан шығару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Операциядан кейінгі жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Қабақ шетін кесу</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пациенттің аты-жөні, тегі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+туған күні күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тіркелу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIS OD/OS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+OD/OS диагнозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалғыз көз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қауіп тобы (қосарласқан соматикалық патология)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Операцияның атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СКП DMEK/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+DSAEK DALK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+хирург</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Донордың төлқұжаты, мөлдірқабық банкінің атауы, елі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Операция кезіндегі асқынулар/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+операциядан кейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIS OD / OS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантаттың жай-күйі жағдай:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мөлдір/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жартылай мөлдір/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлыңғыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...21459 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе:</w:t>
-[...18 lines deleted...]
-      АХЖ-9 – аурулардың халықаралық жіктемесі;</w:t>
+      ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ИОЛ – интраокулярлы линзалар</w:t>
+      * өңірдің бас штаттан тыс офтальмологы толтырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -50152,55 +29207,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -50526,31 +29581,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>