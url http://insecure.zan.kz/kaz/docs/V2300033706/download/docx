--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ebdf29" w14:textId="4ebdf29">
+    <w:p w14:paraId="79d39ba" w14:textId="79d39ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -683,51 +683,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Стандарт жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z180" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4191,347 +4211,95 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21850 болып тіркелген) (бұдан әрі – ҚР ДСМ-307/2020 бұйрық) сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:bookmarkStart w:name="z149" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      42. </w:t>
+        <w:t>
+      42. Консервацияланған мөлдірқабық тінін сақтау, тасымалдау және ауыстырып салу медициналық қызмет бейініне сәйкес консервацияланған мөлдірқабық тінін трансплантаттау қызметтерін көрсету бойынша медициналық қызметті жүзеге асыруға лицензиясы болған кезде меншік нысанына қарамастан медициналық ұйымдарда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:p>
-[...134 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z150" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...32 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      43. Мөлдірқабықты трансплантаттау № ҚР ДСМ-307/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...83 lines deleted...]
-        <w:br/>
+        <w:t>бұйрыққа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve"> сәйкес патологиялық анатомия және сот-медициналық сараптама қызметін жүзеге асыратын ұйымдарда көз алмасы алынғаннан кейін 48 сағат ішінде қайтыс болғаннан кейінгі донордан алынған донорлық материалды пайдалана отырып немесе мультиағзаны алуға "Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көрсетілетін қызметтердің сапасы жөніндегі біріккен комиссиясы 2023 жылғы 18 тамыздағы № 187 мақұлдаған ағзаларды және/немесе тіндерді мультиағзаны алуға донорды дайындау" медициналық араласудың клиникалық хаттамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="147"/>
     <w:bookmarkStart w:name="z151" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Консервацияланған мөлдірқабық тінін трансплантаттау шетелдік мөлдірқабық банкімен жасалған шарт бойынша алынған трансплантациялық материал пайдаланыла отырып, жүзеге асырылады. Шетелдік банктерден консервацияланған донорлық мөлдірқабықты әкелу тәртібі Заңға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z152" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -29207,55 +28975,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>