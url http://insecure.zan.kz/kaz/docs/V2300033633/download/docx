--- v0 (2025-10-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5f5c75" w14:textId="e5f5c75">
+    <w:p w14:paraId="06b34de" w14:textId="06b34de">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,69 +85,138 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға бөлшек сауда бағаларының шекті рұқсат етілген мөлшерін белгілеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 30 наурыздағы № 282 бұйрығына және "Сауда базарларының қызметін ұйымдастыру қағидаларын, сауда базарының аумағын күтіп-ұстауға, оны жабдықтауға және жарақтандыруға қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Сауда және интеграция министрінің міндетін атқарушының 2023 жылғы 22 маусымдағы № 242-НҚ бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Сауда және интеграция министрінің 2023 жылғы 13 қарашадағы № 406-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 қарашада № 33633 болып тіркелді. Күші жойылды - Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2025 жылғы 30 қазандағы № 306-НҚ бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Сауда және интеграция министрінің м.а. 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -947,55 +1018,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1325,35 +1418,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>