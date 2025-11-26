--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0367659" w14:textId="0367659">
+    <w:p w14:paraId="d99c08d" w14:textId="d99c08d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,129 +93,189 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Деңгейлес мониторингтің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 7 желтоқсандағы № 1060 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 23 қазандағы № 1119 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 27 қазанда № 33572 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 23 қазандағы № 1119 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 27 қазанда № 33572 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 22.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 520</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Деңгейлес мониторингтің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 7 желтоқсандағы № 1060 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17914 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -228,68 +288,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ""Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 131-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -344,68 +387,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Деңгейлес мониторинг туралы келісімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -420,106 +447,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Деңгейлес мониторинг туралы келісімді жасау және бұзу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -532,106 +544,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы Деңгейлес мониторинг туралы келісімді жасау және бұзу қағидалары (бұдан әрі - Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>131-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және деңгейлес мониторинг туралы келісімді жасау және бұзу тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -644,70 +640,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Өтініште:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің бухгалтерлік және (немесе) салықтық есепке алуын автоматтандыруға арналған бағдарламалық қамтамасыз етуді қолданумен қазақ және (немесе) орыс тілдерінде бухгалтерлік және салықтық есепке алуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -756,88 +752,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Келісімді бұзу салық төлеушіге хабарламасы бар тапсырыс хатпен пошта арқылы жіберілген, жазбаша нысанда хабардар ету жолымен жүзеге асырылады. Бұл ретте мұндай бұзу Келісімді бұзуға дейін салық есептілігі жекелеген салықтар және төлемдер бойынша берілген салық кезеңіне деңгейлес мониторинг нәтижелерін жоққа шығармайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -852,106 +831,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Деңгейлес мониторингті жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -964,124 +928,91 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы Деңгейлес мониторингті жүргізу қағидалары (бұдан әрі - Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>133-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және деңгейлес мониторинг жүргізу тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1136,68 +1067,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1252,128 +1167,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="3"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z20" w:id="4"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z21" w:id="5"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1388,70 +1287,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтердің Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="6"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1920,88 +1820,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="7"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг туралы келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z27" w:id="8"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Астана қаласы 20__ жылғы "___" _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2212,182 +2112,166 @@
         </w:rPr>
         <w:t xml:space="preserve">
       екінші тараптан, бұдан әрі бірлескен түрде "Тараптар" деп аталатын "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Салық кодексі) (бұдан әрі - Салық кодексі) сәйкес осы Деңгейлес мониторинг туралы келісімді (бұдан әрі - Келісім) жасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="9"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімнің мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z29" w:id="10"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тараптар Комитет Салық төлеушіге қатысты деңгейлес мониоринг өткізу туралы уағдаласады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Деңгейлес мониторинг Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>133-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салық төлеушіге қатысты деңгейлес мониторингті Қазақстан Республикасының салық заңнамасына сәйкес жүргізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2474,70 +2358,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) деңгейлес мониторинг жүргізу кезінде алынған және жасалған құжаттардың сақталуын қамтамасыз ету, салық төлеушінің келісімінсіз олардың мазмұнын жарияламауға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) салық төлеушінің орналасқан жері бойынша деңгейлес мониторинг жүргізу кезеңінде салық төлеушінің белгіленген жұмыс режімін бұзбауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="13"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деңгейлес мониторинг шеңберінде Комитеттің лауазымды тұлғасының талабы бойынша салық төлеушінің орналасқан жері бойынша жүргізілетін деңгейлес мониторинг жүргізу тәртібіне сәйкес және (немесе) салық төлеушінің қатысуынсыз бюдетке төленетін салықтар және төлемдердің дұрыс есептелуін және уақтылы төленуін (ұстап қалудар мен аударымдар), әлеуметтік төлемдердің, ұстап қалулар мен аударымдардың толық және уақтылы есептелуін растайтын құжаттарды, салық төлеушінің (салық агентінің) салық нысандарын, салық төлеушінің (салық агентінің) қаржылық есептілігін, сондай-ақ салық есебін жүргізу бойынша құрастырылған жазбаша түсіндірмелерін беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2548,88 +2432,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) деңгейлес мониторинг жүргізу барысында Комитеттің лауазымды тұлғаларына салық төлеушінің орналасқан жері бойынша бастапқы есеп құжаттары, бухгалтерлік есеп тіркелімі деректерін, салық салуға байланысты салық салу объектілері және (немесе) салық салумен байланысты объектілері туралы ақпарат бар бухгалтерлік және (немесе) салық есебін, және (немесе) ақпараттық жүйені автоматтандыруға арналған бағдарламалық қамтамасыз ету деректерін қарауға құқық беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деңгейлес мониторинг шеңберінде Комитеттің лауазымды тұлғаларына салық төлеушінің қатысуынсыз бастапқы есеп құжаттары, бухгалтерлік есеп тіркелімі деректерін, салық салуға байланысты салық салу объектілері және (немесе) салық салумен байланысты объектілері туралы ақпарат бар бухгалтерлік және (немесе) салық есебін, және (немесе) ақпараттық жүйені автоматтандыруға арналған бағдарламалық қамтамасыз етуден жүктелген мәліметтерді беруге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="14"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тараптар екі жақтың келісімі бойынша осы келісімге өзгерістер мен толықтырулар енгізуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Тараптар Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2644,267 +2511,263 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген өзге де құқықтары бар және өзге де міндеттерді орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="15"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z37" w:id="16"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы Келісімде Тараптардың әрқайсысы осы Келісімнен шығатын міндеттемелерді орындамаған және (немесе) дұрыс орындамағаны үшін Қазақстан Республикасының салық заңнамасына сәйкес жауапкершілікте болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы келісімнен пайда болуы мүмкін кез келген даулар немесе келіспеушіліктер Қазақстан Республикасының заңнамасына сәйкес шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z39" w:id="18"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Құпиялылық</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z40" w:id="19"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Тараптар осы Келісім шеңберінде алынған кез келген ақпаратты Қазақстан Республикасының заңнамалық актілерінде өзгеше көзделген жағдайларды қоспағанда, басқа тараптың алдын ала жазбаша келісімінсіз жарияламауға міндеттенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z41" w:id="20"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тиісті органдар растаған ұрлық, қарақшылық, тонау, ақпараттық деректер базасын кибер талқандау түрінде берілген үшінші тұлға тарапынан заңға қайшы іс-қимылдары салдарынан алынған мәліметтерді абайсызда тарату құпиялылық туралы талаптарды бұзу болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z42" w:id="21"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Келісімнің әрекет ету мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Осы Келісім қол қойылған сәттен бастап күшіне енеді және үш жыл бойы қолданыста болады және Салық кодексінің 131-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген деңгейлес мониторинг туралы келісімді жасау және бұзу тәртібіне сәйкес бұзылуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="22"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Келісімді бұзу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z45" w:id="23"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Комитет осы Келісімді мынадай жағдайларда бұзады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деңгейлес мониторинг жүргізген Комитеттің лауазымды тұлғасы деңгейлес мониторинг жүргізу барысында Салық төлеушімен дәйексіз мәліметтерді ұсыну фактілерін анықтауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2953,202 +2816,202 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілген деңгейлес мониторинг жүргізу тәртібін бұзу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Салық төлеушінің бірігуі, қосылуы, бөлінуі, бөлініп шығуы жолымен оңалту немесе банкроттық, тарату, қайта ұйымдастыру рәсімдерінің басталуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z47" w:id="25"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Осы Келісімге кез келген өзгерістер мен толықтырулар қосымша келісімдерді құрастыру және қол қою арқылы жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тараптарды қайта құру арқылы қайта ұйымдастыру осы Келісімнің қолданысын тоқтата алмайды, және барлық құқықтар мен міндеттер тиісті құқық мирасқорларына ауысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z49" w:id="27"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Деңгейлес мониторинг шеңберінде ұсынылатын ақпарат алмасу мына электрондық пошта мекенжайларын қолданумен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет тарапынан _____________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық төлеуші тарапынан ___________________________________ жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Осы Келісім мемлекеттік және орыс тілдерінде Тараптардың әрқайсысы үшін тең заңдық күші бар екі данада жасалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Тараптардың заңды мекенжайлары және деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -3773,68 +3636,68 @@
               </w:rPr>
               <w:t xml:space="preserve"> нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыс № (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="30"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг туралы келісімді жасасу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________ ________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4559,68 +4422,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заңды мекенжай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="31"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орналасқан жеріне шығумен деңгейлес мониторинг жүргізу туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5455,68 +5318,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заңды мекенжай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="32"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг шеңберінде құжаттар мен түсіндірмелерге сұрау салу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6331,68 +6194,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заңды мекенжай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="33"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг нәтижелері бойынша шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______ жылғы "___" ________                         №_____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7082,68 +6945,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="34"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг нәтижелері бойынша хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті" республикалық мемлекеттік мекемесі (бұдан әрі - Комитет) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі - Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9045,55 +8908,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9419,31 +9282,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>