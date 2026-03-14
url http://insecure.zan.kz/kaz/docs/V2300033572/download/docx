--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d99c08d" w14:textId="d99c08d">
+    <w:p w14:paraId="b97350a" w14:textId="b97350a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Деңгейлес мониторингтің кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 7 желтоқсандағы № 1060 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 23 қазандағы № 1119 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 27 қазанда № 33572 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 22 қыркүйектегі № 520 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 22.09.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 22.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 520</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -8900,63 +8902,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9278,35 +9302,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>