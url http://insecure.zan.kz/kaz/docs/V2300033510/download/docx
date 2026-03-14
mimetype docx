--- v0 (2026-01-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5247410" w14:textId="5247410">
+    <w:p w14:paraId="5465566" w14:textId="5465566">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы ұлттық валютасының айналыстағы монеталарының қатар айналыста болу кезеңін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 2 шілдедегі № 114 және "Қызметін Қазақстан Республикасы Ұлттық Банкінің қолма-қол шетел валютасымен айырбастау операцияларына арналған лицензиясы негізінде тек қана айырбастау пункті арқылы жүзеге асыратын заңды тұлғаның Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының талаптарын сақтауы туралы есептілігінің тізбесін, нысандарын және табыс ету мерзімдерін және оны ұсыну қағидаларын бекіту туралы" 2020 жылғы 20 шілдедегі № 91 қаулыларына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 26 қыркүйектегі № 71 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 5 қазанда № 33510 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 26 қыркүйектегі № 71 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 5 қазанда № 33510 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -288,68 +288,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -384,50 +367,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЕТЕДІ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -440,70 +424,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Ескі үлгідегі айналыстағы монеталардың және жаңа үлгідегі айналыстағы монеталардың қатар айналыста болу кезеңінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары және Ұлттық пошта операторы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19680 болып тіркелген, "Екінші деңгейдегі банктерде, Қазақстан Республикасы бейрезидент-банктерінің филиалдарында, Ұлттық пошта операторында және банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғаларда кассалық операцияларды және банкноттарды, монеталарды және құндылықтарды инкассациялау жөніндегі операцияларды жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 29 қарашадағы № 231 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -626,640 +610,120 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейіннен қолма-қол ақшасыз баламасын заңды тұлғалардың, екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктерінің филиалдарының және Ұлттық пошта операторының тиісті шоттарына аудара отырып, заңды тұлғалардан, оның ішінде екінші деңгейдегі банктерден, Қазақстан Республикасы бейрезидент-банктерінің филиалдарының және Ұлттық пошта операторынан ескі үлгідегі айналыстағы монеталарды және жаңа үлгідегі айналыстағы монеталарды айналым кассасына қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кейіннен қолма-қол ақшасыз баламасын заңды тұлғалардың, екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктерінің филиалдарына және Ұлттық пошта операторының тиісті шоттарынан есептен шығара отырып, заңды тұлғаларға, оның ішінде екінші деңгейдегі банктерге, Қазақстан Республикасы бейрезидент-банктерінің филиалдарының және Ұлттық пошта операторына ескі үлгідегі айналыстағы монеталарды және жаңа үлгідегі айналыстағы монеталарды айналым кассасынан береді.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...476 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қолма-қол ақша айналысы департаменті (А.С. Адибаев) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
@@ -1808,2391 +1272,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 71 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...180 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
-[...2062 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орындаушы_______________________________________________________ </w:t>
-[...89 lines deleted...]
-      Күні 20__ жылғы "____" ______________ </w:t>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4228,741 +1388,146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Терроризмді және экстремизмді </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаржыландырумен байланысты </w:t>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тұлғалар тізбесіне енгізілген </w:t>
+              <w:t>2023 жылғы 26 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жеке тұлғалардың ақшасымен </w:t>
+              <w:t>№ 71 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және (немесе) өзге мүлкімен </w:t>
-[...38 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
-[...84 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...503 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5048,2687 +1613,92 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 71 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
-[...115 lines deleted...]
-              </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...2407 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орындаушы____________________________________ ________________ </w:t>
-[...89 lines deleted...]
-      Күні 20__ жылғы "____" ______________ </w:t>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7764,1844 +1734,146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жеке тұлғалардың</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақшасымен және (немесе) өзге</w:t>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мүлкімен операциялар жасау</w:t>
+              <w:t>2023 жылғы 26 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы есеп нысанына</w:t>
+              <w:t>№ 71 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="29"/>
-[...84 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Нысан "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...1645 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9687,10030 +1959,166 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 71 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...116 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3574 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орындаушы____________________________________ ________________ </w:t>
-[...35 lines deleted...]
-      Басшы немесе есепке қол қою функциясы жүктелген адам</w:t>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _____________________________________ ____________________ </w:t>
-[...6157 lines deleted...]
-    <w:bookmarkEnd w:id="95"/>
+      </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20036,31 +2444,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>