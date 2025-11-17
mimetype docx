--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fccd46e" w14:textId="fccd46e">
+    <w:p w14:paraId="f6c26fa" w14:textId="f6c26fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,66 +94,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық хал актілерін тіркеу саласындағы тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Әділет министрінің 2023 жылғы 26 қыркүйектегі № 688 және Қазақстан Республикасы Ұлттық экономика министрінің 2023 жылғы 28 қыркүйектегі № 169 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 30 қыркүйекте № 33488 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Әділет министрінің 2023 жылғы 26 қыркүйектегі № 688 және Қазақстан Республикасы Ұлттық экономика министрінің 2023 жылғы 28 қыркүйектегі № 169 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 30 қыркүйекте № 33488 болып тіркелді.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Кәсіпкерлік кодексінің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -162,282 +156,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес азаматтық хал актілерін тіркеу саласындағы тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес азаматтық хал актілерін тіркеуді жүзеге асыратын азаматтық хал актілерін мемлекеттік тіркеуді және азаматтық хал актілерін мемлекеттік тіркеуге байланысты мемлекеттік көрсетілетін қызметтердің басқа да түрлерін жүзеге асыратын "Азаматтарға арналған үкімет" мемлекеттік корпорациясының филиалдары (тіркеуші органдардың) қызметін тексеру парағы бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Әділет министрлігінің Тіркеу қызметі және заң қызметін ұйымдастыру департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді және ресми жариялауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Әділет вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бірлескен бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1010,93 +973,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 688 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Азаматтық хал актілерін тіркеу саласындағы тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Азаматтық хал актілерін тіркеу саласындағы тәуекел дәрежесін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1191,887 +1148,851 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларына, "Тексеру парағының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) деректерді қалыпқа келтіру – әртүрлі шәкілдерде өлшенген мәндерді шартты түрде жалпы шәкілге келтіруді көздейтін статистикалық рәсім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тәуекел – бақылау субъектісінің қызметі нәтижесінде адам өміріне немесе денсаулығына, жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне салдарларының ауырлық дәрежесін ескере отырып зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі ықтимал дәрежесі мақсатында бақылау субъектісіне бару арқылы профилактикалық бақылауды кейіннен жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын азайтуға бағытталған, сондай-ақ нақты бақылау субъектісі (объектісі) үшін тәуекел деңгейін өзгертуге бағытталған басқарушылық шешімдерді қабылдау және (немесе) осындай бақылау субъектісін (объектісін) бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босату процесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне (объектісіне) тікелей байланыссыз бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісінің (объектісінің) қызметі нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы, жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптар тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) іріктеме жиынтық (іріктеме) – Кодекстің 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау нақты саласында бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын бағаланатын субъектілердің (объектілердің) тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бақылау субъектілерінің (объектілерінің) талаптарға сәйкестігіне тексеру және профилактикалық бақылау жүргізу кезінде тәуекелдерді бағалау және басқару жүйесін қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды жүзеге асыру кезінде тәуекелдерді басқару мақсаттары үшін бақылау субъектілерін (объектілерін) профилактикалық бақылау жүргізу үшін тәуекел дәрежесін бағалау өлшемшарттары бірнеше кезеңмен жүзеге асырылатын объективті және субъективті өлшемшарттарды айқындау (шешімдерді мультиөлшемшартты талдау) арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объективті өлшемшарттар бойынша тәуекелдің орташа дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты бару арқылы профилактикалық бақылау, жоспардан тыс тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ықтимал тәуекел мен проблеманың маңыздылығына, бұзушылықтың біржолғы немесе жүйелі сипатына, әрбір ақпарат көзі бойынша бұрын қабылданған шешімдерді талдауға байланысты бақылау субъектілерінің (объектілерінің) қызметіне қойылатын талаптар өрескел, елеулі және болмашы бұзушылық дәрежелеріне сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау субъектілерінің (объектілерінің) профилактикалық бақылау жүргізу үшін тәуекел дәрежесін бағалау өлшемшарттары объективті және субъективті өлшемшарттарды айқындау арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Объективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Объективті өлшемшарттарды анықтау тәуекелді анықтау арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Объективті өлшемшарттар бойынша бақылау субъектілері (объектілері) азаматтық хал актілерін мемлекеттік тіркеуді жүзеге асыратын "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының филиалдары орташа тәуекел дәрежесіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Субъективті өлшемшарттарды айқындау мынадай кезеңдерді қолдана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) деректер базасын қалыптастыру және ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпаратты талдау және тәуекелдерді бағалау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Деректер базасын қалыптастыру және ақпарат жинау бақылау субъектілерін (объектілерін) анықтау үшін қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпаратты жинау және өңдеу процестері толық көлемде автоматтандырылады және алынған деректердің дұрыстығын тексеруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесін бағалау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері, оның ішінде "АХАЖ" тіркеу пункті" ақпараттық жүйесі арқылы (бұдан әрі – АХАЖ АЖ);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алдыңғы тексерулер мен бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қолда бар ақпарат көздерінің негізінде азаматтық хал актілерін тіркеу саласындағы уәкілетті орган талдауға және бағалауға жататын субъективті өлшемшарттарды осы Өлшемшарттарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Субъективті критерийлерді талдау және бағалау бақылау субъектісінің (объектісінің) неғұрлым ықтимал тәуекелі бар бақылау субъектісінің (объектісінің) профилактикалық бақылауын шоғырландыруға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талдау және бағалау кезінде белгілі бір бақылау объектісіне (объектісіне) қатысты бұрын ескерілген және қолданылатын субъективті критерийлер туралы деректер немесе Қазақстан Республикасының заңнамасына сәйкес шектеу мерзімі аяқталған деректер қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдыңғы жүргізілген бару арқылы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектілеріне қатысты оларды мемлекеттік бақылаудың кезекті кезеңіне кестелер мен тізімдерді қалыптастыру кезінде енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қолданылатын ақпарат көздерінің басымдығын және осы Қағидалардың 3-тарауында айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу тәртібіне сәйкес субъективті өлшемшарттар көрсеткішінің маңыздылығын негізге ала отырып, субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші 0-ден 100-ге дейінгі шәкіл бойынша есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Бағалау жүйесін қалыптастыру ерекшеліктері және тәуекелдерді басқару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін (объектілерін) тәуекелдің нақты дәрежелеріне жатқызатын және бақылау іс-шараларын жүргізу кестелерін немесе тізімдерін қалыптастыратын АХАЖ АЖ және басқа да ақпараттық жүйелерді пайдалана отырып жүргізіледі, сондай-ақ мемлекеттік статистикаға, ведомстволық статистикалық байқаудың қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматтық хал актілерін тіркеу саласындағы субъектілерге қойылатын талаптардың бұзылу дәрежесі осы Өлшемшарттарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар бойынша тәуекел дәрежесін есептеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Бақылау субъектісін осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азаматтық хал актілерін тіркеу саласында уәкілетті орган бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізуге байланысты осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2194,126 +2115,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SC –субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің (объектілерінің) біртекті тобының әрбір бақылау субъектісі (объектісі) бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын, бағаланатын бақылау субъектілерінің (объектілерінің) тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Алдыңғы тексерулер мен бақылау субъектілеріне (объектілеріне) бару арқылы профилактикалық бақылау нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ақпарат көздерінің кез келгені бойынша бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 балл тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өрескел бұзушылықтар анықталмаған кезде бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші елеулі және болмашы дәрежедегі бұзушылықтар бойынша жиынтық көрсеткішпен есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2612,106 +2517,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтардың көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шәкіл бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2846,70 +2735,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3024,75 +2913,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер (объектілер) бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шекарасы),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rарал – осы Өлшемшарттардың есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тексеру парақтары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Тексеру парақтары бақылау субъектілерінің (объектілерінің) біртекті топтары үшін жасалады және Кодекстің 132-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3107,70 +2990,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талаптарды қамтиды және Кодекстің 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған шарттарды сақтай отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Тексеру парақтары осы бірлескен бұйрыққа 2-қосымшаға сәйкес нысан бойынша қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3204,113 +3088,151 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Азаматтық хал актілерін тіркеу </w:t>
+              <w:t>Азаматтық хал актілерін тіркеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы тәуекел дәрежесін </w:t>
+              <w:t>саласындағы тәуекел дережесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>1–қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Азаматтық хал актілерін тіркеу саласындағы бақылау субъектілеріне (объектілеріне) қойылатын бұзушылық дәрежесі</w:t>
+        <w:t xml:space="preserve"> Азаматтық хал актілерін тіркеу саласындағы бақылау  субъектілеріне (объектілеріне) қойылатын бұзушылық дәрежесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 24.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 519</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 25.09.2025 № 93 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3960,51 +3882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Әрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9235,51 +9157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу некені (ерлі-зайыптылықты) бұзу туралы ерлі-зайыптылардың біреуінің өтініші бойынша, жұбайын хабар-ошарсыз кеткен деп тану туралы соттың заңды күшіне енген шешімінің, жұбайын әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы соттың заңды күшіне енген шешімінің, осы өтінішті берген жұбайдың тұрғылықты жеру бойынша жұбайының қылмыс жасағаны үшін кемінде үш жыл мерзімге бас бостандығынан айыруға сотталғандығы туралы сот үкімінің негізінде жүзеге асыру</w:t>
+Некені (ерлі - зайыптылықты) бұзуды мемлекеттік тіркеуді ерлі - зайыптылардың біреуінің өтініші бойынша жұбайын хабар-ошарсыз кеткен деп тану туралы соттың заңды күшіне енген шешімінің, жұбайын әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы соттың заңды күшіне енген шешімінің, осы өтінішті берген жұбайының тұрғылықты жеру бойынша жұбайының қылмыс жасағаны үшін кемінде үш жыл мерзімге бас бостандығынан айыруға сотталғандығы туралы сот үкімінің; сот санкциялаған күнінен бастап үш жыл өткен соң қылмыстық қудалау органының халықаралық іздестіруді жариялау туралы қаулысының негізінде жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9348,51 +9270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеуді тіркеуші орган некені (ерлі-зайыптылықты) бұзу туралы бірлескен өтініш берілген күннен бастап бір ай мерзім өткеннен кейін некені (ерлі-зайыптылықты) бұзушылардың өздері қатысқан кезде жүзеге асыру</w:t>
+Некені (ерлі - зайыптылықты) бұзуды мемлекеттік тіркеуді тіркеуші орган некені (ерлі-зайыптылықты) бұзу туралы бірлескен өтініш берілген күннен бастап бір ай мерзім өткеннен кейін некені (ерлі-зайыптылықты) бұзушылардың өздері қатысқан кезде жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10510,51 +10432,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 жылғы 28 қыркүйектегі </w:t>
+              <w:t>2023 жылғы 28 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 169 мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10562,332 +10484,478 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әділет министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 жылғы 26 қыркүйектегі </w:t>
+              <w:t>2023 жылғы 26 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 688 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Азаматтық хал актілерін мемлекеттік тіркеуді жүзеге асыратын "Азаматтарға арналған үкімет" мемлекеттік корпорациясы филиалдарының (бұдан әрі - тіркеуші органдары) қызметіне қатысты_______________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Әділет министрінің 24.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 519</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 25.09.2025 № 93 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
+      Азаматтық хал актілерін мемлекеттік тіркеуді жүзеге асыратын "Азаматтарға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арналған үкімет" мемлекеттік корпорациясы филиалдарының (бұдан әрі -</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіркеуші органдары) қызметіне қатысты _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бақылау субъектілерінің (объектілерінің) бірыңғай тобының атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісіне (объектілеріне) бару арқылы профилактикалық бақылауды тағайындаған мемлекеттік орган </w:t>
+        <w:t>
+      Тексеруді/бақылау субъектісіне (объектілеріне) бару арқылы профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+      бақылауды тағайындаған мемлекеттік орган ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісіне (объектілеріне) бару арқылы профилактикалық бақылауды тағайындау туралы акт</w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді/бақылау субъектісіне (объектілеріне) бару арқылы профилактикалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылауды тағайындау туралы акт ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (№ , күні)</w:t>
+                         (№ , күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісінің атауы</w:t>
-[...17 lines deleted...]
-      ____________________________________________________________________ </w:t>
+      Бақылау субъектісінің (объектісінің) атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        (бизнес - сәйкестендіру нөмірі)</w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+                    (бизнес - сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Орналасқан мекенжайы________________________________________________</w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жерінің мекенжайы ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18428,51 +18496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу некені (ерлі-зайыптылықты) бұзу туралы ерлі-зайыптылардың біреуінің өтініші бойынша, жұбайын хабар-ошарсыз кеткен деп тану туралы соттың заңды күшіне енген шешімінің, жұбайын әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы соттың заңды күшіне енген шешімінің, осы өтінішті берген жұбайдың тұрғылықты жеру бойынша жұбайының қылмыс жасағаны үшін кемінде үш жыл мерзімге бас бостандығынан айыруға сотталғандығы туралы сот үкімінің негізінде жүзеге асыру</w:t>
+Некені (ерлі - зайыптылықты) бұзуды мемлекеттік тіркеуді ерлі - зайыптылардың біреуінің өтініші бойынша жұбайын хабар-ошарсыз кеткен деп тану туралы соттың заңды күшіне енген шешімінің, жұбайын әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы соттың заңды күшіне енген шешімінің, осы өтінішті берген жұбайының тұрғылықты жеру бойынша жұбайының қылмыс жасағаны үшін кемінде үш жыл мерзімге бас бостандығынан айыруға сотталғандығы туралы сот үкімінің; сот санкциялаған күнінен бастап үш жыл өткен соң қылмыстық қудалау органының халықаралық іздестіруді жариялау туралы қаулысының негізінде жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19940,178 +20008,202 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымды тұлға (тұлғалар)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                        (лауазымы)                               (қолы)</w:t>
+        <w:t xml:space="preserve">                         (лауазымы) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                              (аты, әкесінің аты (бар болса), тегі)</w:t>
+        <w:t xml:space="preserve">                   (аты, әкесінің аты (бар болса), тегі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің басшысы ____________________________________________ </w:t>
+        <w:t xml:space="preserve">Бақылау субъектісінің басшысы ______________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                          (лауазымы)             (қолы)</w:t>
+        <w:t xml:space="preserve">                               (лауазымы) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t xml:space="preserve"> __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">                   (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-                              (аты, әкесінің аты (бар болса), тегі)</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -20119,55 +20211,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20493,31 +20585,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>