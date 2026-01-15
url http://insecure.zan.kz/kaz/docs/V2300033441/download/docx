--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="379ae75" w14:textId="379ae75">
+    <w:p w14:paraId="749fbb9" w14:textId="749fbb9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1453,108 +1453,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қор қаражаты есебінен Қазақстан Республикасы Үкіметінің 2022 жылғы 30 қарашадағы № 962 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген "Ауылда денсаулық сақтауды жаңғырту" пилоттық ұлттық жобасы (бұдан әрі – Ұлттық жоба) шеңберінде көпбейінді аудандық орталық ауруханаларға күрделі жөндеу жүргізу жөніндегі шығыстарды қоспағанда, мемлекеттік органдар мен квазимемлекеттік сектордың ағымдағы бюджеттік бағдарламаларына жататын шығыстар, сондай-ақ жергілікті атқарушы органдарға, квазимемлекеттік сектор субъектілеріне, қаржылық даму институттарына, екінші деңгейдегі банктерге және микроқаржы ұйымдарына бюджеттік кредиттер қаржыландырылмайды.</w:t>
+        <w:t xml:space="preserve"> бекітілген "Ауылда денсаулық сақтауды жаңғырту" пилоттық ұлттық жобасы (бұдан әрі – Ұлттық жоба) шеңберінде көпбейінді орталық аудандық ауруханаларға күрделі жөндеу жөніндегі жобаларды, Қазақстан Республикасы Президенті жариялаған Жұмысшы мамандықтар жылы аясында техникалық және кәсіби білім беру студенттерін қолдау және дамыту мақсатында инфрақұрылым объектісін сатып алу (төлеп алу) бойынша шығыстарды қоспағанда, мемлекеттік органдар мен квазимемлекеттік сектордың ағымдағы бюджеттік бағдарламаларына жататын шығыстар, сондай-ақ жергілікті атқарушы органдарға, квазимемлекеттік сектор субъектілеріне, қаржылық даму институттарына, екінші деңгейдегі банктерге және микроқаржы ұйымдарына бюджеттік кредиттер қаржыландырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әлеуметтік және экономикалық жобалар тізбесін (бұдан әрі – Тізбе) жобаға енгізу үшін Ұлттық жоба шеңберінде көпбейінді орталық аудандық ауруханаларға күрделі жөндеу жүргізу жөніндегі жобаларды айқындау және Республикалық бюджет комиссиясының қарауына шығару Кодекстің 148-бабының 4-тармағына сәйкес жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      Әлеуметтік және экономикалық жобалар тізбесін (бұдан әрі – Тізбе) жобаға енгізу үшін Ұлттық жоба шеңберінде көпбейінді орталық аудандық ауруханаларға күрделі жөндеу жүргізу жөніндегі, Қазақстан Республикасы Президенті жариялаған Жұмысшы мамандықтар жылы аясында техникалық және кәсіби білім беру студенттерін қолдау және дамыту мақсатында инфрақұрылым объектісін сатып алу (төлеп алу) жөніндегі жобаларды айқындау және Республикалық бюджет комиссиясының қарауына шығару Кодекстің 148-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 09.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 65</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 132</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2298,55 +2318,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>