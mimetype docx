--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="722c828" w14:textId="722c828">
+    <w:p w14:paraId="724cc40" w14:textId="724cc40">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1234,148 +1234,242 @@
         <w:t xml:space="preserve">
       6. Ғылым саласындағы сыйлықтар (бұдан әрі – сыйлықтар) мен мемлекеттік ғылыми стипендиялар конкурстық негізде беріледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Сыйлықтар мен мемлекеттік ғылыми стипендиялар беруге арналған конкурстарға осы Қағидалардың 3-тармағында көрсетілген ғалымдар мен ғылыми қызметкерлер болып табылатын Қазақстан Республикасының азаматтары қатыса алады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде тіркелген № 7392) айқындалады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Ғылым саласындағы сыйлықтарды беру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сыйлықақыларды алу жұмыстарын меншік нысанына қарамастан, Қазақстан Республикасының ғылыми ұйымдары мен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының (бұдан әрі – ұйымдар) консультативтік – кеңесші органдары ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      9. Сыйлықтар алуға жұмыстарды ұсыну меншік нысанына қарамастан, Қазақстан Республикасының ғылыми ұйымдары мен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының (бұдан әрі-ұйымдар) консультативтік – кеңесші органдарына (ғылыми кеңестеріне) беріледі.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Сыйлыққа ұсынылатын жұмыстар жұмыс орындалған ұйымда қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс бірнеше ұйымдарда орындалған жағдайда, жұмысты ұсыну туралы шешім оның ең үлкен бөлігі орындалған ұйымда қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1412,526 +1506,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Сыйлық алуға жеке авторлар, сондай-ақ саны бес адамнан аспайтын авторлар ұжымының жұмыстары ұсынылады. Әр автор және авторлар ұжымы конкурсқа бiр жұмыс ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Бұрын республикалық бюджет қаражатынан төленетiн сыйлықтарға ие болған жұмыстар осы сыйлықтарды алу конкурсына қатысуға жiберiлмейдi. Сыйлыққа жұмыс екi реттен артық ұсынылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы сыйлықтар лауреатының жаңа жетiстiктерi болған жағдайда, сыйлықтар оған соңғы тағайындалғаннан кейiн бес жыл өткен соң қайталанып берiледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұжымдық жұмыстардың авторларына сыйлықтың ақшалай бөлiгi тең үлеспен төленедi.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
-[...15 lines deleted...]
-      Ұжымдық жұмыстардың авторларына сыйлықтың ақшалай бөлiгi тең үлеспен төленедi.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сыйлықтарды алуға жарияланған жұмыстар, оның ішінде нөлдік емес импакт факторы бар халықаралық ғылыми басылымдарда жарияланған, конкурсты жариялау алдындағы жылды қоса алғанда, соңғы бес жыл ішінде орындалған, тиісті шешімді қабылдай отырып, ұйымдардың консультативтік-кеңесші органдарында жан-жақты талқылаудан өткен жұмыстар ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Жас ғалымдарға арналған сыйлықтарды алуға арналған конкурсқа қоса алғанда қырық жасқа дейінгі жас ғалымдар қатыса алады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас ғалымдардың жұмыстары конкурс жарияланғанға дейiнгi жылды қоса алғанда соңғы үш жыл ішінде орындалған болуы керек.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
-[...272 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 03.10.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Сыйлықтарды алу конкурсына ұсынылған материалдар конкурс туралы хабарландыру жарияланған күннен бастап күнтізбелік 30 (отыз) күн ішінде жұмыс органына (аграрлық ғылымдар саласындағы сыйлықтар бойынша – Қазақстан Республикасы Ауыл шаруашылығы министрлігіне) ұсынылады. Онда конкурстық құжаттар тiркеледi және құжаттарды қабылдау мерзiмi аяқталған соң 10 (он) жұмыс күні ішінде конкурстық комиссияға қарауға берiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурсты өткізу туралы хабарландыру уәкілетті органның және жұмыс органының интернет-ресурстарында (аграрлық ғылымдар саласындағы сыйлықтар бойынша – Қазақстан Республикасының Ауыл шаруашылығы министрлігі) орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1967,263 +1817,359 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Конкурстық құжаттарды қарау және сыйлықтарды тағайындау мәселесі бойынша шешімдер дайындау үшін уәкілетті органның (аграрлық ғылымдар саласындағы сыйлықтар бойынша – Қазақстан Республикасының Ауыл шаруашылығы министрлігі) бұйрығымен конкурстық комиссия құрылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссия консультативтік-кеңесші орган болып табылады және министрліктер, ведомстволар және басқада мемлекеттік органдардың өкілдерінен, республиканың әртүрлі ғылым салаларының жетекші ғалымдары мен мамандары құрамынан құрылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер осы сыйлықтарды алуға конкурстық комиссия мүшелерінің жұмыстары ұсынылған жағдайда, олар комиссияның жұмысына қатыспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Конкурстық комиссия тақ саннан, бірақ конкурстық комиссияның кемінде 11 мүшесінен тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссияның отырыстары оған конкурстық комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысқан кезде заңды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссияның шешімі хаттамамен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Сыйлықтарды алуға ұсынылған жұмыстарды алдын ала қарау үшiн конкурстық комиссия мүшелерінен секциялар құрылады. Секциялар кандидаттардың жұмыстарын уәкілетті орган бекіткен өлшемшарттар бойынша бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Конкурстық комиссия секциялардың қорытындылары негізінде оларды алған күннен бастап 20 жұмыс күні ішінде уәкілетті органға (аграрлық ғылым саласындағы сыйлықақылар бойынша - Қазақстан Республикасының Ауыл шаруашылығы министрлігіне) сыйлықақылар беру жөнінде ұсынымдар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Уәкілетті орган (аграрлық ғылымдар саласындағы сыйлықтар бойынша - Қазақстан Республикасы Ауыл шаруашылығы министрлігі) конкурстық комиссия шешімінің негізінде сыйлықтарды беру туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Сыйлықтарды беру жөніндегі конкурстардың нәтижелері уәкілетті органның және жұмыс органының (аграрлық ғылымдар саласындағы сыйлықтар бойынша – Қазақстан Республикасы Ауыл шаруашылығы министрлігінің) интернет-ресурстарында орналастырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2242,426 +2188,466 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Сыйлықақы беру туралы дипломдарды лауреаттарға Қазақстан Республикасының Ғылым және жоғары білім министрі (аграрлық ғылым саласындағы сыйлықақылар бойынша - Қазақстан Республикасының Ауыл шаруашылығы министрі) тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Қайтыс болғаннан кейін наградталған сыйлықақы лауреатына сыйлықақы беру туралы диплом мұрагерлеріне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ескерту. 25-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік ғылыми стипендияларды беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Мемлекеттік ғылыми стипендияларды алуға кандидаттарды ұйымдардың консультативтік-кеңесші органдары ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Мемлекеттік ғылыми стипендияны алуға үміткерді ұсыну туралы шешiм стипендия алу үшiн ұсынылатын үміткер жұмыс істейтін ұйымда белгiленген тәртiппен қабылданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Бұрын республикалық бюджет қаражатынан төленетін мемлекеттік ғылыми стипендияларға ие болған ғалымдар осы стипендияларды алуға алдыңғы тағайындалған жылдан кейін кемінде үш жыл өткен соң қайта жіберілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Мемлекеттік ғылыми стипендиялар бір жылға дейінгі мерзімге ғылым саласындағы уәкілетті органның бұйрығымен тағайындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...155 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 03.10.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. Алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. Мемлекеттік ғылыми стипендиялар алуға арналған конкурсқа ұсынылған материалдар конкурс туралы хабарландыру жарияланған күннен бастап күнтізбелік 30 (отыз) күн ішінде жұмыс органына ұсынылады. Онда конкурстық құжаттар тiркеледi және құжаттарды қабылдау мерзiмi аяқталған соң 10 (он) жұмыс күні ішінде конкурстық комиссияға қарауға берiледi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурсты өткізу туралы хабарландыру уәкілетті органның және жұмыс органының интернет-ресурстарында орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2698,270 +2684,332 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Құжаттарды қабылдау мерзімі аяқталғаннан кейін түскен құжаттар конкурсқа жіберілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Конкурсқа ұсынылған материалдар қайтаруға жатпайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Конкурс материалдарын қарау және мемлекеттік ғылыми стипендияларды тағайындау мәселесі жөніндегі шешімдерді дайындау үшін уәкілетті органның бұйрығымен конкурстық комиссия құрылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссия консультативтік-кеңесші орган болып табылады және уәкілетті органның басшы қызметкерлерінен, республикадағы ғылымның әртүрлі салаларының жетекші ғалымдары мен мамандарынан құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы стипендияларды алуға конкурстық комиссия мүшелерін ұсынған кезде соңғылары комиссия жұмысына қатыспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Мемлекеттік ғылыми стипендияларды беру үшін үміткерлерді іріктеу шарттарын уәкілетті орган әзірлеп бекітеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Мемлекеттік ғылыми стипендияларды алуға ұсынылған кандидаттардың жұмыстарын алдын ала қарау үшін конкурстық комиссия мүшелерінен сараптау топтары құрылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Конкурстық комиссия сараптау топтардың қорытындылары негізінде оларды алғаннан кейін 20 жұмыс күні ішінде уәкілетті органға мемлекеттік ғылыми стипендиялар беру жөнінде ұсынымдар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Уәкілетті орган конкурстық комиссия шешімінің негізінде мемлекеттік ғылыми стипендияларды беру туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Мемлекеттік ғылыми стипендия республикалық бюджет қаражатынан Қазақстан Республикасы Президентінің өмір бойғы стипендиясын алатын Қазақстан Республикасы Ұлттық ғылым академиясының мүшелеріне, сондай-ақ Қазақстан Республикасының әлеуметтік кодексінде белгіленген зейнеткерлік жасқа толған Қазақстан Республикасы Ұлттық Ғылым академиясының академигіне тағайындалмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Конкурстан өткен стипендиаттардың тізімі уәкілетті органның және жұмыс органының интернет-ресурстарында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2980,70 +3028,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мемлекеттік стипендияны тағайындау туралы сертификаттарды уәкілетті орган береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3200,1875 +3248,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ғылым саласындағы сыйлық алуға үміткердің сауалнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 1-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 03.10.2024 </w:t>
-[...1790 lines deleted...]
-    </w:tbl>
+      Ескерту. 1-қосымша алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5225,2439 +3504,104 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік ғылыми стипендияны алуға үміткердің сауалнамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар 2-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 03.10.2024 </w:t>
-[...2354 lines deleted...]
-</w:t>
+      Ескерту. 2-қосымша алып тасталды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -7665,55 +3609,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8039,31 +3983,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>