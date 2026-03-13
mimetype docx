--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21514e2" w14:textId="21514e2">
+    <w:p w14:paraId="41530ce" w14:textId="41530ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1522,4494 +1522,1133 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Екінші деңгейдегі банктердегі, ипотекалық ұйымдардағы және "Қазақстан Даму Банкі" акционерлік қоғамындағы бухгалтерлік есептің үлгі шот жоспарын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2011 жылғы 31 қаңтардағы № 3 қаулысына өзгерістер мен толықтырулар енгізу және Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 27 наурыздағы № 46 </w:t>
+      4. "Сақтандыру (қайта сақтандыру) ұйымдарына, исламдық сақтандыру (қайта сақтандыру) ұйымдарына, өзара сақтандыру қоғамдарына және Қазақстан Республикасының бейрезидент - сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына арналған бухгалтерлік есептің үлгі шот жоспарын, Сақтандыру (қайта сақтандыру) ұйымдарының, исламдық сақтандыру (қайта сақтандыру) ұйымдарының, өзара сақтандыру қоғамдарының және Қазақстан Республикасының бейрезидент - сақтандыру (қайта сақтандыру) ұйымдары филиалдарының бухгалтерлік есеп жүргізуі жөніндегі нұсқаулықты бекіту туралы және Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бухгалтерлік есеп жүргізу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 251 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15117 болып тіркелген) мынадай толықтыру енгізілсін: </w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16390 болып тіркелген) мынадай толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген қаулымен бекітілген Ислам банктерінің бухгалтерлік есеп жүргізу жөніндегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарауда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-параграфта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1280 54-шоттан кейін мынадай мазмұндағы 1280 55, 1280 56 және 1280 57-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
-[...56 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+"1280 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1001</w:t>
-[...30 lines deleted...]
-Кассадағы қолма-қол ақша</w:t>
+Қабылданған исламдық сақтандыру шарттары бойынша алынатын сақтандыру сыйлықақысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...53 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1051</w:t>
-[...30 lines deleted...]
-Қазақстан Республикасының Ұлттық Банкіндегі корреспонденттік шот</w:t>
+1280 56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымының қорды басқару үшін исламдық сақтандыру қорына қойылатын талабы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...53 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1052</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+1280 57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа банктердегі корреспонденттік шоттар</w:t>
-[...366 lines deleted...]
-Инвестициялық депозиттер.</w:t>
+Исламдық сақтандыру шарттары бойынша міндеттемелерді орындау үшін исламдық сақтандыру қоры қаражатының жеткіліксіздігіне байланысты исламдық сақтандыру ұйымына қойылатын талап";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1290 25-шоттан кейін мынадай мазмұндағы 1290 26-шотпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+"1290 26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5238</w:t>
-[...155 lines deleted...]
-Инвестициялық депозиттер бойынша кіріс бөлігін төлеу бойынша міндеттемелер</w:t>
+Исламдық сақтандыру ұйымдары берген қарыздардың құнсыздануына арналған резерв (провизия)";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-    </w:p>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-параграфта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3390 19-шоттан кейін мынадай мазмұндағы 3390 20-шотпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+"3390 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2729</w:t>
-[...881 lines deleted...]
-Басқа банктердегі корреспонденттік шоттар.</w:t>
+Исламдық сақтандыру шарттары бойынша міндеттемелер";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-    </w:p>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-параграфта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4040 18-шоттан кейін мынадай мазмұндағы 4040 19-шотпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дт</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3075" w:type="dxa"/>
+"4040 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1729</w:t>
-[...155 lines deleted...]
-Инвестициялық депозиттермен операциялар бойынша қызмет үшін кіріс</w:t>
+Исламдық сақтандыру шарттары бойынша міндеттемелер";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1826 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тарауда</w:t>
+        <w:t>6-параграфта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...71 lines deleted...]
-      1280 54-шоттан кейін мынадай мазмұндағы 1280 55, 1280 56 және 1280 57-шоттармен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6280 44-шоттан кейін мынадай мазмұндағы 6280 45-шотпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6046,292 +2685,149 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"1280 55</w:t>
+"6280 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған исламдық сақтандыру шарттары бойынша алынатын сақтандыру сыйлықақысы</w:t>
-[...187 lines deleted...]
-Исламдық сақтандыру шарттары бойынша міндеттемелерді орындау үшін исламдық сақтандыру қоры қаражатының жеткіліксіздігіне байланысты исламдық сақтандыру ұйымына қойылатын талап";</w:t>
+Исламдық сақтандыру қорын басқарудан исламдық сақтандыру ұйымының комиссиялық кірісі";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
-[...15 lines deleted...]
-      1290 25-шоттан кейін мынадай мазмұндағы 1290 26-шотпен толықтырылсын:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-параграфта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8760-шоттан кейін мынадай мазмұндағы 8770 01, 8780 01, 8780 02, 8780 03, 8780 04, 8780 05, 8780 06, 8780 07 және 8790 04-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6368,149 +2864,856 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"1290 26</w:t>
+"8770 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исламдық сақтандыру ұйымдары берген қарыздардың құнсыздануына арналған резерв (провизия)";</w:t>
+Исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатын есепке алу шоты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8780 01 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер шығынының құрауышы түріндегі шығыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін шығынның құрауышы түріндегі сақтандыру шығысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету түріндегі сақтандыру шығысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру ұйымдары үшін аквизициялық шығыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты шығыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем бойынша сақтандыру шығысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8780 07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру бойынша қаржылық шығыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8790 04 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру қорын басқару үшін комиссиялық шығыс";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...60 lines deleted...]
-      3390 19-шоттан кейін мынадай мазмұндағы 3390 20-шотпен толықтырылсын:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8830-шоттан кейін мынадай мазмұндағы 8840 01, 8840 02, 8840 03, 8840 04, 8840 05, 8840 06, 8840 07, 8840 08, 8850 01, 8850 02, 8850 03, 8850 04, 8850 05, 8850 06, 8860 01, 8860 02, 8860 03, 8870 01, 8870 02, 8870 03, 8870 04 және 8870 05-шоттармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6547,619 +3750,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"3390 20</w:t>
+"8840 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исламдық сақтандыру шарттары бойынша міндеттемелер";</w:t>
-[...536 lines deleted...]
-Исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатын есепке алу шоты</w:t>
+Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7178,82 +3844,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8780 01 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер шығынының құрауышы түріндегі шығыс</w:t>
+8840 02 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7271,83 +3937,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 03 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 02</w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін шығынның құрауышы түріндегі сақтандыру шығысы </w:t>
+Шығынның құрауышы (исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7365,83 +4031,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 04 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 03</w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету түріндегі сақтандыру шығысы </w:t>
+Шығынның құрауышы (исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7459,83 +4125,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 05 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 04</w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін аквизициялық шығыс</w:t>
+Исламдық сақтандыру шарттары тобына жататын аквизициялық ақша ағыны бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7553,83 +4219,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 06 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 05</w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты шығыс</w:t>
+Исламдық сақтандыру шарттары тобына жататын басқа да ақша ағыны бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7647,83 +4313,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 07 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 06</w:t>
-[...30 lines deleted...]
-Төлем бойынша сақтандыру шығысы</w:t>
+Исламдық сақтандыру ұйымдары үшін туындаған шығын бойынша міндеттемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7741,83 +4407,83 @@
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8840 08 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8780 07</w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру бойынша қаржылық шығыс</w:t>
+Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7836,216 +4502,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8790 04 </w:t>
-[...164 lines deleted...]
-Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер</w:t>
+8850 01 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8064,82 +4596,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 02 </w:t>
+8850 02 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету </w:t>
+Исламдық сақтандыру шарттары бойынша маржа </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8158,82 +4690,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 03 </w:t>
+8850 03 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шығынның құрауышы (исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер бойынша)</w:t>
+Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8252,82 +4784,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 04 </w:t>
-[...30 lines deleted...]
-Шығынның құрауышы (исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша)</w:t>
+8850 04 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (күтілетін ақша ағынын ең жақсы бағалау бойынша) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8346,82 +4878,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 05 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру шарттары тобына жататын аквизициялық ақша ағыны бойынша міндеттемелер</w:t>
+8850 05 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (қаржылық емес тәуекелге тәуекелді түзету бойынша) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8440,82 +4972,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 06 </w:t>
+8850 06 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исламдық сақтандыру шарттары тобына жататын басқа да ақша ағыны бойынша міндеттемелер</w:t>
+Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8534,82 +5066,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 07 </w:t>
+8860 01 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исламдық сақтандыру ұйымдары үшін туындаған шығын бойынша міндеттемелер</w:t>
+Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздарды қайта бағалауға арналған резерв</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8628,82 +5160,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8840 08 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы</w:t>
+8860 02 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын бағалы қағаздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8722,82 +5254,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 01 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау </w:t>
+8860 03 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8816,82 +5348,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 02 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру шарттары бойынша маржа </w:t>
+8870 01 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру ұйымдары үшін аквизициялық ақша ағынының құнсыздануы бойынша резервтерді (провизияларды) қалпына келтіруден (жоюдан) кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8910,82 +5442,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 03 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету</w:t>
+8870 02 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исламдық сақтандыру ұйымдары үшін шығынның құрауышы бойынша шығысты түзету </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9004,82 +5536,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 04 </w:t>
-[...30 lines deleted...]
-Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (күтілетін ақша ағынын ең жақсы бағалау бойынша) </w:t>
+8870 03 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетуді азайтудан кіріс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9098,82 +5630,82 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 05 </w:t>
+8870 04 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (қаржылық емес тәуекелге тәуекелді түзету бойынша) </w:t>
+Исламдық сақтандыру шарттары бойынша маржаның амортизациясынан кіріс </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9192,802 +5724,50 @@
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8850 06 </w:t>
-[...750 lines deleted...]
-              <w:t xml:space="preserve">
 8870 05 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -10082,426 +5862,426 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-параграфта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1280 54-шоттың сипаттамасынан кейін мынадай мазмұндағы 1280 55, 1280 56 және 1280 57-шоттардың нөмірлерімен, атауларымен және сипаттамаларымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z47" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1280 55 "Қабылданған исламдық сақтандыру шарттары бойынша алынатын сақтандыру сыйлықақысы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: қабылданған исламдық сақтандыру шарттары бойынша алынуға тиіс сақтандыру сыйлықақысының сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша қабылданған исламдық сақтандыру шарттары бойынша алынуға тиіс сақтандыру сыйлықақысының сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша сақтанушы сақтандыру сыйлықақысының сомасын төлеген немесе төлеуді кешіктірген кезде оны есептен шығару жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1280 56 "Исламдық сақтандыру ұйымының қорды басқару үшін исламдық сақтандыру қорына қойылатын талабы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: исламдық сақтандыру шарттарының топтары бойынша туындаған қорды басқару үшін ұйымның дебиторлық берешегін есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша исламдық сақтандыру шарттарының топтары бойынша туындаған қорды басқару үшін ұйымның дебиторлық берешегі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша қорды басқару үшін дебиторлық берешекті өтеу немесе ұйымның балансынан есептен шығару кезінде оны есептен шығару көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1280 57 "Исламдық сақтандыру шарттары бойынша міндеттемелерді орындау үшін исламдық сақтандыру қоры қаражатының жеткіліксіздігіне байланысты исламдық сақтандыру ұйымына қойылатын талап"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: шарттар бойынша міндеттемелерді орындау үшін исламдық сақтандыру ұйымынан исламдық сақтандыру қоры алуға тиіс талаптардың сомасын есепке алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша шарттар бойынша міндеттемелерді орындау үшін исламдық сақтандыру ұйымынан исламдық сақтандыру қоры алуға тиіс талаптардың сомасы жазылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша талаптардың сомасын сақтандыру ұйымы төлеген немесе төлеуді кешіктірген кезде оны есептен шығару жазылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1290 25-шоттың сипаттамасынан кейін мынадай мазмұндағы 1290 26-шоттың нөмірімен, атауымен және сипаттамасымен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z47" w:id="30"/>
-[...15 lines deleted...]
-      "1280 55 "Қабылданған исламдық сақтандыру шарттары бойынша алынатын сақтандыру сыйлықақысы"</w:t>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1290 26 "Исламдық сақтандыру ұйымдары берген қарыздардың құнсыздануына арналған резерв (провизия)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: қабылданған исламдық сақтандыру шарттары бойынша алынуға тиіс сақтандыру сыйлықақысының сомасын есепке алу.</w:t>
-[...54 lines deleted...]
-      1280 56 "Исламдық сақтандыру ұйымының қорды басқару үшін исламдық сақтандыру қорына қойылатын талабы"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары берген қарыздардың құнсыздануына арналған резервтер (провизиялар) сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары берген қарыздардың құнсыздануына арналған бағалау резервтерінің (провизиялардың) сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша құрылған резервтердің (провизиялардың) сомасын есептен шығару жазылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3390 19-шоттың сипаттамасынан кейін мынадай мазмұндағы 3390 20-шоттың нөмірімен, атауымен және сипаттамасымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...241 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3390 20 "Исламдық сақтандыру шарттары бойынша міндеттемелер" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: сыйлықақыларды бөлу тәсілі негізінде бағаланатын исламдық сақтандыру шарттарының топтары бойынша ақша ағыны бойынша міндеттемелерді есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10512,90 +6292,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны жөніндегі міндеттемелер көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны жөніндегі міндеттемелерді есептен шығару/азайту көрсетіледі."; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4040 18-шоттың сипаттамасынан кейін мынадай мазмұндағы 4040 19- шоттың нөмірімен, атауымен және сипаттамасымен толықтырылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z55" w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4040 19 "Исламдық сақтандыру шарттары бойынша міндеттемелер" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: жалпы бағалау моделі негізінде бағаланатын исламдық сақтандыру шарттарының топтары бойынша ақша ағыны жөніндегі міндеттемелерді есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10606,90 +6386,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны жөніндегі міндеттемелер көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны жөніндегі міндеттемелерді есептен шығару/азайту көрсетіледі.".; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6280 44-шоттың сипаттамасынан кейін мынадай мазмұндағы 6280 45-шоттың нөмірімен, атауымен және сипаттамасымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6280 45 "Исламдық сақтандыру қорын басқарудан исламдық сақтандыру ұйымының комиссиялық кірісі" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру қорын басқарудан исламдық сақтандыру ұйымының комиссиялық кірісін есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10756,90 +6536,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-параграфта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8760-шоттың сипаттамасынан кейін мынадай мазмұндағы 8770 01, 8780 01, 8780 02, 8780 03, 8780 04, 8780 05, 8780 06, 8780 07 және 8790 04-шоттардың нөмірлерімен, атауларымен және сипаттамаларымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8770 01" Исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатын есепке алу шоты"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатының сомасын есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10850,70 +6630,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатының сомасы жазылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша клиенттердің ақшалай қаражатының сомасын оларды мақсаты бойынша пайдалану кезінде есептен шығару жазылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8780 01 "Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер шығынының құрауышы түріндегі шығыс"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер шығынының құрауышын қалыптастыру бойынша шығысты есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10924,70 +6704,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны бойынша зиянның құрауышы жөніндегі шығыс көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша жұмсалған шығысты № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8780 02 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы түріндегі сақтандыру шығысы" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру ұйымдары үшін шығынның құрауышы бойынша шығысты есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10998,70 +6778,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін шығынның құрауышы бойынша шығыс көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша жұмсалған шығысты № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8780 03 "Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету түріндегі сақтандыру шығысы" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: сыйлықақыны бөлу тәсілін пайдалану кезінде қаржылық емес тәуекелге тәуекелді түзетуді қалыптастыру бойынша шығысты есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11072,70 +6852,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша сыйлықақыларды бөлу тәсілін пайдалану кезінде қаржылық емес тәуекелге тәуекелді түзетуді қалыптастыру бойынша шығыс көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша келтірілген шығысты № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8780 04 "Исламдық сақтандыру ұйымдары үшін аквизициялық шығыс"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру ұйымдарының аквизициялық шығысын есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11146,70 +6926,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру ұйымдарының аквизициялық шығысы көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша келтірілген шығысты № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8780 05 "Исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты шығыс"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты шығыс сомасын есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11220,70 +7000,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты шығыс сомасы жазылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша сақтандыру қызметіне байланысты жұмсалған шығыстың сомасын № 5610 баланстық шотқа есептен шығару жазылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8780 06 "Төлем бойынша сақтандыру шығысы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының топтары бойынша сақтандыру жағдайы басталған кезде сақтандыру төлемдері түріндегі шығысты есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11294,70 +7074,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру шарттарының топтары бойынша сақтандыру жағдайы басталған кезде сақтандыру төлемдері түріндегі шығыс көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша жұмсалған шығысты № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8780 07 "Исламдық сақтандыру бойынша қаржылық шығыс"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: ақшаның уақытша құнының әсерін және қаржылық тәуекелдің әсерін көрсететін шығысты есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11368,70 +7148,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша ақшаның уақытша құнының әсеріне және қаржылық тәуекелдің әсеріне байланысты шығыстың қалыптасуы/құрылуы көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша кірісті № 5610 баланстық шотқа есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8790 04 "Исламдық сақтандыру қорын басқару үшін комиссиялық шығыс"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру қорын басқару үшін комиссиялық шығыстың сомасын есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11442,90 +7222,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру қорын басқару үшін комиссиялық шығыстың сомасы жазылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша жұмсалған шығыстың сомасы № 5610 баланстық шотқа есептен шығарылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8830-шоттың сипаттамасынан кейін мынадай мазмұндағы 8840 01, 8840 02, 8840 03, 8840 04, 8840 05, 8840 06, 8840 07, 8840 08, 8850 01, 8850 02, 8850 03, 8850 04, 8850 05, 8850 06, 8860 01, 8860 02, 8860 03, 8870 01, 8870 02, 8870 03, 8870 04 және 8870 05-шоттардың нөмірлерімен, атауларымен және сипаттамаларымен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "8840 01 "Исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: сыйлықақыларды бөлу тәсілі негізінде бағаланатын исламдық сақтандыру шарттарының топтары бойынша ақша ағыны бойынша міндеттемелерді есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11536,70 +7316,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша ақша ағыны жөніндегі міндеттемелерді есептен шығару/азайту көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8840 02 "Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетулерді есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11610,70 +7390,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелдік түзетуді азайту және (немесе) есептен шығару көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8840 03 "Шығынның құрауышы (исламдық сақтандыру шарттары бойынша ақша ағыны бойынша міндеттемелер бойынша)" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының топтары бойынша ақша ағыны бойынша міндеттемелер бойынша шығын құрауышын есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11684,70 +7464,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша ақша ақша ағыны міндеттемелер бойынша шығын құрауышы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша ақша ақша ағыны міндеттемелер бойынша шығын құрауышының азаюы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8840 04 "Шығынның құрауышы (исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша)" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша шығын құрауышын есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11758,70 +7538,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша шығын құрауышы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету бойынша шығын құрауышының азаюы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8840 05 "Исламдық сақтандыру шарттары тобына жататын аквизициялық ақша ағыны бойынша міндеттемелер"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының танылған тобына жататын аквизициялық ақша ағыны бойынша міндеттемелерді есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11832,70 +7612,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша аквизициялық ақша ағыны бойынша міндеттемелер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша аквизициялық ақша ағыны бойынша міндеттемелерді есептен шығару/азайту көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8840 06 "Исламдық сақтандыру шарттары тобына жататын басқа да ақша ағыны бойынша міндеттемелер"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының танылған тобына жататын, бірақ аквизициялық ақша ағыны болып табылмайтын басқа да ақша ағынына қатысты міндеттемелерді есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11906,70 +7686,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттарының тобына жататын басқа да ақша ағыны бойынша міндеттемелер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша басқа да ақша ағыны бойынша міндеттемелерді есептен шығару/азайту көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8840 07 "Исламдық сақтандыру ұйымдары үшін туындаған шығын бойынша міндеттемелер" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: өткен кезеңдердің қызметтеріне қатысты шарттарды орындау бойынша ақша ағынын қамтитын исламдық сақтандыру ұйымдары үшін туындаған сақтандыру шығыны бойынша міндеттемелерді есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11980,70 +7760,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін туындаған сақтандыру шығыны бойынша міндеттемелер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін туындаған сақтандыру шығыны бойынша міндеттемелерді есептен шығару/азайту көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8840 08 "Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты: исламдық сақтандыру шарттары бойынша болашақ ақша ағынының бағалау сомасын есепке алу. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12054,70 +7834,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша болашақ ақша ағынының бағалау сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша болашақ ақша ағынының бағалау сомасын есептен шығару және (немесе) азайту көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8850 01 "Исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының топтары бойынша күтілетін ақша ағынын ең жақсы бағалауды есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12128,70 +7908,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша исламдық сақтандыру шарттарының топтары бойынша күтілетін ақша ағынының ең жақсы бағасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша есептік бағалаулар өзгерген кезде күтілетін ақша ағынының ең жақсы бағасын есептен шығару және (немесе) азайту көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8850 02 "Исламдық сақтандыру шарттары бойынша маржа" (пассивті).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: исламдық сақтандыру шарттарының топтары бойынша шартта көзделген қызметтер үшін маржаны есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12202,884 +7982,884 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың кредиті бойынша шартта көзделген қызметтер үшін маржа көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоттың дебеті бойынша шартта көзделген қызметтер үшін маржаның есептен шығарылуы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8850 03 "Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзету" </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетуді есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін тәуекелді қаржылық емес тәуекелге түзету көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін тәуекелді қаржылық емес тәуекелге түзетудің азаюы және (немесе) есептен шығарылуы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 04 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (күтілетін ақша ағынын ең жақсы бағалау бойынша)"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау бойынша шығын компонентін есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау бойынша шығын компоненті көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау бойынша шығын компонентінің азаюы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 05 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (қаржылық емес тәуекелге тәуекелді түзету бойынша)"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелді тәуекелге түзету бойынша шығынның құрауышын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін тәуекелді қаржылық емес тәуекелге түзету бойынша шығынның құрамдас бөлігі көрсетіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелдік түзету бойынша залал шығынның құрамдас бөлігінің азаюы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 06 "Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: исламдық сақтандыру шарттары бойынша болашақ ақша ағынын бағалау сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша исламдық сақтандыру шарттары бойынша болашақ ақша ағынын бағалау сомасы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру шарттары бойынша болашақ ақша ағынын бағалау сомасын есептен шығару және (немесе) азайту көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 01 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздарды қайта бағалауға арналған резерв"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетуді есепке алу.</w:t>
-[...54 lines deleted...]
-      8850 04 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (күтілетін ақша ағынын ең жақсы бағалау бойынша)"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздардың құнын қайта бағалау резервтерінің сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша әділ құны бойынша өзге жиынтық кіріс арқылы ескерілетін қарыздардың құнын оң қайта бағалау сомасы, сондай-ақ олар бойынша шығарылған немесе исламдық сақтандыру ұйымдары үшін тиісті баланстық шоттармен корреспонденцияда қаржы активтерінің басқа санатына аударылған жинақталған қайта бағалау сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша әділ құны бойынша өзге жиынтық кіріс арқылы ескерілетін қарыздардың құнын теріс қайта бағалау сомасы, сондай-ақ олар бойынша шығарылған немесе исламдық сақтандыру ұйымдары үшін тиісті баланстық шоттармен корреспонденцияда қаржы активтерінің басқа санатына аударылған жинақталған қайта бағалау сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 02 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын бағалы қағаздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін күтілетін ақша ағынын ең жақсы бағалау бойынша шығын компонентін есепке алу.</w:t>
-[...54 lines deleted...]
-      8850 05 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы (қаржылық емес тәуекелге тәуекелді түзету бойынша)"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша ескерілетін қаржы активтері бойынша шығынды жабуға арналған резервтер (провизиялар) сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін өзге жиынтық кіріс арқылы әділ құны бойынша ескерілетін қаржы активтері бойынша шығынды жабуға құрылатын резервтердің (провизиялардың) сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша құрылған резервтердің (провизиялардың) сомасы исламдық сақтандыру ұйымдары үшін баланстан қаржы активі бойынша талаптарды жойған немесе есептен шығарған кезде әділ құны бойынша өзге жиынтық кіріс арқылы ескерілетін қаржы активтері бойынша шығынды жабуға есептен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 03 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелді тәуекелге түзету бойынша шығынның құрауышын есепке алу.</w:t>
-[...54 lines deleted...]
-      8850 06 "Исламдық сақтандыру шарттары бойынша сақтандыру сыйлықақысы"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша шығынды жабуға арналған резервтер (провизиялар) сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша басқа жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша шығынды жабуға құрылатын резервтердің (провизиялардың) сомасы олардың күші жойылған немесе исламдық сақтандыру ұйымдары үшін баланстан қаржы активі бойынша талаптар есептен шығарылған кезде жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша құрылған резервтердің (провизиялардың) сомасын исламдық сақтандыру ұйымдары үшін өзге жиынтық кіріс арқылы әділ құны бойынша ескерілетін заемдар бойынша шығынды жабуға есептен шығару жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 01 "Исламдық сақтандыру ұйымдары үшін аквизициялық ақша ағынының құнсыздануы бойынша резервтерді (провизияларды) қалпына келтіруден (жоюдан) кіріс"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру шарттары бойынша болашақ ақша ағынын бағалау сомасын есепке алу.</w:t>
-[...54 lines deleted...]
-      8860 01 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздарды қайта бағалауға арналған резерв"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін аквизициялық ақша ағынының құнсыздануы бойынша құрылған резервтерді (провизияларды) қалпына келтіру (жою) сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін аквизициялық ақша ағынының құнсыздануы бойынша құрылған резервтерді (провизияларды) қалпына келтіруден (жоюдан) түскен кіріс сомасы жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша кіріс сомасын № 5610 баланстық шотқа есептен шығару жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 02 "Исламдық сақтандыру ұйымдары үшін шығынның құрауышы бойынша шығысты түзету"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздардың құнын қайта бағалау резервтерінің сомасын есепке алу.</w:t>
-[...54 lines deleted...]
-      8860 02 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын бағалы қағаздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар)"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін шығысты азайту кезінде шығын құрауышы бойынша шығысты түзету сомасын есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін шығын компоненті бойынша шығысты түзету көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша № 5610 баланстық шотқа түзетуді есептен шығару көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 03 "Исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетуді азайтудан кіріс".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша ескерілетін қаржы активтері бойынша шығынды жабуға арналған резервтер (провизиялар) сомасын есепке алу.</w:t>
-[...54 lines deleted...]
-      8860 03 "Исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша күтілетін және орын алған кредиттік шығынға бағалау резервтері (провизиялар)"</w:t>
+      Мақсаты: исламдық сақтандыру ұйымдары үшін қаржылық емес тәуекелге тәуекелді түзетуді азайтудан кірісті есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша исламдық сақтандыру ұйымдары үшін тәуекелді қаржылық емес тәуекелге түзетудің азаюына байланысты кіріс көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша кірісті № 5610 баланстық шотқа есептен шығару көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 04 "Исламдық сақтандыру шарттары бойынша маржаның амортизациясынан кіріс"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мақсаты: исламдық сақтандыру ұйымдары үшін басқа да жиынтық кіріс арқылы әділ құны бойынша есепке алынатын қарыздар бойынша шығынды жабуға арналған резервтер (провизиялар) сомасын есепке алу.</w:t>
-[...54 lines deleted...]
-      8870 01 "Исламдық сақтандыру ұйымдары үшін аквизициялық ақша ағынының құнсыздануы бойынша резервтерді (провизияларды) қалпына келтіруден (жоюдан) кіріс"</w:t>
+      Мақсаты: исламдық сақтандыру шарттарының топтары бойынша шартта көзделген қызметтер үшін маржаның амортизациясынан кірісті есепке алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың кредиті бойынша көзделген қызметтер үшін маржаның амортизациясына байланысты кіріс көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шоттың дебеті бойынша кірісті № 5610 баланстық шотқа есептен шығару көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 05 "Сақтандыру түсімі (исламдық сақтандырудан кіріс)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...294 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мақсаты: кезең ішінде қызмет көрсету салдарынан сақтандыру өтемінің қалған бөлігі бойынша міндеттемелердің азаюына байланысты сақтандыру бойынша кірісті есепке алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>