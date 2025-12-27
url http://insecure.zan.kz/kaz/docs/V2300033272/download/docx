--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc68217" w14:textId="dc68217">
+    <w:p w14:paraId="2ccd7cf" w14:textId="2ccd7cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,865 +93,864 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 11 тамыздағы № 854 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 тамызда № 33272 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 11 тамыздағы № 854 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 тамызда № 33272 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16437 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "6. "Алкоголь өніміне (толысылған шарапты және сыра қайнату өнімдерін қоспағанда) есепке алу-бақылау маркаларын беру" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жазылған.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-тараудың тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2-тарау. "Алкоголь өніміне ( толысылған шарапты және сыра қайнату өнімдерін қоспағанда) есепке алу-бақылау маркаларын беру" мемлекеттік қызмет көрсету тәртібі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші абзацы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Көрсетілетін қызметті алушылар "Есепке алу-бақылау маркаларын және "Қазақстан Республикасы Ұлттық Банкінің Банкнот фабрикасы" республикалық мемлекеттік кәсіпорнының басқа баспа өнімдерін бақылау, есептеу және беру" ақпараттық жүйесі (бұдан әрі – ақпараттық жүйе) арқылы көрсетілетін қызметті берушіге және мемлекеттік кірістер органына ЕБМ алу жүзеге асырылатын жаңа күнтізбелік жыл басталғанға дейін күнтізбелік 30 (отыз) күннен немесе ағымдағы жылдың екінші жартыжылдық басталғанға дейін күнтізбелік 30 (отыз) күннен кешіктірмей:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>6-тармақ</w:t>
+        <w:t>11-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Көрсетілетін қызметті алушылар табыс еткен өндірістік өтінімдер және импорттық өтінімдер келесі күнтізбелік жылға көшірілмейді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "6. "Алкоголь өніміне (толысылған шарапты және сыра қайнату өнімдерін қоспағанда) есепке алу-бақылау маркаларын беру" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің үшінші абзацы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...23 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+        <w:t xml:space="preserve">
+      "салық және бюджетке төленетін басқа да міндетті төлемдердің, сондай-ақ әлеуметтік төлемдердің сомасы толық төленбеген кезде, олар бойынша Салық кодексінің 114-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген хабарлама жолданған салық есептілігінде бұзушылықтар анықталған, сондай-ақ Салық кодексінің 114-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген орындалмаған хабарламалар болған кезде келісуден бас тартады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-тармақтың</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+        <w:t>23-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші абзацына орыс тілінде өзгеріс енгізілді, қазақ тіліндегі мәтін өзгермейді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>11-тармақ</w:t>
+        <w:t>35-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
-[...340 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "35. Егер алкоголь өнімдерін ЕБМ-мен таңбалау "Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) қағидаларын, сондай-ақ есепке алу-бақылау маркаларының нысанын, мазмұнын және қорғау элементтерін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 018 жылғы 8 ақпандағы № 143 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16444 болып тіркелді) Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) қағидаларын бұза отырып жүргізілсе, ЕБМ мемлекеттік кірістер органына қайтарылуға жатады. Бұл ретте ЕБМ үшін төленген ақша қаражаты қайтарылмайды.";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -966,150 +965,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="4"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z19" w:id="6"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z21" w:id="8"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3304,55 +3304,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3678,31 +3678,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>