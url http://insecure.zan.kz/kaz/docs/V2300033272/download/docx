--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2ccd7cf" w14:textId="2ccd7cf">
+    <w:p w14:paraId="be625d9" w14:textId="be625d9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 11 тамыздағы № 854 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 тамызда № 33272 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 11 тамыздағы № 854 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 тамызда № 33272 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 7 қарашадағы № 682 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 682</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3296,63 +3298,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3674,35 +3698,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>