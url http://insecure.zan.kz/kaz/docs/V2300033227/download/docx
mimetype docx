--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5454c6e" w14:textId="5454c6e">
+    <w:p w14:paraId="bb76fc7" w14:textId="bb76fc7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1298,244 +1298,150 @@
         <w:t>
       2) жеке басын куәландыратын құжатты жоғалтқаны туралы өтініш беру фактісін растайтын шет мемлекеттің құзыретті органы берген құжат (жоғалтқан жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z83" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өлшемі 3,5х4,5 сантиметр түрлі-түсті екі фотосурет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасының Кодексінің 626-бабы </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="23"/>
+      4) консулдық алымның Қазақстан Республикасының Салық кодексі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>675-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес төленгенін растайтын құжаттың түпнұсқасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z85" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) жеке басын куәландыратын құжаттардың (болған кезде) бірінің түпнұсқасы немесе цифрлық құжаттар сервисі арқылы берілетін жеке басты куәландыратын электронды құжат, ал ол болмаған жағдайда осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес толтырылған сауалнама-өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z86" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z86" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жынысының өзгеру фактісін растайтын шет мемлекеттің медициналық мекемесі берген тиісті құжат тапсырылады (жынысын өзгерткен жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші осы тармақтың бірінші бөлігіне сәйкес құжаттарды шетелдегі мекемеге тапсырған кезде, өтініштің қағаз жеткізгіште қабылданғанын растау оның көшірмесіндегі алынған күні, тегі, аты, әкесінің аты (ол болған жағдайда) және құжаттар топтамасын қабылдау уақыты көрсетілген белгі болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1591,228 +1497,248 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Сыртқы істер министрінің м.а. 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/292</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/577</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қайтып оралуға арналған куәлік 3 айға дейін қолдану мерзіміне ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қайтып оралуға арналған куәлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының азаматтығын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасында тұрақты тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасындағы босқын қолданыстағы мәртебесін растау негізінде ресімделеді және беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Жеке басты куәландыратын құжаттардың бірінің түпнұсқасы болған жағдайда, қайтып оралуға арналған куәлік осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздерді растаусыз екі жұмыс күні ішінде ресімделеді және беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жеке басты куәландыратын құжаттардың бірінің түпнұсқасы болмаған кезде шетелдегі мекеме:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z76" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z76" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1827,91 +1753,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздерді растау үшін құжаттарды алған күннен бастап екі жұмыс күні ішінде Қазақстан Республикасы Ішкі істер министрлігіне (бұдан әрі – Ішкі істер министрлігі) Қазақстан Республикасының азаматтығын немесе азаматтығы жоқ адамның Қазақстан Республикасында тұрақты тұруын растау үшін сұрау салуды жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z77" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z77" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негізді растау үшін құжаттарды алған күннен бастап екі жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігіне (бұдан әрі – Еңбек және халықты әлеуметтік қорғау министрлігі) Қазақстан Республикасында қолданыстағы босқын мәртебесін растау үшін сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1930,110 +1856,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ішкі істер министрлігі, Еңбек және халықты әлеуметтік қорғау министрлігі сұрау салуды алған күннен бастап бес жұмыс күнінен кешіктірмей шетелдегі мекемеге жауап жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Шетелдегі мекеме осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіздерді растаған күннен бастап үш жұмыс күнінен кешіктірмей қайтып оралуға арналған куәлікті ресімдейді және береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2052,210 +1978,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қайтып оралуға арналған куәлікке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шет мемлекеттің визалар беруге уәкілетті құзыретті органы – визалар туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шекара қызметі органы, шет мемлекеттің шекаралық бақылауды жүзеге асыратын құзыретті органы – Қазақстан Республикасының Мемлекеттік шекарасынан және басқа мемлекеттердің мемлекеттік шекараларынан өту туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тиісті белгіні енгізген орган – бұрын енгізілген белгілерді жою туралы белгілер енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қайтып оралуға арналған куәлікті ресімдеуден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z78" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z78" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші қайтып оралуға арналған куәлігін ресімдеу үшін ұсынған құжаттардың және (немесе) олардың ішіндегі деректердің (мәліметтердің) шындыққа сәйкес еместігінің анықталуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z79" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z79" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш берушінің және (немесе) қайтып оралуға арналған куәлігін ресімдеу үшін ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z80" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z80" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушінің жеке деректерін жинауға және өңдеуге жазбаша келісімінің болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтып оралуға арналған куәлігін ресімдеуден бас тартуға негіз анықталған жағдайда, шетелдегі мекеме әкімшілік акт қабылданғанға дейін үш жұмыс күнінен кешіктірмей өтініш берушіні қайтып оралуға арналған куәлігін ресімдеуден бас тарту туралы алдын ала шешім жөнінде, сондай-ақ өтініш берушіге алдын ала шешім бойынша өз ұстанымын білдіру мүмкіндігін қамтамасыз ету үшін тыңдаудың уақыты, күні, орны және өткізу тәсілі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2310,326 +2236,326 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қайтып оралуға арналған куәлік мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Заңның 7-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 5), 6), 7) және 8) тармақшаларында көрсетілген деректер болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оның қолданылу мерзімі өткен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Заңның 7-бабы 1-тармағының 1), 2), 5), 6), 7) және 8) тармақшаларында көрсетілген деректерді не құжаттың қорғалу дәрежесін сәйкестендіру мүмкін болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иесі уәкілетті мемлекеттік органға өтініш берген күннен бастап құжат жоғалған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) иесінің құқықтық мәртебесіне сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жынысын өзгерткен жағдайларда жарамсыз болып табылады және ауыстырылуға әрі шетелдегі мекемеге тапсырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қайтып оралуға арналған куәлікті ауыстыру осы Қағидаларда қайтып оралуға арналған куәлікті ресімдеу үшін көзделген жалпы негіздерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қайтып оралуға арналған куәлік Қазақстан Республикасына келген соң, күнтізбелік 10 (он) күнге дейінгі мерзімде тұрақты тұрғылықты жері бойынша Қазақстан Республикасының ішкі істер органдарына тапсырылады және жоғалған жеке басты куәландыратын құжаттарды қалпына келтіру материалдарына қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қызметтік паспорты немесе дипломатиялық паспорты жоғалған немесе қолданылу мерзімі өткен кезде берілген қайтып оралуға арналған куәлік Қазақстан Республикасына келген соң, күнтізбелік 10 (он) күнге дейінгі мерзімде Қазақстан Республикасының Сыртқы істер министрлігіне (бұдан әрі – Сыртқы істер министрлігі) тапсырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Осы Қағидалардың 6-тармағында көзделген негіздердің болмауы фактісі анықталған жағдайларда шетелдегі мекеме бұл туралы Қазақстан Республикасының ұлттық қауіпсіздік органдарына және Қазақстан Республикасының ішкі істер органдарына хабарлау арқылы бұрын берілген қайтып оралуға арналған куәлікті алып қою шараларын қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтып оралуға арналған куәлікті кейіннен алып қоюды алдын ала тергеу, анықтау органдарының лауазымды адамдары, сондай-ақ әкімшілік іс жүргізу және азаматтықты жоғалтуды ресімдеу барысында лауазымды адамдар жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сыртқы істер министрлігіне және шетелдердегі мекемелеріне тапсырылған қайтып оралуға арналған куәліктер жойылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қайтып оралуға арналған куәліктерді жою туралы акт осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2772,68 +2698,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> САУАЛНАМА – ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының азаматтығына тиесілігімді / Қазақстан Республикасында тұрақты тұратындығымды анықтап берудi сұраймын (керектісін сызыңыз)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5255,80 +5181,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә (болған жағдайда).</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20 ___ ж. "____"________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бүлінген қатаң есептіліктегі бланкілерді жою туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>АКТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біз, төменде қол қоюшылар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5739,166 +5665,166 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-1-4/407 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайтып оралуға арналған куәліктің үлгісі мен оны қорғауға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қайтып оралуға арналған куәліктің үлгісі мен оны қорғауға қойылатын талаптарға қосымшаға сәйкес қайтып оралуға арналған куәлік көлемі 285х135 мм. мөлшеріндегі сүйір бұрышты, 95 мм тең үш бірдей бөлікке бүктелетін бланкті білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қайтып оралуға арналған куәлік бланкісі (бұдан әрі – бланк) қағаз құрамына ультракүлгін сәуле астында нүктелер түріндегі түрлі-түсті түстермен флуоресценттелетін бөлшектер; көрінетін талшықтар; бірегей ықшамды оптикалық сканермен ғана көруге болатын флуоресцентті полимерлік қоспалар, сондай-ақ бланкінің бөлігі арнайы математикалық алгоритмді қолдана отырып құралған сызықтардан тұратын тор сызықтар түрінде арнайы қорғау қасиеттері бар қағазға баспаханалық тәсілмен басылады. Бланк реңкі көгілдір түсті болады. Бланктің мұқабасынан басқа беттері нөмірленеді. Нөмір беттің төменгі жағында ортасына қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бланктің тік қалпында мұқабасы, 4-беті, 5-беті болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бланктің көлденең қалпында: 1-беті, 2-беті, 3-беті болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бланктің мұқабасында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұқабаның бұрыштарында – көгілдір түсті ою-өрнек элементтері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6071,70 +5997,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жазу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұқабаның төменгі бөлігінің ортасында – дөңгелек бұрыштармен қоршалған жиектің ішінде бланктің нөмірі орналасқан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бланктің 1-бетінде иесінің қол қоюы үшін жол қалдырылған, сондай-ақ қайтып оралуға арналған куәлік иесінің құқықтық мәртебесі және қайтып оралуға арналған куәлікті берген Қазақстан Республикасының шетелдегі мекемесінің атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-беттің жоғарғы бөлігінде мемлекеттік және ағылшын тілдерінде қайтып оралуға арналған куәлікті берген Қазақстан Республикасының шетелдегі мекемесінің атауын қамтитын жазу бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6423,70 +6349,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2-бет қайтып оралуға арналған куәлік иесінің фотосуретін, жеке деректерін орналастыруға, Қазақстан Республикасының шетелдегі мекемесінің лауазымды адамының қол қоюына және мөр басуына арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-беттің жоғарғы және төменгі бөліктерінде бланктің қиғаш сызықтарының сыну бұрышы арқылы жасалған, көгілдір бояумен орындалған ою-өрнек бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6695,90 +6621,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-беттің оң жағының төменгі бұрышында қайтып оралуға арналған куәлікті берген Қазақстан Республикасының шетелдегі мекемесінің лауазымды адамының қолы қойылатын орын бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-беттің бірінші ширегінің екінші жартысында көзге көрінбейтін, бір бірінен бірдей қашықтықта орналасқан, күн астындағы бүркіт кейпіндегі 4 (төрт) мемлекеттік символика бейнеленген. Символика бейнесі ультракүлгін сәуле астында көрінетін кішігірім мәтіннен құралған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Бланктің 3-беті "Жеке басты куәландыратын құжаттар туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген арнайы белгілерді енгізуге арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-беттің сол жағының жоғарғы бұрышында "Қазақстан Республикасының Мемлекеттік Елтаңбасы. Техникалық шарттар" ҚР СТ 989-2014 Қазақстан Республикасының мемлекеттік стандарттарына сәйкес диаметрі 13 мм Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6941,70 +6867,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бланктің 4-беті визалар жапсыруға арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Беттің жоғарғы жағында мемлекеттік және ағылшын тілдерінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7015,70 +6941,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Визалар/Visas"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жазулар бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 5-беттің бұрыштарында көгілдір түсті ою-өрнек элементтері орналасқан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-беттің ортасында мемлекеттік және ағылшын тілдерінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7323,70 +7249,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жазулар орналасқан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік және ағылшын тілдеріндегі жазбалар олардың арасында көлденең орналасқан арнайы көгілдір түсті ою-өрнекпен бөлінген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әрбір бланкте жазбалардың сақталуын арттыру немесе бланкті және ондағы жазуларды жалған құжат жасаудан сақтау үшін арнайы әзірленген элементтер қолданылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7685,55 +7611,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>