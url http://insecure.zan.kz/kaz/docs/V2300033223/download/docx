--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebe8b65" w14:textId="ebe8b65">
+    <w:p w14:paraId="3623efd" w14:textId="3623efd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 31 шiлдедегi № 817 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 3 тамызда № 33223 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 31 шiлдедегi № 817 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 3 тамызда № 33223 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -149,249 +149,329 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 634</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      Осы бұйрық 01.01.2024 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27-тармағына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну қағидалары, осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық 2024 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -665,256 +745,245 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 817 Бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (бұдан әрі - Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27-тармағына сәйкес әзірленді және цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралымәліметтерді ұсыну тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті орган – салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цифрлық актив – цифрлық код беріліп, оның ішінде криптография және компьютерлік есептеу құралдары қолданыла отырып электрондық-цифрлық нысанда құрылған, деректердің таратылған платформасы технологиясының негізінде тіркелген және ақпараттың өзгермейтіндігімен қамтамасыз етілген мүлік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) цифрлық активтер биржасы – цифрлық активтердің сауда-саттығын, шығарылуын, айналысын және сақталуын ұйымдастырушылық және техникалық жағынан қамтамасыз етуді жүзеге асыратын цифрлық платформа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Астана" халықаралық қаржы орталығының қатысушылары – "Астана" халықаралық қаржы орталығының (бұдан әрі – АХҚО) қатысушылары қолданыстағы құқығына сәйкес тіркелген заңды тұлғалар, сондай-ақ АХҚО аккредиттелген өзге де заңды тұлғалар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушыларының мәліметтерді ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Цифрлық активтер биржалары, сондай-ақ АХҚО өзге де қатысушылары, есепті тоқсаннан кейінгі екінші айдың 15 күнінен кешіктірмей уәкілетті органға өткізілген цифрлық активтер және резиденттер мен бейрезиденттерге цифрлық активтермен байланысты әрекет үшін төленген сыйақылар туралы мәліметтерді осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -929,126 +998,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қарастырылған мәліметтер уәкілетті органға электрондық тасымалдағышта (Microsoft Excel форматында) басшысы немесе оның міндетін атқарушының адамның қолы қойылған ілеспе хатпен ұсынылады. Басшының міндетін атқарушы адаммен қол қойылған құжатпен жолданатын мәліметтерге міндеттерді жүктеу туралы бұйрықтың (өкімнің) көшірмесі қоса беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган алынған мәліметтерді салық әкімшілендіру барысында қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1335,68 +1389,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20___ жылдың _____ кезеніне Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -1466,61 +1520,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Клиенттің жеке сәйкестендіру нөмірі/ бизнес </w:t>
-[...9 lines deleted...]
-              <w:t>сәйкестендіру нөмірі</w:t>
+              <w:t>Клиенттің жеке сәйкестендіру нөмірі/ бизнес сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1568,61 +1612,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өткізілетін</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> цифрлық активтің түрі</w:t>
+              <w:t>Өткізілетін цифрлық активтің түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2545,68 +2579,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар туралы мәліметтерді ұсыну нысанына түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанада жолдың реттік саны көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3037,68 +3071,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20___ жылдың _____ кезеніне цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3214,61 +3248,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тегі, аты, әкесінің аты (ол болған жағд</w:t>
-[...9 lines deleted...]
-              <w:t>айда)</w:t>
+              <w:t>Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4237,68 +4261,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну нысанына түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанада жолдың реттік саны көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4448,55 +4472,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>