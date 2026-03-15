--- v1 (2025-12-25)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3623efd" w14:textId="3623efd">
+    <w:p w14:paraId="8ab3c08" w14:textId="8ab3c08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,144 +85,154 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Цифрлық активтер биржалары, сондай-ақ "Астана" халықаралық қаржы орталығының өзге де қатысушылары Қазақстан Республикасының резиденттері цифрлық активтер биржаларында жүргізген операциялар және цифрлық активтерге байланысты қызметті жүзеге асырудан резиденттер мен бейрезиденттерге төленген сыйақылар туралы мәліметтерді ұсыну қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 31 шiлдедегi № 817 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 3 тамызда № 33223 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 31 шiлдедегi № 817 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 3 тамызда № 33223 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 28 қазандағы № 634 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 634</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4464,63 +4476,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4842,35 +4876,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>