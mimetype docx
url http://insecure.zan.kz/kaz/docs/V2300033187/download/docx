--- v0 (2025-12-25)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="33edcc8" w14:textId="33edcc8">
+    <w:p w14:paraId="8324131" w14:textId="8324131">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -655,478 +655,438 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32873 болып тіркелген) бекітілген орындаулар мен фонограммаларды пайдалану түрлері үшін орындаушылар мен фонограммалар шығарушыларға сыйақының ең төмен мөлшерлемелерін қолдануды нақтылайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Тараптар сыйақы мөлшерін, оны төлеудің тәртібі мен мерзімдерін пайдаланушы орындаушылармен, фонограммаларды шығарушылармен, құқық иеленушілермен не мүліктік құқықтарды ұжымдық негізде басқаратын ұйыммен жасасатын лицензиялық шартта белгілейді.</w:t>
+      2. Тараптар сыйақы мөлшерін, оны төлеудің тәртібі мен мерзімдерін пайдаланушы орындаушылармен, фонограммаларды шығарушылармен, құқық иеленушілермен не құқықтарды ұжымдық басқару жөніндегі ұйымдармен жасасатын лицензиялық шартта белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сыйақыны төлеу кезінде Қазақстан Республикасының заңнамасында белгіленген осындай сыйақыны төлеу күні қолданыстағы айлық есептік көрсеткіштің мөлшері пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Осы Нұсқаулықта пайдаланылатын ұғымдар "Авторлық құқық және сабақтас құқықтар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мәндерде қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының аумағында орындаулар мен фонограммаларды пайдаланғаны үшін орындаушылар мен фонограммаларды шығарушыларға сыйақы көпшілік алдында орындау, көпшілікке көрсету, жалпы жұрттың назарына хабарлау және жеткізу, пайда табу мақсатында қайта шығару (тираждау) және (немесе) тарату, орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта қайта шығару үшін есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Орындаулар мен фонограммаларды көпшілік алдында орындау, көрсету, хабарлау және жалпы жұрттың назарына жеткізу жолымен пайдаланғаны үшін орындаушылар мен фонограммалар шығарушыларға берілетін сыйақы мөлшерлемелерін қолдану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Егер мәдени-ойын-сауық орталығының, спорттық-сауықтыру орталығының, сауда үйінің аумағында кафелер, барлар, мейрамханалар, өзге де қоғамдық тамақтану объектілері, дүкендер, сауда базарлары және сауда мақсатына арналған өзге де орындар, конькимен, роликтермен жаппай сырғанау орындары, театрлар, кинозалдар, фильмдерді көрсетуге арналған өзге де орындар, көпшілік алдында орындау, көрсету, жалпы жұрттың назарына хабарлау немесе жеткізу жолымен орындаулар мен фонограммаларды өз бетінше пайдаланатын мәдени-демалыс ұйымдары (мәдениет және демалыс саябақтары, мәдениет үйлері мен сарайлары, аквапарктер) орналасқан жағдайда, сыйақы төлеу ауыртпалығы осы пайдаланушыларға жүктеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Егер орындау немесе фонограмма мәдени сауықтыру орталығының, спорттық-сауықтыру орталығының, дүкендер, сауда базары және сауда мақсатына арналған өзге де орындар орналасқан, сауда үйі, орындау мен фонограммаларды көпшілік орындау, көрсету, жалпы жұрттын назарына хабарлау немесе жеткізу арқылы өз бетінше пайдаланбайтын дәмханалар, барлар, мейрамханалар, өзге де қоғамдық тамақтандыру объектілері, конькимен, роликтермен жаппай сырғанау орындары, театрлар, кинозалдар, фильмдерді көрсетуге арналған өзге де орындар, мәдени-демалыс ұйымдарының (мәдениет және демалыс саябақтары, мәдениет үйлері мен сарайлары, аквапарктер) барлық аумағында көпшілік орындалған, көрсетілген, жалпы жұрттын назарына хабарланған немесе жеткізілген жағдайда, онда сыйақы төлеуді мәдени-сауықтыру орталығының, спорттық-сауықтыру орталығының, сауда үйінің иесі жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Осындай қайта шығаруға пайдаланылатын жабдықтар мен материалдық жеткізгіштерді импорттаушы тұлғалар төлеуге жататын орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта қайта шығару үшін сыйақы мөлшерлемелерін қолдану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...15 lines deleted...]
-      9. Осындай қайта шығару үшін пайдаланылатын жабдықтар мен материалдық жеткізгіштерді импорттаушы тұлғалар төлеуге жататын орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта фонограммаларды қайта шығару үшін сыйақыны төлеу үшін қаражаттың төленуі импорттаушының мүліктік құқықтарды ұжымдық негізде басқаратын ұйыммен жасасқан шарты негізінде жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тарау алып тасталды - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мұндай қайта шығаруға пайдаланылатын жабдықтар мен материалдық жеткізгіштерді дайындайтын тұлғалар төлеуге жататын орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта фонограммаларды қайта шығарғаны үшін сыйақы мөлшерлемелерін қолдану</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Осындай қайта шығару үшін пайдаланылатын жабдықтар мен материалдық жеткізгіштерді импорттаушы тұлғалар төлеуге жататын орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта фонограммаларды қайта шығару үшін сыйақы төлеу үшін қаражатты төлеуді жабдықтар мен материалдық жеткізгіштерді импорттаушылар әрбір есепті кезеңнің қорытындылары бойынша жүзеге асырады. Егер мүліктік құқықтарды ұжымдық негізде басқаратын ұйыммен жабдықты және материалдық жеткізгіштерді импорттаушылармен жасалған сыйақы төлеу үшін қаражат төлеу туралы шартта өзгеше көзделмесе, бір айдан бір тоқсанға дейінгі кезең есепті кезең деп ұғынылады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+      Ескерту. 4-тарау алып тасталды - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Мүліктік құқықтарды ұжымдық негізде басқаратын ұйым онымен шарт жасасқан және сыйақы төлеуді жүзеге асыратын импорттаушылардың, жабдықтар мен материалдық жеткізгіштерді дайындаушылардың, сондай-ақ орындаушының және фонограмма шығарушының келісімінсіз жеке мақсатта фонограммаларды қайта шығару үшін сыйақы төлеуге жиналған қаражат сомасының есебін жүргізеді. </w:t>
-[...120 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>