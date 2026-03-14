--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="064924c" w14:textId="064924c">
+    <w:p w14:paraId="e47e7aa" w14:textId="e47e7aa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1071,168 +1071,230 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік тізілімді және Эталондық бақылау банкін жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Мемлекеттік органдар Қазақстан Республикасы Президентінің, Қазақстан Республикасы Қауіпсіздік Кеңесі Төрағасының, Қазақстан Республикасының Парламенті мен оның палаталарының, Қазақстан Республикасы Конституциялық Сотының және Қазақстан Республикасы Жоғарғы Сотының нормативтік құқықтық актілерінің мемлекеттік органның мөрімен расталған және Заңның </w:t>
+      8. Қазақстан Республикасы Президентінің, Қазақстан Республикасы Қауіпсіздік Кеңесі Төрағасының, Қазақстан Республикасы Парламентінің және оның палаталарының, Үкіметтің, Қазақстан Республикасы Конституциялық Сотының және Қазақстан Республикасы Жоғарғы Сотының нормативтік құқықтық актілерін қазақ және орыс тілдерінде қол қойылған күннен бастап күнтізбелік он күн ішінде мемлекеттік органдар электрондық түрде Эталондық бақылау банкке жібереді және нормативтік құқықтық актілерге қол қоюға уәкілетті тұлғаның электрондық цифрлық қолтаңбасымен куәландырылған, Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті адамның электрондық цифрлық қолтаңбасымен куәландырылған көшірмелерін қол қойылған күннен бастап күнтізбелік он күн ішінде қазақ және орыс тілдерінде бір данада қағаз және электрондық түрде ЗҚАИ-ға жібереді.</w:t>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуден өткен Қазақстан Республикасы министрлерінің және орталық мемлекеттік органдардың өзге де басшыларының, орталық мемлекеттік органдардың ведомстволары басшыларының нормативтік құқықтық бұйрықтарын, Қазақстан Республикасы Орталық сайлау комиссиясының, Қазақстан Республикасы Жоғары аудиторлық палатасының, Қазақстан Республикасы Ұлттық Банкінің және өзге де орталық мемлекеттік органдардың нормативтік құқықтық қаулыларын, мәслихаттардың нормативтік құқықтық шешімдері, әкімдіктердің нормативтік құқықтық қаулылары, әкімдердің нормативтік құқықтық шешімдері және тексеру комиссияларының нормативтік құқықтық қаулылары Эталондық бақылау банкіне олар Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне енгізілген сәттен бастап бір күн ішінде автоматты түрде қазақ және орыс тілдерінде нормативтік құқықтық актілердің жобаларын келісудің ақпараттық жүйесі (бұдан әрі – ЖКАЖ) арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Үкіметінің нормативтік құқықтық актілері ЗҚАИ-ға Заңның </w:t>
+      ЖКАЖ-қа қолжетімділік болмаған жағдайда, Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуден өткен, Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті адамның электрондық цифрлық қолтаңбамен куәландырылған электрондық құжаттар нысанында ғана жіберіледі.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті адамның электрондық цифрлық қолтаңбасымен куәландырылған нормативтік құқықтық актілерді әзірлеуші мемлекеттік органдар мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде қазақ және орыс тілдерінде электрондық түрде Эталондық бақылау банкке жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 294</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1251,51 +1313,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген, Әділет министрлігінде мемлекеттік тіркеуге жатпайтын нормативтік құқықтық актілерді мемлекеттік органдар ЗҚАИ-ға оларға қол қойылған күннен бастап бес жұмыс күн ішінде Заңның </w:t>
+        <w:t xml:space="preserve"> көрсетілген, Әділет министрлігінде мемлекеттік тіркеуге жатпайтын нормативтік құқықтық актілерді мемлекеттік органдар эталондық бақылау банкіне оларға қол қойылған күннен бастап бес жұмыс күн ішінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті тұлғаның электрондық цифрлық қолтаңбасымен куәландырылған қазақ және орыс тілдерінде электрондық түрде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
@@ -1310,89 +1372,109 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қызметтік пайдалану үшін", "Баспасөзде жариялаусыз", "Баспасөзге арналмаған" деген белгілері бар актілерді мемлекеттік органдар қол қойылған күнінен бастап күнтізбелік он күн ішінде Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті адамның электрондық цифрлық қолтаңбасымен куәландырылып, электрондық түрде қазақ және орыс тілдерінде ЗҚАИ-ға деректемелер түрінде жібереді.</w:t>
+        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актілерге қол қоюға уәкілетті адамның электрондық цифрлық қолтаңбасымен куәландырылып, электрондық түрде қазақ және орыс тілдерінде эталондық бақылау банкіне деректемелер түрінде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1431,390 +1513,518 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген электрондық түрдегі нормативтік құқықтық актілерді ЗҚАИ-ға жіберу электрондық құжат айналымы жүйесі арқылы жүргізіледі.</w:t>
+        <w:t xml:space="preserve"> көзделген электрондық түрдегі нормативтік құқықтық актілерді эталондық бақылау банкіне жіберу электрондық құжат айналымы жүйесі арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірлескен нормативтік құқықтық актілерге электрондық цифрлық қолтаңбаның қойылуын нормативтік құқықтық актіні әзірлеуге жауапты болып белгіленген уәкілетті орган қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгерістер енгізілді - ҚР Әділет министрінің 30.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Келіп түскен нормативтік құқықтық акт Эталондық бақылау банкінде тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген, келіп түскен нормативтік құқықтық актілерді тіркеу олар қағаз түрінде болмаса да жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Электрондық түрде келіп түскен нормативтік құқықтық актілер ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен расталған электрондық цифрлық қолтаңбаның төлнұсқалылығын тексеру рәсімінен өтеді. Нормативтік құқықтық актілердің деректемелері мен мәтіні бір нормативтік құқықтық актіге тиесілігі тұрғысынан тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерудің нәтижесі теріс болған жағдайда, нормативтік құқықтық актілер электрондық түрде алынбаған деп есептеледі, бұл туралы жөнелтушіге құжаттың алынбау себептері көрсетіле отырып, Эталондық бақылау банкі ақпараттық жүйесінен электрондық құжат айналымы жүйесіне хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдар құжаттың алынбауы туралы хабарлама алынған күннен бастап екі жұмыс күні ішінде Эталондық бақылау банкіне нормативтік құқықтық актілерді электрондық түрде қайта жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 30.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 294</w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...54 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Мемлекеттік тізілімге енгізілуге тиіс нормативтік құқықтық актілер, Эталондық бақылау банкіне енгізу мерзімі ЗҚАИ-ға келіп түскен күннен бастап үш жұмыс күнінен аспайтын Қазақстан Республикасы Конституциялық Соттың нормативтік қаулыларын қоспағанда, ЗҚАИ-ға келіп түскен кезден бастап бес жұмыс күні ішінде енгізіледі және оларға тіркеу нөмірі беріледі.</w:t>
+      14. Мемлекеттік тізілімге енгізілуге тиіс нормативтік құқықтық актілер, Эталондық бақылау банкіне енгізу мерзімі ЗҚАИ-ға келіп түскен күннен бастап үш жұмыс күнінен аспайтын Қазақстан Республикасы Конституциялық Соттың нормативтік қаулыларын қоспағанда, Эталондық бақылау банкіне келіп түскен кезден бастап бес жұмыс күні ішінде енгізіледі және оларға тіркеу нөмірі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Келіп түскен нормативтік құқықтық актілерді, Эталондық бақылау банкіне енгізу мерзімі ЗҚАИ-ға келіп түскен күннен бастап үш жұмыс күнінен аспайтын Қазақстан Республикасы Конституциялық Соттың нормативтік қаулыларын қоспағанда, Эталондық бақылау банкіне енгізу ЗҚАИ-ға келіп түскен күннен бастап бес жұмыс күні ішінде жүзеге асырылады.</w:t>
+      15. Келіп түскен нормативтік құқықтық актілерді, Эталондық бақылау банкіне енгізу мерзімі ЗҚАИ-ға келіп түскен күннен бастап үш жұмыс күнінен аспайтын Қазақстан Республикасы Конституциялық Соттың нормативтік қаулыларын қоспағанда, Эталондық бақылау банкіне енгізу Эталондық бақылау банкіне келіп түскен күннен бастап бес жұмыс күні ішінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Эталондық бақылау банкіне енгізілген нормативтік құқықтық актілер оларға ағымдағы өзгерістер мен толықтыруларды енгізу, нормативтiк құқықтық актілердің жекелеген бөлiктерiнiң күшi жойылды деп тану не олардың қолданылуын тоқтата тұру арқылы бақыланатын жағдайда ұсталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1825,54 +2035,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нормативтік құқықтық актілерге өзгерістер мен толықтырулар енгізілген, нормативтік құқықтық актілердің жекелеген бөліктерінің күші жойылды деп танылған не олардың қолданылуы тоқтатыла тұрған кезде олардың мәтініне енгізілетін нормалардың тұжырымын, сондай-ақ актінің нысаны, қабылданған күні мен нөмірі туралы ақпарат нақты көрсетілетін белгілер енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Нормативтiк құқықтық актінің күшi жойылды деп танылған не оның қолданылуы белгiлі бiр мерзiмге тоқтатыла тұрған кезде Мемлекеттiк тiзiлiмге тиiстi жазбалар және Эталондық бақылау банкіне енгiзiлген нормативтiк құқықтық актінің қағаз және (немесе) электрондық мәтініне тиiстi нормативтiк құқықтық актіге сiлтеме жасай отырып, оның күшi жойылды деп тану не қолданылуын тоқтата тұру туралы белгi жасалады.</w:t>
+      17. Нормативтiк құқықтық актінің күшi жойылды деп танылған не оның қолданылуы белгiлі бiр мерзiмге тоқтатыла тұрған кезде Мемлекеттiк тiзiлiмге тиiстi жазбалар және Эталондық бақылау банкіне енгiзiлген нормативтiк құқықтық актінің электрондық мәтініне тиiстi нормативтiк құқықтық актіге сiлтеме жасай отырып, оның күшi жойылды деп тану не қолданылуын тоқтата тұру туралы белгi жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Эталондық бақылау банкiн қалыптастыру кезiнде нормативтiк құқықтық актілердің қазақ және орыс тiлдеріндегi мәтiндерi салыстырылып тексерілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -2450,508 +2722,550 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Қағаз және электрондық түрдегі Эталондық бақылау банкін қалыптастыру</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Эталондық бақылау банкін қалыптастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың атауы жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген нормативтік құқықтық актіні жинақтауды, тіркеуді және нормативтік құқықтық актілердің нысаны бойынша хронологиялық тәртіппен орналастыруды қамтитын есепке алынуға және жүйеленуге жатады.</w:t>
+        <w:t>
+      7. Қағидалардың 8, 9, 10-тармақтарында көрсетілген нормативтік құқықтық актілер хронологиялық тәртіппен нормативтік құқықтық актіні жинауды және тіркеуді қамтитын есепке алуға және жүйелеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...67 lines deleted...]
-      8. Эталондық бақылау банкін электрондық түрде қалыптастыру барысында Эталондық бақылау банкі ақпараттық жүйесінің автоматтандырылған басқару жүйесінің операторы қажеттілігіне қарай нормативтік құқықтық актіні қағаз түрінде пайдаланады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Алып тасталды - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Эталондық бақылау банкін электрондық түрде қалыптастыру ақпараттық жүйе (бұдан әрі - жүйе) арқылы жүзеге асырылады, бұл жүйе үш кіші жүйеден тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...39 lines deleted...]
-      9. Эталондық бақылау банкін электрондық түрде қалыптастыру ақпараттық жүйе (бұдан әрі - жүйе) арқылы жүзеге асырылады, бұл жүйе үш кіші жүйеден тұрады:</w:t>
+        <w:t>
+      автоматтандырылған басқару жүйесі - нормативтік құқықтық актілерді дайындауға арналған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қойма - Қазақстан Республикасының нормативтік құқықтық актілерін электрондық түрде сақтауға арналған бірыңғай орталықтандырылған депозитарийдің міндетін атқарады және оларға енгізілген өзгерістер мен толықтырулар туралы ақпаратты сақтауға арналған құралдарды ұсынады (бұдан әрі- қойма);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      веб-портал - Қазақстан Республикасының нормативтік құқықтық актілерін электрондық түрде аптасына 7 күн тәулігіне 24 сағат режімінде қарауға, сондай-ақ қосымша функционалдық мүмкіндіктерге қол жеткізуге арналған (бұдан әрі - веб-портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Эталондық бақылау банкі ақпараттық жүйесінің "веб-портал" кіші жүйесі Интернет ортадағы барлық мүдделі адамдар үшін, соның ішінде заманауи мобильді құрылғылар (смартфондар, планшеттер және т.с.с.) арқылы жүйеге кірудің бірыңғай нүктесі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...69 lines deleted...]
-      10. Эталондық бақылау банкі ақпараттық жүйесінің "веб-портал" кіші жүйесі Интернет ортадағы барлық мүдделі адамдар үшін, соның ішінде заманауи мобильді құрылғылар (смартфондар, планшеттер және т.с.с.) арқылы жүйеге кірудің бірыңғай нүктесі болып табылады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Енгізілетін нормативтік құқықтық актіде жүйе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
-[...15 lines deleted...]
-      11. Енгізілетін нормативтік құқықтық актіде жүйе:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәландырушы орталыққа электрондық цифрлық қолтаңбаның жарамдылығы мәніне сұрау салуды жіберу арқылы электрондық цифрлық қолтаңбаның легитимділігін (қайтарып алынған, жарамды, мерзімі өткен) тексеруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цифрлық кодтың тұтастығы, оқылатындығы мәніне форматтық-логикалық бақылауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижесі оң болған жағдайда, нормативтік құқықтық акт электрондық түрде түскен деп есептеледі, бұл туралы жөнелтушіге нормативтік құқықтық актінің Эталондық бақылау банкіне жеткізілгені туралы белгілеме жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сондай-ақ Эталондық бақылау банкі ақпараттық жүйесінің автоматтандырылған басқару жүйесінің операторы нормативтік құқықтық акт келіп түскен күннен бастап үш жұмыс күні ішінде оның деректемелерін және мәтіннің бір нормативтік құқықтық актіге тиесілілігін де тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру нәтижесі теріс болған жағдайда, нормативтік құқықтық актілер электрондық түрде алынбаған деп есептеледі, бұл туралы жөнелтушіге құжаттың алынбау себептері көрсетіле отырып, Эталондық бақылау банкі ақпараттық жүйесінен электрондық құжат айналымы жүйесіне хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық цифрлық қолтаңбаның легитимділігіне тексеруден немесе форматтық-логикалық бақылаудан өтпеген нормативтік құқықтық акт жүйе қоймасының "Қабылданбаған файлдар" бөлімінде сақталуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдар құжаттың алынбағандығы туралы хабарламаны алған күннен бастап екі жұмыс күні ішінде эталондық бақылау банкіне нормативтік құқықтық актілерді электрондық түрде қайта жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Эталондық бақылау банкі ақпараттық жүйесінің автоматтандырылған басқару жүйесіне қабылданған нормативтік құқықтық актіге нормативтік құқықтық акт туралы деректемелерді және ақпараттық-анықтамалық деректерді қамтитын тіркеу карточкасы толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...144 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нормативтік құқықтық акт деректемелері туралы мәліметтер Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2964,70 +3278,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықтамалық-ақпараттық деректер Мемлекеттік тізілім нөмірін, күшіне ену, құжаттың өзгертілген күнін, қолданылу өңірін, ресми жариялануын, құқықтық қатынастар саласы туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жүйе келіп түскен нормативтік құқықтық актілерге автоматты режимде Мемлекеттік тізілімнің нөмірін береді және тіркеу карточкасында сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3145,88 +3459,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>енгізу жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық құжат айналымы жүйесінде және ЖКАЖ мемлекеттік органдар толтыратын нормативтік құқықтық актілер карточкасының мәліметтерін құрастыру бойынша қойылатын талаптар</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Нормативтік құқықтық актінің карточкасында нормативтік құқықтық акт туралы мынадай есепке алу мәліметтері көрсетілуі тиіс:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-деректемеде - нормативтік құқықтық актінің қазақ тіліндегі атауы (толтырылуы міндетті);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3614,327 +3966,431 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-деректемеде - кеңсенің электрондық цифрлық қолтаңбасы; жіберілетін деректерге кеңсе қызметкерінің электрондық цифрлық қолтаңбасымен қол қою (толтырылуы міндетті);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21-деректемеде - жеткізгіш түрі; мынадай мағыналарды: = 1 (электрондық құжаттың төлнұсқасы), = 3 (қағаз құжаттың электрондық көшірмесі) қабылдайтын жеткізгіштің түрі көрсетіледі (толтырылуы міндетті).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+      21-деректемеде-тасығыштың түрі; мәндерді қабылдайтын тасығыштың түрі көрсетіледі: = 1 (электрондық құжаттың түпнұсқасы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Электрондық түрдегі нормативтік құқықтық актіге мынадай талаптар қойылады:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) алып тасталды - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормативтік құқықтық акт әрбір салынымды қоса алғанда, (нормативтік құқықтық актінің негізгі түрі, нормативтік құқықтық актінің туынды түрі, қосымшалар) тек Қазақстан Республикасы мемлекеттік органдардың куәландырушы орталығының немесе Қазақстан Республикасының ұлттық куәландырушы орталығының электрондық цифрлық қолтаңбасымен расталады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
-[...15 lines deleted...]
-      1) электрондық құжат қағаз түріндегі нормативтік құқықтық актінің түрін және ақпаратын толығымен көрсетуге тиіс (болған жағдайда);</w:t>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормативтік құқықтық актілер қазақ және орыс тілдерінде ұсынылады, олардың жалпы көлемі 60 Мб аспауы тиіс. Көлемі 60 Мб асқан жағдайда, нормативтік құқықтық актілер RAR, ZIP мұрағатталған пішімде ұсынылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
-[...15 lines deleted...]
-      2) нормативтік құқықтық акт әрбір салынымды қоса алғанда, (нормативтік құқықтық актінің негізгі түрі, нормативтік құқықтық актінің туынды түрі, қосымшалар) тек Қазақстан Республикасы мемлекеттік органдардың куәландырушы орталығының немесе Қазақстан Республикасының ұлттық куәландырушы орталығының электрондық цифрлық қолтаңбасымен расталады;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормативтік құқықтық актінің мәтінінде бір фотосуреттің көлемі 200 Кб- дан аспауы тиіс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
-[...15 lines deleted...]
-      3) нормативтік құқықтық актілер қазақ және орыс тілдерінде ұсынылады, олардың жалпы көлемі 60 Мб аспауы тиіс. Көлемі 60 Мб асқан жағдайда, нормативтік құқықтық актілер RAR, ZIP мұрағатталған пішімде ұсынылуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нормативтік құқықтық актілер (негізгі, туынды (лар) және оған қосымша (лар) Microsoft Word форматында (кеңейтілімі DOCX) ұсынылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
-[...15 lines deleted...]
-      4) нормативтік құқықтық актінің мәтінінде бір фотосуреттің көлемі 200 Кб- дан аспауы тиіс;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) екі тілде ұсынылатын файлдардың жалпы саны - алтыдан аспайды. Файл саны асқан жағдайда, бір тілдегі нормативтік құқықтық актінің электрондық көшірмесін бір электрондық файлда қалыптастыруды сақтай отырып, олардың ішіндегісін бір файлға біріктіру рұқсат етіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
-[...15 lines deleted...]
-      5) нормативтік құқықтық актілер (негізгі, туынды (лар) және оған қосымша (лар) Microsoft Word форматында (кеңейтілімі DOCX) ұсынылады;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) файл тіркемелерінің ретін сәйкестендіру:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
-[...15 lines deleted...]
-      6) екі тілде ұсынылатын файлдардың жалпы саны - алтыдан аспайды. Файл саны асқан жағдайда, бір тілдегі нормативтік құқықтық актінің электрондық көшірмесін бір электрондық файлда қалыптастыруды сақтай отырып, олардың ішіндегісін бір файлға біріктіру рұқсат етіледі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативтік құқықтық актінің негізгі түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативтік құқықтық актінің туынды түр (лер)і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қосымшалар нөмірлеудің өсу тәртібімен (1, 2, 3, және т.б.);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) нормативтік құқықтық актінің электрондық құжаттарында нөмірленген тізімдерді, Microsoft Word ішіне салынған функциясы - автонөмірлеуді пайдаланбастан, қолмен ресімдеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
-[...15 lines deleted...]
-      7) қағаз төлнұсқадағы нормативтік құқықтық актінің мәтініне сай файлдар салынымдары тәртібінің сәйкестігі:</w:t>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тіркемелері бар файлды тіркеу кезекпен, әр тілде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4070,521 +4526,106 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормативтік құқықтық актілерді есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...452 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша алып тасталды - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4720,731 +4761,106 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормативтік құқықтық актілерді беру және қайтару журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-[...662 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша алып тасталды - ҚР Әділет министрінің 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5536,282 +4952,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 472 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрінің күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкін қалыптастыру, сондай-ақ оған мәліметтер енгізу жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 22 қыркүйектегі № 786 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 14270 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкін қалыптастыру, сондай-ақ оған мәліметтер енгізу жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 22 қыркүйектегі № 786 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2019 жылғы 18 маусымдағы № 330 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 24 маусымда № 18886 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкін қалыптастыру, сондай-ақ оған мәліметтер енгізу жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 22 қыркүйектегі № 786 бұйрығына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Әділет министрінің 2019 жылғы 17 қазандағы № 510 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 18 қазанда № 19486 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2021 жылғы 14 маусымдағы № 500 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 15 маусымда № 23026 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>