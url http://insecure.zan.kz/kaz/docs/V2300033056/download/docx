--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="be702cd" w14:textId="be702cd">
+    <w:p w14:paraId="c13f9b9" w14:textId="c13f9b9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -388,139 +388,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғылым және жоғары білім министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4849,421 +4837,181 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> және 13-тармақтарын қоспағанда, мынадай формулалар бойынша жүргізіледі:</w:t>
+        <w:t>
+      5. Шетелдік жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарымен стратегиялық әріптестік шеңберінде іске асырылатын бірлескен білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары үшін жан басына шаққандағы нормативтік қаржыландыру көлемін және жан басына шаққандағы қаржыландыру нормативін есептеу, сондай-ақ ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша құрылған шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының филиалдары үшін жан басына шаққандағы нормативтік қаржыландыру көлемін және жан басына шаққандағы қаржыландыру нормативін есептеу осы әдістеменің 9, 10, 11, 12, 13, 14 және 15-тармақтарын қоспағанда, мынадай формулалар бойынша жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z121" w:id="61"/>
+    <w:bookmarkStart w:name="z134" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Vжқ1 – шетелдік жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарымен стратегиялық әріптестік шеңберінде іске асырылатын, қазақстандық үлгідегі дипломды алатын, бірлескен білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беруді жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі, сондай-ақ қазақстандық үлгідегі дипломды алатын, ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша құрылған шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының филиалдары үшін жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>
+      V жқ1 = Nzb1 * Контzb1,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      N</w:t>
-[...153 lines deleted...]
-        <w:t>+ A+ S,</w:t>
+      Nzb1 – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контzb1 – бакалавриатта білім алушылардың жыл сайынғы контингенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb1 – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb1 = Т+Xz+ A+ S,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5273,71 +5021,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – білім беру процесіне тартылған ӘБП-ның және ПОҚ-тың жылына бір білім алушыға шаққандағы жылдық еңбекақы төлеу қоры;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      X</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – кадрларды даярлаудың техникалық және ауыл шаруашылығы бағыттары бойынша жылына бір білім алушыға есептегенде жоғары білімнің мемлекеттік жалпыға міндетті стандартын орындау шеңберінде білім алушылардың оқу-әдістемелік әдебиеттерді сатып алуға, зертханалық, практикалық, теориялық және жеке сабақтарының академиялық ұтқырлығын ұйымдастыруға арналған оқу шығыстары – 19 АЕК;</w:t>
+      Xz – кадрларды даярлаудың техникалық және ауыл шаруашылығы бағыттары бойынша жылына бір білім алушыға есептегенде жоғары білімнің мемлекеттік жалпыға міндетті стандартын орындау шеңберінде білім алушылардың оқу-әдістемелік әдебиеттерді сатып алуға, зертханалық, практикалық, теориялық және жеке сабақтарының академиялық ұтқырлығын ұйымдастыруға арналған оқу шығыстары – 19 АЕК;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЕК – жыл сайын республикалық бюджет туралы заңда белгіленетін айлық есептік көрсеткіш. Айлық есептік көрсеткішке баламалы көрсеткіштердің мәндерін айқындау үшін негіз ретінде 2022 жылғы 1 қаңтарға белгіленген АЕК мөлшері алынады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5363,2944 +5091,2144 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – білім беру процесіне тартылған ӘБП және ПОҚ еңбегіне ақы төлеудің жылдық қоры жылына бір білім алушыға төменде келтірілген персонал құрамы негізге алына отырып есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="1672"/>
+        <w:gridCol w:w="2780"/>
+        <w:gridCol w:w="5463"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мәтін</w:t>
-[...59 lines deleted...]
-              <w:t>аббревиатура</w:t>
+              <w:t xml:space="preserve"> Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Персонал</w:t>
+              <w:t xml:space="preserve"> Персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Саны</w:t>
-[...39 lines deleted...]
-              <w:t>бірлігі)</w:t>
+              <w:t xml:space="preserve"> Саны (штат бірлігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...99 lines deleted...]
-              <w:t>теңгемен</w:t>
+              <w:t xml:space="preserve"> 1 қызметкерге шаққандағы жалақы мөлшері теңгемен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>АЕК-те</w:t>
-[...99 lines deleted...]
-              <w:t>мөлшері</w:t>
+              <w:t xml:space="preserve"> АЕК-те 1 қызметкерге шаққандағы жалақы мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПОҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профессорлық-оқытушылық құрам (ПОҚ):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ПОҚ</w:t>
-[...9 lines deleted...]
-              <w:t>kz</w:t>
+ПОҚkz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отандық ПОҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 860 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,77 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ПОҚ</w:t>
-[...9 lines deleted...]
-              <w:t>in</w:t>
+ПОҚin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетелдік ПОҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 956 000</w:t>
+3 956 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1291,544 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ӘБП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік-басқару персоналы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...10 lines deleted...]
-              <w:t>kz</w:t>
+              <w:t>
+ӘБП kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отандық менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350,963 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӘБП</w:t>
-[...9 lines deleted...]
-              <w:t>in</w:t>
+ӘБПin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетелдік менеджмент, Халықаралық менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 515 000</w:t>
+4 515 000</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 870 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1474,045 АЕК 1263,467 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӘБП</w:t>
-[...9 lines deleted...]
-              <w:t>in</w:t>
+ӘБПin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетелдік орта менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 860 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,77 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӘБП</w:t>
-[...9 lines deleted...]
-              <w:t>kz</w:t>
+ӘБПkz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ӘБП кіші құрамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 430 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,385 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – білім беру процесіне жылына бір білім алушыға тартылған ӘБП және ПОҚ-тың жылдық еңбекақы төлеу қоры мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      T = T</w:t>
-[...235 lines deleted...]
-        <w:t>,</w:t>
+      T = Tkz+ Tin,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тkz = Тәбпkz+ Тпоқkz,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin = Тәбп in + Тпоқ in,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> – ӘБП жылдық еңбекақы төлеу қоры отандық (kz) және шетелдік (in) үшін жеке формула бойынша есептеледі:</w:t>
+      Тkz – жылына бір білім алушыға білім беру процесіне тартылған отандық ӘБП және ПОҚ-тың жылдық еңбекақы төлеу қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin – жылына бір білім алушыға білім беру процесіне тартылған шетелдік ӘБП және ПОҚ-тың жылдық еңбекақы төлеу қоры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәбп – ӘБП жылдық еңбекақы төлеу қоры отандық (kz) және шетелдік (in) үшін жеке формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәбпkz (in) = Wәбпkz (in) *12*snokz (in) * mvәбпkz (in) *mp,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т</w:t>
-[...177 lines deleted...]
-        <w:t xml:space="preserve"> * mp,</w:t>
+      Тпоқ – ПОҚ-тың жылдық еңбекақы қоры отандық (kz) және шетелдік (in) үшін жеке формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тпоқkz (in) = Wпоқkz (in) * 12*snokz(in)*mvпоқkz (in) * mp,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8727,886 +7655,424 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір ӘБП кіші құрамға mvәбпkz2 – 0,031;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S – халықаралық білім беру бағдарламаларын енгізу коэффициенті – 102,024 АЕК;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="62"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> – шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарымен стратегиялық әріптестік шеңберінде іске асырылатын, қос диплом алатын білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарын жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі мына формула бойынша есептеледі:</w:t>
+    <w:bookmarkStart w:name="z135" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Vжқ2 – шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарымен стратегиялық әріптестік шеңберінде іске асырылатын, қос диплом алатын білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарын жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...70 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>
+      V жқ2 = Nzb2* Контzb2,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Конт</w:t>
-[...135 lines deleted...]
-        <w:t>,</w:t>
+      Контzb2 – бакалавриатта білім алушылардың жыл сайынғы контингенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb2 – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі, мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb2 = Nzb1 + L1,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      L</w:t>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> – ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының филиалдары шеңберінде іске асырылатын, қос диплом алатын білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарын жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі, мына формула бойынша есептеледі:</w:t>
+      L1 – Солтүстік Америка елдерінің шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарымен қос диплом бағдарламасы бойынша бір білім алушыға жылына 752,693 АЕК есебінен шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Vжқ3 – ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының филиалдары шеңберінде іске асырылатын, қос диплом алатын білім беру бағдарламалары бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарын жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі, мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      V</w:t>
-[...69 lines deleted...]
-        <w:t>,</w:t>
+      Vжқ3 = Nzb3 * Контzb3,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Конт</w:t>
-[...135 lines deleted...]
-        <w:t>,</w:t>
+      Контzb3 – бакалавриатта білім алушылардың жыл сайынғы контингенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb3 – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі, мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nzb3 = Nzb1 - S + L2,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мұндағы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      L</w:t>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> есебі Қазақстан Республикасы Ұлттық Банкінің 2022 жылғы 27 желтоқсанға белгіленген бағамы бойынша 1 АҚШ доллары үшін 461,1 теңге эквивалентінде ұлттық валютада жүргізілді.</w:t>
+      L2 – Еуропа елдерінің шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарымен қос диплом бағдарламасы бойынша бір білім алушыға жылына 698,845 АЕК есебінен шығыстар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шетелдік жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымына төлем барлық оқу кезеңі үшін (4 жыл) тең үлестермен шарт негізінде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      L1 және L2 есебі Қазақстан Республикасы Ұлттық Банкінің 2022 жылғы 27 желтоқсанға белгіленген бағамы бойынша 1 АҚШ доллары үшін 461,1 теңге эквивалентінде ұлттық валютада жүргізілді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 17.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 455</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.09.2025 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z65" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12046,391 +10512,386 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) K – білім беру процесін ұйымдастыру және жүргізу мақсатында ПОҚ және ӘБП-ны іссапарға жіберуге байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1046"/>
+        <w:gridCol w:w="5978"/>
+        <w:gridCol w:w="2869"/>
+        <w:gridCol w:w="2407"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1046" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мәтін бойынша қолданылатынаббревиатура, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1046" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 К</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу процесі шеңберінде М.В.Ломоносов атындағы Мәскеу мемлекеттік университетінің Қазақстандағы филиалының (бұдан әрі – ММУ ҚФ) ПОҚ іссапарларына арналған шығыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 36,57 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12440,123 +10901,123 @@
               <w:t xml:space="preserve">
 30,71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ММУ ҚФ ӘБП мен ПОҚ іссапарларына арналған шығыстар, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 10,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12566,123 +11027,123 @@
               <w:t xml:space="preserve">
 11,76 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әкімшілік іссапарлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7,73 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12692,123 +11153,123 @@
               <w:t xml:space="preserve">
 10,4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 кәсіптік бағдар беру жұмыстарын жүргізу, көрмеге қатысу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1,06 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12818,390 +11279,404 @@
               <w:t xml:space="preserve">
 1,36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ПОҚ оқу және өндірістік практикалары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1,83 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ММУ ҚФ қабылдау және емтихан комиссияларының іссапарларына арналған шығыстар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7,55 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 15,82 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1046" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 54,74 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13244,280 +11719,279 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Р – ҚР аумағында білім алушылардың оқу практикасынан өтуіне байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2025"/>
+        <w:gridCol w:w="5163"/>
+        <w:gridCol w:w="5112"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мәтін бойынша қолданылатын аббревиатура </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бір білім алушыға бір жылдағы шығыстар нормасы, АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Студенттердің оқу және өндірістік практикасына арналған шығыстар, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13527,87 +12001,87 @@
               <w:t xml:space="preserve">
 8,17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Филология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13617,87 +12091,87 @@
               <w:t xml:space="preserve">
 1,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экология бірінші курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13707,87 +12181,87 @@
               <w:t xml:space="preserve">
 4,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экология екінші курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13830,279 +12304,278 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) S – білім алушылар үшін оқу корпустары мен жатақханаларды ағымдағы күтіп-ұстауға және оларға қызмет көрсетуге арналған шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1478"/>
+        <w:gridCol w:w="5766"/>
+        <w:gridCol w:w="5056"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бакалавриатта / магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Білім алушылар үшін оқу корпустары мен жатақханаларды ағымдағы күтіп-ұстауға және оларға қызмет көрсетуге арналған шығыстар нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14145,279 +12618,278 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) U – оқу-әдістемелік әдебиеттер мен ғылыми әдебиеттерді сатып алуға байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1810"/>
+        <w:gridCol w:w="4301"/>
+        <w:gridCol w:w="6189"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бакалавриатта / магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 U</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Оқу-әдістемелік, ғылыми әдебиеттерді сатып алуға арналған шығыстар нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14460,279 +12932,278 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) А – жылына бір білім алушыға негізгі құралдарды және материалдық емес активтерді сатып алуға байланысты шығыстар нормасы мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1771"/>
+        <w:gridCol w:w="4470"/>
+        <w:gridCol w:w="6059"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бакалавриатта / магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Негізгі құралдарды және материалдық емес активтерді сатып алуға байланысты шығыстар нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14775,362 +13246,361 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) O – ММУ ҚФ-да білім алушыларды іссапарға жіберуге және оқытуға байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1499"/>
+        <w:gridCol w:w="2584"/>
+        <w:gridCol w:w="4108"/>
+        <w:gridCol w:w="4109"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2584" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2584" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ММУ ҚФ-да оқуға байланысты шығыстар нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 284,74 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15173,362 +13643,361 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) M – ММУ ҚФ-да білім алушыларды медициналық сақтандырумен байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1597"/>
+        <w:gridCol w:w="1945"/>
+        <w:gridCol w:w="4379"/>
+        <w:gridCol w:w="4379"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медициналық сақтандырумен байланысты шығыстар нормасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4,84 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15571,363 +14040,362 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) Кс – ММУ ҚФ-да оқу үшін білім алушыларды іссапарға жіберуге байланысты шығыстар нормасы жылына бір білім алушыға есептегенде, мынаған сәйкес қабылданады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1395"/>
+        <w:gridCol w:w="3254"/>
+        <w:gridCol w:w="3825"/>
+        <w:gridCol w:w="3826"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мәтін бойынша қолданылатын аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шығыстың түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК* </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім алушылар үшін іссапар шығыстарының нормасы, оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 89,18 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15937,123 +14405,123 @@
               <w:t>
 103,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлікпен жол жүру шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 20,87 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16063,123 +14531,123 @@
               <w:t>
 35,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жатақханада тұру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 68,31 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18920,1143 +17388,1094 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда жоғарыдағы формулаларға коэффициенттер төмендегі кестеде көрсетілген:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4005"/>
+        <w:gridCol w:w="4566"/>
+        <w:gridCol w:w="3729"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "И.М.Губкин атындағы Ресей мемлекеттік университеті" Қазақстандық филиалы (бұдан әрі – И.М. Губкин атындағы РМУ ҚФ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "МИФИ" Ұлттық ядролық зерттеу университеті" Қазақстандық филиалы (бұдан әрі - МИФИ ҰЯЗУ ҚФ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 mv1 – бір оқытушыға келетін білім алушылардың орташа санының арақатынасының коэффициенті:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бакалавриатта:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магистратурада:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,125</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1226</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 mv2 – ӘБП-нің бір қызметкеріне келетін білім алушылардың орташа саны арақатынасының коэффициенті:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бакалавриатта:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магистратурада:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0339</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0209</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 mv3 – ОҚП-ның бір қызметкеріне келетін білім алушылардың орташа саны арақатынасының коэффициенті:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бакалавриатта:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магистратурада:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0313</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0287</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОПҚ-ның лауазымдық айлықақысын есептеу коэффициенті оны базалық лауазымдық айлықақыға (БЛА) көбейту жолымен бір айдағы лауазымдық айлықақыны айқындау үшін қолданылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,5674</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,7408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 f – ӘБП жалақысының ОПҚ жалақысындағы үлес салмағының коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 u – ғылыми дәреже үшін қосымша ақы коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 q – ОҚП жалақысының ОПҚ жалақысындағы үлес салмағының коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4566" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3729" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20331,104 +18750,103 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) РФ жоғары және жоғары оқу орнынан кейінгі білім беру (бұдан әрі – ЖЖОКБ) ұйымдарында студенттердің тұруы мен оқуына байланысты шығыстар жылына бір білім алушыға есептегендегі мынаған сәйкес қабылданады:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="335"/>
+        <w:gridCol w:w="1807"/>
+        <w:gridCol w:w="2643"/>
+        <w:gridCol w:w="2228"/>
+        <w:gridCol w:w="2643"/>
+        <w:gridCol w:w="2644"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="335" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -20526,1039 +18944,1046 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бакалавриатта бір білім алушыға бір жылдағы шығыстар нормасы, АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Магистратурада бір білім алушыға бір жылдағы шығыстар нормасы, АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәскеу қаласындағы ЖЖОКБ ұйымдарында оқуға арналған шығыстар нормасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медициналық сақтандыру шығыстарының нормасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Студенттердің тұру және көлік шығыстарының нормасы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38214,104 +36639,3546 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z137" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша құрылған "Cardiff Univercity Kazakhstan" шетелдік оқу орны" ЖШС жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымының жан басына шаққандағы нормативтік қаржыландыру көлемін және жан басына шаққандағы қаржыландыру нормативін есептеу мынадай формулалар бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z138" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Vжқ – жоғары және жоғары оқу орнынан кейінгі білім беруді жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі (бакалавриат) мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vжқ = Nb * Контb,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nb – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Контb – бакалавриатта білім алушылардың орташа жылдық контингенті; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контb – мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контb = жыл басындағы білім алушылар саны + оқуға жаңадан қабылданатындардың 1/3 – күтілетін түлектер санының 1/2 – оқудан шығатындардың болжалды саны + оқуға келетін білім алушылардың болжалды саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Nb – бакалавриатта жылына бір білім алушыға қаржыландырудың жан басына шаққандағы нормативі мына формула бойынша есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Nb = F + K + A + X + S + O + I, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1) F – жылына бір білім алушыға есептегенде: ПОҚ-тың, ӘБП-ның, ОКП-ның жалпы жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Тin поқ + Тpr.поқ + Тin әбп + Тpr.әбп + Q оқп ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin поқ – шетелдік ПОҚ-тың жылдық еңбекақы төлеу қоры жылына бір білім алушыға есептегенде мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin поқ = 12 * Win поқ * snoin * mvin поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – айына нормативтік шығындарды есептеуден жылына нормативтік шығындарды есептеуге көшу үшін жылына айлар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win поқ – шетелдік ПОҚ-тың айына еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win.поқ = ЛЖ in.поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖin – шетелдік оқытушының лауазымдық жалақысы мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖin = 305,034 * БЛЖ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305,034 – базалық лауазымдық жалақыға шетелдік ПОҚ-тың лауазымдық жалақысын есептеу коэффициенті (БЛЖ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      snoin – шетелдік ПОҚ-тың еңбекақы төлеу қоры үшін әлеуметтік салық коэффициенті – 1,11 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvin.поқ – бір шетелдік ПОҚ-қа келетін білім алушылардың орташа санының арақатынасының коэффициенті – 0,04175 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr.поқ – басқа ПОҚ-тың жылдық еңбекақы төлеу қоры жылына бір білім алушыға есептегенде мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr.поқ = 12 * Wpr.поқ * (snopr + gpo) * mvpr.поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr поқ – басқа ПОҚ-тың айына еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.поқ = ЛЖpr.поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖpr.поқ – басқа ПОҚ-тың лауазымдық жалақысы мына формула бойынша анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖpr.поқ = 99,5498 * БЛЖ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99,5498 – басқа ПОҚ-тың базалық лауазымдық жалақыға (БЛЖ) лауазымдық жалақысын есептеу коэффициенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      snopr – әлеуметтік салық пен әлеуметтік аударымдардың, жұмыс берушінің міндетті медициналық сақтандыру қорына аударымдарының және міндетті зейнетақы жарналарының коэффициенті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2025 жылға – 1,1248;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2026 жылға – 1,1348;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2027 жылға – 1,1448;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2028 және одан кейінгі жылдарға – 1,1498 құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – қызметкерлерді жазатайым оқиғалардан міндетті сақтандыру төлемдерінің көлемін анықтайтын коэффициент – 0,00029;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr поқ – басқа бір ПОҚ-қа келетін білім алушылардың орташа санының арақатынасының коэффициенті бакалавриат үшін – 0,0179 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin.әбп – жылына бір білім алушыға есептегенде шетелдік ӘБП-ның жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin.әбп = 12 * Win.әбп * (snoin + gpo) * mvin.әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win.әбп – шетелдік ӘБП-ның айына еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win.әбп = ЛЖ in.әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ in.әбп – шетелдік ӘБП-ның лауазымдық жалақысы мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ in.әбп = БЛЖ * fin.әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      fin.әбп – жалпы ПОҚ-тың жалақысындағы шетелдік ӘБП жалақысының үлес салмағының коэффициенті – 294,708 құрайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы ПОҚ-тың жалақысындағы ӘБП, ОҚП-ның үлес салмағын есептеу үшін жалпы ПОҚ-тың лауазымдық жалақысын есептеу коэффициенті қолданылады, ол 243,371-ге тең;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvin.әбп – ӘБП-ның бір шетелдік қызметкеріне келетін білім алушылардың орташа санының арақатынасының коэффициенті бакалавриат үшін – 0,001 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr.әбп – басқа ӘБП-ның жылдық еңбекақы төлеу қоры жылына бір білім алушыға есептегенде мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr.әбп = 12 * Wpr.әбп * (snopr + gpo) * mvpr. әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.әбп – айына басқа ӘБП-ның еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.әбп = ЛЖ pr. әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ pr. әбп – басқа ӘБП-ның лауазымдық жалақысы мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ pr. әбп = БЛЖ * fpr. әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fpr.әбп – жалпы ПОҚ-тың жалақысындағы ӘБП жалақысының үлес салмағының коэффициенті – 79,675 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr.әбп – басқа ӘБП бір қызметкеріне келетін білім алушылардың орташа санының арақатынасының коэффициенті бакалавриат үшін – 0,005 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qоқп – жылына бір білім алушыға ОҚП-ның жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qоқп = 12 * Wоқп * (snopr + gpo) * mvоқп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wоқп – айына ОҚП еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wоқп = ЛЖ оқп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ оқп - ОҚП-тың лауазымдық жалақысы мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ оқп = БЛЖ * с оқп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      c оқп – жалпы ПОҚ жалақысындағы ОҚП жалақысының үлес салмағының коэффициенті – 33,904 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvоқп – ОҚП-ның бір қызметкеріне келетін білім алушылардың орташа санының арақатынасының коэффициенті бакалавриат үшін – 0,012 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2) K – білім беру процесін ұйымдастыру және жүргізу мақсатында ПОҚ және ӘБП-ны іссапарға жіберуге байланысты шығыстар нормасы жылына бір білім алушыға есептегенде – 7,1441 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z142" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3) А – зертханалық жабдықтардың, оқу аспаптарының, стендтердің, материалдық емес активтердің амортизациясына арналған шығыстар нормасы – 51,2 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z143" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4) X – оқу-әдістемелік әдебиеттерді сатып алуға, жоғары білімнің мемлекеттік жалпыға міндетті стандартын орындау шеңберінде білім алушылардың зертханалық, практикалық, теориялық және жеке сабақтарын ұйымдастыруға арналған оқу шығыстары жылына бір білім алушыға есептегенде – 17 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z144" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.5) S – жылына бір білім алушыға есептегенде ағымдағы ұстауға арналған шығыстар нормасы – 42,79 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z145" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.6) I – шетелдік профессорлық-оқытушылық персоналды тартуға байланысты шығыстар нормасы (жол жүру, тұру, визалық қолдау) – 37,88 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z146" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.7) O – шетелде оқу шығыcтар нормасы – 435,05 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЕК – 2025 жылғы 1 қаңтардағы жағдай бойынша белгіленген айлық есептік көрсеткіш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлыбританияда оқуға байланысты шығыстарды есептеу 2025 жылғы 11 шілдеге белгіленген Қазақстан Республикасы Ұлттық Банкінің бағамы бойынша Біріккен Корольдіктің 1 фунт стерлингі үшін Қазақстан Республикасының ұлттық валютасында 704,79 теңге баламасында жүргізілді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Vk б. – кредиттік оқыту технологиясын ескере отырып, жоғары және жоғары оқу орнынан кейінгі білім беруді жан басына шаққандағы нормативтік қаржыландыру (бакалавриат) көлемі мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vk б = Cred * Ncred * Контб,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – бір білім алушыға жоспарланатын жылдық кредиттер саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ncred – жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттары бөлінісінде бір академиялық кредит құнының нормативі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымында кадрларды даярлаудың бір бағытынан артық іске асыру кезінде оқытудың кредиттік технологиясын ескере отырып, жан басына шаққандағы нормативтік қаржыландыру көлемі кадрларды даярлау бағыттары мен білім деңгейлері бойынша оқытудың кредиттік технологиясын ескере отырып, жан басына шаққандағы нормативтік қаржыландыру көлемін жинақтау жолымен айқындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) Ncred – жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттары бөлінісінде бір академиялық кредит құнының нормативі мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ncred = Nб /60,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – МЖМББС сәйкес анықталған академиялық кредиттер санының есептік орташа жылдық көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 14-тармақпен толықтырылды - ҚР Ғылым және жоғары білім министрінің м.а. 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.09.2025 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Ғылым және жоғары білім саласындағы уәкілетті органның шешімі бойынша құрылған "Ғұмарбек Дәукеев атындағы Алматы энергетика және байланыс университеті" коммерциялық емес акционерлік қоғамының базасындағы Анхальт қолданбалы ғылымдар университеті филиалының жан басына шаққандағы қаржыландыру нормативінің жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарын жан басына шаққандағы нормативтік қаржыландыру көлемінің есебі мынадай формулалар бойынша жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z150" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Vжқ - жоғары және жоғары оқу орнынан кейінгі білім беруді жан басына шаққандағы нормативтік қаржыландырудың жылдық көлемі (бакалавриат) мына формула бойынша есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vжқ = ∑ (Nb * Контb),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nb – бакалавриатта жылына бір білім алушыға жан басына шаққандағы қаржыландыру нормативі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контb - бакалавриатта білім алушылардың орташа жылдық контингенті мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Контb = жыл басындағы білім алушылардың саны + оқуға қабылдаудың 1/3 – білім алушылардың күтілетін бітіруінің 1/2 – білім алушылардың күтілетін оқудан шығарылуы + білім алушылардың күтілетін келуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Nb – бакалавриатта жылына бір білім алушыға қаржыландырудың жан басына шаққандағы нормативі мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Nb  = F + Х + Р + А,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1) F – жылына бір білім алушыға есептегенде: ПОҚ-тың, ӘБП-ның, ОКП-ның жалпы жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Тin поқ + Тpr поқ + Тin әбп + Тpr әбп + Qin окп + Qpr окп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin поқ – жылына бір білім алушыға есептегенде шетелдік ПОҚ-қа жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin поқ = 12 * Win поқ * sno in * mv in поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – айына нормативтік шығындарды есептеуден жылдық нормативтік шығындарды есептеуге көшу үшін бір жылдағы айлар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Win поқ – шетелдік ПОҚ-қа айлық еңбекақы төлеу қоры мынадай формула бойынша есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win поқ = ЛЖ in поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖin поқ – шетелдік оқытушының лауазымдық жалақысы мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖin поқ = 228,8952 * БЛЖ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228,8952 – базалық лауазымдық жалақыға (БЛЖ) шетелдік ПОҚ-тың лауазымдық жалақысын есептеу коэффициенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      snoin – шетелдік ПОҚ-қа еңбекақы төлеу қоры үшін әлеуметтік салық коэффициенті – 1,11 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvin поқ – бір шетелдік ПОҚ-ға келетін білім алушылардың орташа санына қатынасының коэффициенті – 0,016042 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr поқ – жылына бір білім алушыға есептегенде басқа ПОҚ-қа жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т pr.поқ  = 12 * Wpr.поқ * (snopr + gpo) * mv pr.поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.поқ - басқа ПОҚ-қа айлық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W pr.поқ = ЛЖ pr.поқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖpr.поқ – басқа ПОҚ-тың лауазымдық жалақысы мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЛЖ pr.поқ = 67,1296 * БЛЖ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67,1296 – базалық лауазымдық жалақыға (БЛЖ) басқа ПОҚ-тың лауазымдық жалақысын есептеу коэффициенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      snopr – әлеуметтік салық пен әлеуметтік аударымдардың, жұмыс берушінің міндетті медициналық сақтандыру қорына аударымдарының және басқа ПОҚ, ОКП, ӘБП-ға еңбекақы төлеу қоры үшін міндетті зейнетақы жарналарының коэффициенті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2025 жылға – 1,1374;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2026 жылға – 1,1474;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2027 жылға – 1,1574;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2028 және одан кейінгі жылдарға – 1,1624 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – қызметкерлерді жазатайым оқиғалардан міндетті сақтандыру төлемдерінің көлемін айқындайтын коэффициент – 0,001508 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr – бір басқа ПОҚ-қа келетін білім алушылардың орташа санына қатынасының коэффициенті – 0,047083 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin әбп – жылына бір білім алушыға есептегенде шетелдік ӘБП жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тin әбп = 12 * Win әбп * snoin * mv in әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Win әбп – шетелдік ӘБП-ға айлық еңбекақы төлеу қоры мына формула бойынша есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win әбп = БЛЖ * fin әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      fin әбп – жалпы ПОҚ-тың жалақысындағы шетелдік ӘБП жалақысының үлес салмағының коэффициенті – 367,9721 құрайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы ПОҚ-тың жалақысында ӘБП, ОКП жалақысының үлес салмағын есептеу үшін жалпы ПОҚ-тың лауазымдық жалақысын есептеу коэффициенті қолданылады 108,2383;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvin әбп  – шетелдік ӘБП-ның бір қызметкеріне келетін білім алушылардың орташа саны қатынасының коэффициенті – 0,003125 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тpr.әбп – жылына бір білім алушыға есептегенде басқа ӘБП-тың жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тpr. әбп = 12 * Wpr.әбп * (snopr + gpo)* mv pr.әбп, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.әбп – басқа ӘБП-тың айлық еңбекақы төлеу қоры мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.әбп = БЛЖ * fpr.әбп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      f pr.әбп – жалпы ПОҚ-тың жалақысындағы басқа ӘБП жалақысының үлес салмағының коэффициенті – 59,8178 құрайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr.әбп – басқа ӘБП-ның бір қызметкеріне келетін білім алушылардың орташа санына қатынасының коэффициенті – 0,004167 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qin окп - жылына бір білім алушыға есептегенде шетелдік ОКП жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qin окп = 12 * Win окп * snoin * mv in окп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W in окп – шетелдік ОКП айлық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Win окп = БЛЖ * сin окп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сin окп – жалпы ПОҚ жалақысындағы шетелдік ОКП жалақысының үлес салмағының коэффициенті – 171,136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvin окп  – шетелдік ОКП бір қызметкеріне келетін білім алушылардың орташа санына қатынасының коэффициенті – 0,002083 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qpr.окп - жылына бір білім алушыға есептегенде басқа ОКП жылдық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qpr.окп = 12 * Wpr.окп * (snopr + gpo) * mvpr.окп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.окп – басқа ОКП-ның айлық еңбекақы төлеу қоры мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Wpr.окп = БЛЖ * сpr.окп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      cpr.окп – жалпы ПОҚ жалақысындағы басқа ОКП жалақысының үлес салмағының коэффициенті – 32,2096;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr.окп  – басқа ОКП бір қызметкеріне келетін білім алушылардың орташа санына қатынасының коэффициенті – 0,00625 құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z153" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2) X – жылына бір білім алушыға есептегенде жоғары білім берудің мемлекеттік жалпыға міндетті стандартын орындау шеңберінде оқу-әдістемелік әдебиетті сатып алуға, зертханалық, практикалық, теориялық және жеке сабақтарды ұйымдастыруға арналған оқу шығыстары – 19 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z154" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3) Р – виза алуға және шетелдік персоналдың медициналық сақтандыруына ақы төлеуге байланысты өзге де шығыстар – 1,4072 АЕК-ті құрайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z155" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4) А – жылына 64 АЕК есебінен бір білім алушыға амортизациялану / зертханалық жабдықтарды, құралдарды, оқу стендтерді, оқу бағдарламалық қамтылымды сатып алу нормасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Германия Федеративтік Республикасының білім беру бағдарламаларын енгізуге байланысты шығыстарды есептеу Қазақстан Республикасы Ұлттық Банкінің 2025 жылғы 28 қаңтарға белгіленген бағамы бойынша 1 еуроға 542,87 теңге баламасында Қазақстан Республикасының ұлттық валютасымен жүргізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЕК – 2025 жылғы 1 қаңтардағы жағдай бойынша белгіленген айлық есептік көрсеткіш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Кредиттік оқыту технологиясын (Vk) ескере отырып, жоғары және жоғары оқу орнынан кейінгі білім беруді жан басына шаққандағы нормативтік қаржыландыру көлемі мына формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vk = ∑ (Cred * Ncred * Конт),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – бір білім алушыға жоспарланатын жылдық кредиттер саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ncred – жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттары бөлінісінде бір академиялық кредит құнының нормативі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымында кадрларды даярлаудың бір бағытынан артық іске асыру кезінде оқытудың кредиттік технологиясын ескере отырып, жан басына шаққандағы нормативтік қаржыландыру көлемі кадрларды даярлау бағыттары мен білім деңгейлері бойынша оқытудың кредиттік технологиясын ескере отырып, жан басына шаққандағы нормативтік қаржыландыру көлемін жинақтау жолымен айқындалады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) Ncred – жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлау бағыттары бөлінісінде бір академиялық кредит құнының нормативі мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ncred = N / 60,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – МЖМББС сәйкес айқындалған академиялық кредиттер санының есептік орташа жылдық көрсеткіші.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 15-тармақпен толықтырылды - ҚР Ғылым және жоғары білім министрінің м.а. 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі және 01.09.2025 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>